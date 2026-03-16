--- v0 (2026-02-23)
+++ v1 (2026-03-16)
@@ -75,164 +75,180 @@
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6000115" cy="676275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="F2F2F2"/>
                         </a:solidFill>
                         <a:ln w="9528">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A7D54B4" w14:textId="6FDA1189" w:rsidR="00E66558" w:rsidRPr="00634238" w:rsidRDefault="009D71E8">
+                          <w:p w14:paraId="2A7D54B4" w14:textId="375CB6AC" w:rsidR="00E66558" w:rsidRPr="00634238" w:rsidRDefault="009D71E8">
                             <w:pPr>
                               <w:keepNext/>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:outlineLvl w:val="1"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00634238">
                               <w:rPr>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t xml:space="preserve">Before completing this template, </w:t>
                             </w:r>
                             <w:r w:rsidR="00B8525C">
                               <w:rPr>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>please</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00634238">
                               <w:rPr>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00634238">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:color w:val="auto"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">read </w:t>
+                              <w:t>read</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002E24CE">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:color w:val="auto"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> the </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId11" w:history="1">
-                              <w:r w:rsidR="00B8525C" w:rsidRPr="001E5CA5">
+                              <w:r w:rsidR="002E24CE" w:rsidRPr="002E24CE">
                                 <w:rPr>
-                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:color w:val="0000FF"/>
+                                  <w:u w:val="single"/>
                                 </w:rPr>
-                                <w:t>Ordinarily Available Provision, Bristol's Local SEND Offer</w:t>
+                                <w:t>Graduated Response Guidance 2024-2028 - handbook</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="2A7D54B6" w14:textId="77777777" w:rsidR="00E66558" w:rsidRDefault="00E66558">
                             <w:pPr>
                               <w:keepNext/>
                               <w:spacing w:before="120" w:after="120"/>
                               <w:outlineLvl w:val="1"/>
                               <w:rPr>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" compatLnSpc="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2A7D54B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:40.95pt;width:472.45pt;height:53.25pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCL31DV5wEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCXFojTrE1yDCg&#10;2Apk+wBZlmIDsqRRSuzs60fJXpKufRpmA7Io0oeHh9T6YegUOQlwrdElzWYpJUJzU7f6UNIf33cf&#10;7ihxnumaKaNFSc/C0YfN+3fr3hYiN41RtQCCINoVvS1p470tksTxRnTMzYwVGp3SQMc8mnBIamA9&#10;oncqydN0mfQGaguGC+fwdDs66SbiSym4/yalE56okiI3H1eIaxXWZLNmxQGYbVo+0WD/wKJjrcak&#10;F6gt84wcoX0F1bUcjDPSz7jpEiNly0WsAavJ0r+q2TfMilgLiuPsRSb3/2D519PePgPxwyczYAOD&#10;IL11hcPDUM8goQtfZErQjxKeL7KJwROOh8s0TbNsQQlH33K1zFeLAJNc/7bg/GdhOhI2JQVsS1SL&#10;nZ6cH0P/hIRkzqi23rVKRQMO1aMCcmLYwl0e3gn9RZjSpC/p/SK/i8gvfO4WAsni8xZEoLBlrhlT&#10;RYQpTGks5ypL2PmhGiatKlOfUUK8BVhbY+AXJT1OVEndzyMDQYn6orFl99l8HkYwGvPFKkcDbj3V&#10;rYdpjlAl5R4oGY1HPw4uTo5l/knvLQ+9CCJp8/HojWyjmIHeyGlijbMT2zHNeRjOWztGXW/j5jcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjI4RC3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8Qw&#10;EIXvgv8hjODNTbsU6damiywIIl5cV/CYNrNN2WRSmnS3+usdT3p7w3u89029XbwTZ5ziEEhBvspA&#10;IHXBDNQrOLw/3ZUgYtJktAuECr4wwra5vqp1ZcKF3vC8T73gEoqVVmBTGispY2fR67gKIxJ7xzB5&#10;nficemkmfeFy7+Q6y+6l1wPxgtUj7ix2p/3sFXx+L3lbpNfjM37Y9UvXz253mpW6vVkeH0AkXNJf&#10;GH7xGR0aZmrDTCYKp4AfSQrKfAOC3U1RsGg5VpYFyKaW//mbHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCL31DV5wEAANUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBjI4RC3QAAAAcBAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" fillcolor="#f2f2f2" strokeweight=".26467mm">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2A7D54B4" w14:textId="6FDA1189" w:rsidR="00E66558" w:rsidRPr="00634238" w:rsidRDefault="009D71E8">
+                    <w:p w14:paraId="2A7D54B4" w14:textId="375CB6AC" w:rsidR="00E66558" w:rsidRPr="00634238" w:rsidRDefault="009D71E8">
                       <w:pPr>
                         <w:keepNext/>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:outlineLvl w:val="1"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00634238">
                         <w:rPr>
                           <w:bCs/>
                         </w:rPr>
                         <w:t xml:space="preserve">Before completing this template, </w:t>
                       </w:r>
                       <w:r w:rsidR="00B8525C">
                         <w:rPr>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>please</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00634238">
                         <w:rPr>
                           <w:bCs/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00634238">
                         <w:rPr>
                           <w:bCs/>
                           <w:color w:val="auto"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">read </w:t>
+                        <w:t>read</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002E24CE">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:color w:val="auto"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> the </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId12" w:history="1">
-                        <w:r w:rsidR="00B8525C" w:rsidRPr="001E5CA5">
+                        <w:r w:rsidR="002E24CE" w:rsidRPr="002E24CE">
                           <w:rPr>
-                            <w:rStyle w:val="Hyperlink"/>
+                            <w:color w:val="0000FF"/>
+                            <w:u w:val="single"/>
                           </w:rPr>
-                          <w:t>Ordinarily Available Provision, Bristol's Local SEND Offer</w:t>
+                          <w:t>Graduated Response Guidance 2024-2028 - handbook</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w14:paraId="2A7D54B6" w14:textId="77777777" w:rsidR="00E66558" w:rsidRDefault="00E66558">
                       <w:pPr>
                         <w:keepNext/>
                         <w:spacing w:before="120" w:after="120"/>
                         <w:outlineLvl w:val="1"/>
                         <w:rPr>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
@@ -4207,61 +4223,61 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:tbl>
     <w:p w14:paraId="2A7D5564" w14:textId="70CE0A16" w:rsidR="00E66558" w:rsidRDefault="00E66558"/>
     <w:p w14:paraId="2B65ECB3" w14:textId="77777777" w:rsidR="00704773" w:rsidRDefault="00704773"/>
     <w:sectPr w:rsidR="00704773">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1276" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E377B8B" w14:textId="77777777" w:rsidR="00E617DD" w:rsidRDefault="00E617DD">
+    <w:p w14:paraId="39578EF7" w14:textId="77777777" w:rsidR="002374BB" w:rsidRDefault="002374BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="074123AE" w14:textId="77777777" w:rsidR="00E617DD" w:rsidRDefault="00E617DD">
+    <w:p w14:paraId="7AE544C6" w14:textId="77777777" w:rsidR="002374BB" w:rsidRDefault="002374BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4743,61 +4759,61 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E7DBBE1" w14:textId="77777777" w:rsidR="00E617DD" w:rsidRDefault="00E617DD">
+    <w:p w14:paraId="784BEA9C" w14:textId="77777777" w:rsidR="002374BB" w:rsidRDefault="002374BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27DFBE8D" w14:textId="77777777" w:rsidR="00E617DD" w:rsidRDefault="00E617DD">
+    <w:p w14:paraId="70F6D4A8" w14:textId="77777777" w:rsidR="002374BB" w:rsidRDefault="002374BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A7D54BC" w14:textId="46D534F8" w:rsidR="00B84CAE" w:rsidRDefault="004B793D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00824009">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C5DEE4C" wp14:editId="1F1162C0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -6074,96 +6090,97 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E66558"/>
     <w:rsid w:val="000243B4"/>
     <w:rsid w:val="00054FA8"/>
     <w:rsid w:val="00066B73"/>
     <w:rsid w:val="00120AB1"/>
     <w:rsid w:val="001D7A95"/>
     <w:rsid w:val="001E5CA5"/>
     <w:rsid w:val="001E7AEA"/>
     <w:rsid w:val="00203DEF"/>
     <w:rsid w:val="00221AEC"/>
     <w:rsid w:val="00221E5C"/>
+    <w:rsid w:val="002374BB"/>
     <w:rsid w:val="00265D54"/>
     <w:rsid w:val="002660F1"/>
     <w:rsid w:val="002C205B"/>
     <w:rsid w:val="002D6843"/>
+    <w:rsid w:val="002E24CE"/>
     <w:rsid w:val="002E5BE5"/>
     <w:rsid w:val="00324CFF"/>
     <w:rsid w:val="0037437C"/>
     <w:rsid w:val="004044AA"/>
     <w:rsid w:val="00493122"/>
     <w:rsid w:val="004B793D"/>
     <w:rsid w:val="004C49AE"/>
     <w:rsid w:val="00586F7A"/>
     <w:rsid w:val="005D5E8F"/>
+    <w:rsid w:val="005F059C"/>
     <w:rsid w:val="006070F1"/>
     <w:rsid w:val="00634238"/>
     <w:rsid w:val="00635FBC"/>
     <w:rsid w:val="006519D0"/>
     <w:rsid w:val="006E6B4A"/>
     <w:rsid w:val="006E7FB1"/>
-    <w:rsid w:val="007004C1"/>
     <w:rsid w:val="00704773"/>
     <w:rsid w:val="00735F9D"/>
     <w:rsid w:val="00741B9E"/>
     <w:rsid w:val="007C2F04"/>
-    <w:rsid w:val="007F21B3"/>
+    <w:rsid w:val="008D4DC1"/>
     <w:rsid w:val="008F0508"/>
     <w:rsid w:val="009258B2"/>
     <w:rsid w:val="009D71E8"/>
     <w:rsid w:val="00A24DF7"/>
     <w:rsid w:val="00A5092D"/>
-    <w:rsid w:val="00A85E29"/>
     <w:rsid w:val="00A8741C"/>
     <w:rsid w:val="00B63553"/>
     <w:rsid w:val="00B84CAE"/>
     <w:rsid w:val="00B8525C"/>
+    <w:rsid w:val="00BA2DC4"/>
     <w:rsid w:val="00C33E6D"/>
     <w:rsid w:val="00C537A6"/>
     <w:rsid w:val="00C657C9"/>
     <w:rsid w:val="00CA5D67"/>
     <w:rsid w:val="00CC253E"/>
     <w:rsid w:val="00CE7847"/>
     <w:rsid w:val="00D06874"/>
     <w:rsid w:val="00D33FE5"/>
     <w:rsid w:val="00DA1162"/>
     <w:rsid w:val="00E51CA0"/>
-    <w:rsid w:val="00E617DD"/>
     <w:rsid w:val="00E66558"/>
     <w:rsid w:val="00E814F0"/>
     <w:rsid w:val="00EA721B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7863,51 +7880,51 @@
     <w:name w:val="LFO34"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="LFO36">
     <w:name w:val="LFO36"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/files/documents/10603-bcc-ordinarily-available-provision/file" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/files/documents/10603-bcc-ordinarily-available-provision/file" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/files/documents/9987-graduated-response-guidance-handbook/file" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/files/documents/9987-graduated-response-guidance-handbook/file" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8172,50 +8189,126 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="19d215d3-1cde-4422-9399-fd972d44f24f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d373b4a9-5e9c-4a91-95b1-33b421fa774e" xsi:nil="true"/>
+    <DocumentDetails xmlns="19d215d3-1cde-4422-9399-fd972d44f24f" xsi:nil="true"/>
+    <_dlc_DocId xmlns="d373b4a9-5e9c-4a91-95b1-33b421fa774e">76UJKURHA43Y-345558086-8942</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="d373b4a9-5e9c-4a91-95b1-33b421fa774e">
+      <Url>https://bristolcouncil.sharepoint.com/sites/education-transformation-programme/_layouts/15/DocIdRedir.aspx?ID=76UJKURHA43Y-345558086-8942</Url>
+      <Description>76UJKURHA43Y-345558086-8942</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E224CA91E116143B8FCFCF5563A627D" ma:contentTypeVersion="32" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac23fbeecb6d750397f5691d112b2556">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d373b4a9-5e9c-4a91-95b1-33b421fa774e" xmlns:ns3="19d215d3-1cde-4422-9399-fd972d44f24f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="51b74bed6b7438d058fa54a105d2de02" ns2:_="" ns3:_="">
     <xsd:import namespace="d373b4a9-5e9c-4a91-95b1-33b421fa774e"/>
     <xsd:import namespace="19d215d3-1cde-4422-9399-fd972d44f24f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -8433,202 +8526,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A6D1B89-D0EE-46A2-89AD-D7EB85E65561}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28B89259-FB7D-4DB7-BA22-6C72437F339D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2406E72A-ABB8-4857-85EF-512BFE6975B9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="19d215d3-1cde-4422-9399-fd972d44f24f"/>
+    <ds:schemaRef ds:uri="d373b4a9-5e9c-4a91-95b1-33b421fa774e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F64894-203D-4D59-B575-70031F1A72AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d373b4a9-5e9c-4a91-95b1-33b421fa774e"/>
     <ds:schemaRef ds:uri="19d215d3-1cde-4422-9399-fd972d44f24f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>401</Words>
-  <Characters>2127</Characters>
+  <Words>420</Words>
+  <Characters>2227</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>85</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>171</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pupil premium strategy statement</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2459</CharactersWithSpaces>
+  <CharactersWithSpaces>2546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pupil premium strategy statement</dc:title>
   <dc:subject/>
   <dc:creator>Publishing.TEAM@education.gsi.gov.uk</dc:creator>
   <dc:description>Master-ET-v3.8</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>IWP Document</vt:lpwstr>
   </property>