--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,50 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="612D8A99" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD40EA" w:rsidRPr="00796269" w14:paraId="5578761C" w14:textId="77777777" w:rsidTr="004938DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B2AEA9F" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="004938DA">
             <w:pPr>
@@ -139,170 +142,94 @@
     </w:p>
     <w:p w14:paraId="66FCC067" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Re: Return of banned fees under the Tenant Fees Act 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="096E26B5" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">I am writing with reference to my previous letter dated </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (copy enclosed).In this letter I outlined my position under the Tenant Fees Act 2019 which prohibits letting agents and landlords from charging fees to tenants other than those permitted fees in Schedule 1 of this Act. </w:t>
+        <w:t xml:space="preserve">I am writing with reference to my previous letter dated xxxx (copy enclosed).In this letter I outlined my position under the Tenant Fees Act 2019 which prohibits letting agents and landlords from charging fees to tenants other than those permitted fees in Schedule 1 of this Act. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CFA7D2" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
+    <w:p w14:paraId="61CFA7D2" w14:textId="44704C93" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unfortunately, as I have not received an adequate response or refund of the money owed to me, I will need to pursue the action described in my previous letter. I understand the fines imposed can be considerable and that </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> in danger of committing a criminal offence if it continues to breach of the Tenant Fees Act. </w:t>
+        <w:t>Unfortunately, as I have not received an adequate response or refund of the money owed to me, I will need to pursue the action described in my previous letter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76661AB9" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
+    <w:p w14:paraId="461C1994" w14:textId="23367E71" w:rsidR="00DD40EA" w:rsidRPr="00F80054" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154D6C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00154D6C">
+        <w:t>In the interests of attempting to resolve this matter amicably, I give you until xxxx (2 weeks from the date of the letter) to return the outstanding money before I pursue this matter formally.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A332E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the interests of attempting to resolve this matter amicably, I give you until </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00154D6C">
+      <w:r w:rsidRPr="00F80054">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> information about the Tenant Fees Act is available at: </w:t>
+        <w:t xml:space="preserve">More information about the Tenant Fees Act is available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00F80054">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.gov.uk/government/collections/tenant-fees-act</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F0E0BAC" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18E29536" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -313,220 +240,607 @@
         <w:t xml:space="preserve">Yours sincerely. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4782F648" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="062F14CE" w14:textId="77777777" w:rsidR="00DD40EA" w:rsidRPr="00154D6C" w:rsidRDefault="00DD40EA" w:rsidP="00DD40EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>[enter tenant(s) name(s)]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573DE4D9" w14:textId="77777777" w:rsidR="00E24236" w:rsidRDefault="00E24236"/>
     <w:sectPr w:rsidR="00E24236">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51233ACE" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00B05648">
+    <w:p w14:paraId="51233ACE" w14:textId="77777777" w:rsidR="008A5367" w:rsidRDefault="00B05648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77A7546B" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00B05648">
+    <w:p w14:paraId="77A7546B" w14:textId="77777777" w:rsidR="008A5367" w:rsidRDefault="00B05648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="67A52E45" w14:textId="77777777" w:rsidR="00771AFE" w:rsidRDefault="00B05648">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D04D617" w14:textId="0D784873" w:rsidR="00A332E7" w:rsidRDefault="00A332E7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A8024E4" wp14:editId="27E9AFAD">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="746477811" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3BAC7CC6" w14:textId="633B9A75" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A332E7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5A8024E4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTu03SEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtOA/BcuAmcFHA&#10;SAI4Rc40RVoCSC5B0pbcr++Sku007anohVrurvYxM5zfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvpy&#10;S4kPzFRMgRElPQpP7xefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM+vsxZcZR1w4T16H/sgXaT6UgoenqX0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9ssDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnH/YZlMzK9IuCI63Z5j8/yvLnw4b++JI6L5ChwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcnTfj6c0VRjiGpte3d9NZrJJdfrbOh28CNIlGSR2yksBi&#10;h7UPfeopJfYysGqUSswo85sDa0ZPdpkwWqHbdqSp3k2/heqISzno+faWrxpsvWY+vDCHBOO0KNrw&#10;jIdU0JYUBouSGtzPv/ljPuKOUUpaFExJDSqaEvXdIB+T2VWeR4GlGxruZGyTMb7LZzFu9voBUItj&#10;fBaWJzMmB3UypQP9hppexm4YYoZjz5JuT+ZD6OWLb4KL5TIloZYsC2uzsTyWjphFQF+7N+bsgHpA&#10;up7gJClWfAC/z41/ervcB6QgMRPx7dEcYEcdJm6HNxOF/v6esi4ve/ELAAD//wMAUEsDBBQABgAI&#10;AAAAIQASqwLl2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo04iiKoQ&#10;p6r4E1dSJDhu4m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d6wgXSUgiFune+4UvO+eb9YgfEDW&#10;ODgmBd/kYVMtrkostDvzG53q0IlYwr5ABSaEsZDSt4Ys+pUbiaO3d5PFEOXUST3hOZbbQWZJkkuL&#10;PccFgyM9GGoP9dEqyB9ftmb8yD+/9pl/9Y07hNo9KXW9nLf3IALN4S8MF/yIDlVkatyRtReDgvhI&#10;+L0XL81uQTQK7tYpyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTu03SEQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQASqwLl&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="3BAC7CC6" w14:textId="633B9A75" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A332E7">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67A52E45" w14:textId="22358153" w:rsidR="00A332E7" w:rsidRDefault="00A332E7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79AF1DB2" wp14:editId="2AD4BEA6">
+              <wp:simplePos x="914400" y="9899650"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1561802680" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7F785528" w14:textId="4667D817" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A332E7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="79AF1DB2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACLb6QEwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtOA/BcuAmcFHA&#10;SAI4Rc40RVoCSC5B0pbcr++Ssuw07anohVrurvYxM5zfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvpy&#10;S4kPzFRMgRElPQpP7xefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM+vsxZcZR1w4T16H/sgXaT6UgoenqX0IhBVUpwtpNOlcxvPbDFnxc4xWzf8NAb7hyk0aww2&#10;PZd6ZIGRvWv+KKUb7sCDDCMOOgMpGy7SDrjNOP+wzaZmVqRdEBxvzzD5/1eWPx029sWR0H2FDgmM&#10;gLTWFx6dcZ9OOh2/OCnBOEJ4PMMmukA4Om/G05srjHAMTa9v76azWCW7/GydD98EaBKNkjpkJYHF&#10;Dmsf+tQhJfYysGqUSswo85sDa0ZPdpkwWqHbdqSpSjoZpt9CdcSlHPR8e8tXDbZeMx9emEOCcVoU&#10;bXjGQypoSwoni5Ia3M+/+WM+4o5RSloUTEkNKpoS9d0gH5PZVZ5HgaUbGm4wtskY3+WzGDd7/QCo&#10;xTE+C8uTGZODGkzpQL+hppexG4aY4dizpNvBfAi9fPFNcLFcpiTUkmVhbTaWx9IRswjoa/fGnD2h&#10;HpCuJxgkxYoP4Pe58U9vl/uAFCRmIr49mifYUYeJ29ObiUJ/f09Zl5e9+AUAAP//AwBQSwMEFAAG&#10;AAgAAAAhABKrAuXaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjTiKI&#10;qhCnqvgTV1IkOG7ibRw1XofYbcPb43KBy0qjGc18W25mO4gTTb53rCBdJSCIW6d77hS8755v1iB8&#10;QNY4OCYF3+RhUy2uSiy0O/MbnerQiVjCvkAFJoSxkNK3hiz6lRuJo7d3k8UQ5dRJPeE5lttBZkmS&#10;S4s9xwWDIz0Yag/10SrIH1+2ZvzIP7/2mX/1jTuE2j0pdb2ct/cgAs3hLwwX/IgOVWRq3JG1F4OC&#10;+Ej4vRcvzW5BNAru1inIqpT/4asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAItvpAT&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKr&#10;AuXaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="7F785528" w14:textId="4667D817" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A332E7">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="46ED0181" w14:textId="77777777" w:rsidR="00771AFE" w:rsidRDefault="00B05648">
+  <w:p w14:paraId="46ED0181" w14:textId="77777777" w:rsidR="00A332E7" w:rsidRDefault="00A332E7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41BC46CE" w14:textId="52AA3BA1" w:rsidR="00A332E7" w:rsidRDefault="00A332E7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67BE7816" wp14:editId="632F78A7">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="926804479" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6924A22F" w14:textId="3D6ED40B" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A332E7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="67BE7816" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhn6aPDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wkTT+MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnv36U7CRdt9Owi0yR9CP5+DS/77QiB+F8A6ak41FOiTAcqsbsSvrjdfXl&#10;lhIfmKmYAiNKehSe3i8+f5q3thATqEFVwhEEMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGsR&#10;XatskufXWQuusg648B69j32QLhK+lIKHZym9CESVFHsL6XTp3MYzW8xZsXPM1g0f2mD/0IVmjcGi&#10;Z6hHFhjZu+YPKN1wBx5kGHHQGUjZcJFmwGnG+YdpNjWzIs2C5Hh7psn/P1j+dNjYF0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLjmTbRBcLReTOe3lxhhGNoen17N51FlOzys3U+fBOgSTRK6nAriSx2&#10;WPvQp55SYi0Dq0aptBllfnMgZvRklw6jFbptN7S9heqI0zjoF+0tXzVYc818eGEON4ttolrDMx5S&#10;QVtSGCxKanA//+aP+Ug4RilpUSklNShlStR3g4uYzK7yPCor3dBwJ2ObjPFdPotxs9cPgCIc43uw&#10;PJkxOaiTKR3oNxTzMlbDEDMca5Z0ezIfQq9bfAxcLJcpCUVkWVibjeUROpIVmXzt3pizA90B9/QE&#10;Jy2x4gPrfW7809vlPiD3aSWR2J7NgW8UYFrq8Fiiwt/fU9blSS9+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAEqsC5doAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOIoiqEKeq&#10;+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA1jg4&#10;JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJLiz3H&#10;BYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4SPi9&#10;Fy/NbkE0Cu7WKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIZ+mjw8CAAAa&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEqsC5doA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="6924A22F" w14:textId="3D6ED40B" w:rsidR="00A332E7" w:rsidRPr="00A332E7" w:rsidRDefault="00A332E7" w:rsidP="00A332E7">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A332E7">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C8133A4" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00B05648">
+    <w:p w14:paraId="7C8133A4" w14:textId="77777777" w:rsidR="008A5367" w:rsidRDefault="00B05648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D95B293" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00B05648">
+    <w:p w14:paraId="3D95B293" w14:textId="77777777" w:rsidR="008A5367" w:rsidRDefault="00B05648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD40EA"/>
+    <w:rsid w:val="008A5367"/>
+    <w:rsid w:val="009D2E3F"/>
+    <w:rsid w:val="00A332E7"/>
     <w:rsid w:val="00B05648"/>
     <w:rsid w:val="00DD40EA"/>
     <w:rsid w:val="00E24236"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1AAED21A"/>
   <w15:docId w15:val="{7994A669-54D2-418B-A83E-7F714FE96E98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -653,51 +967,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -989,58 +1303,58 @@
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD40EA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/collections/tenant-fees-act" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/collections/tenant-fees-act" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1289,65 +1603,103 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>200</Words>
-  <Characters>1140</Characters>
+  <Words>166</Words>
+  <Characters>862</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bristol City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1338</CharactersWithSpaces>
+  <CharactersWithSpaces>1019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Emma Tregale</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>373de9ff,2c7e58f3,5d1737b8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-07T09:09:51Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>a3bd16e8-4c25-49f9-a5ff-f08cf1eec984</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>