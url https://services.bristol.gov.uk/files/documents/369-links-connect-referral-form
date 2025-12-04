--- v0 (2025-10-10)
+++ v1 (2025-12-04)
@@ -1,1760 +1,1689 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B801FE1" w14:textId="420443F6" w:rsidR="00804820" w:rsidRPr="001B2905" w:rsidRDefault="00804820" w:rsidP="00804820">
-[...223 lines deleted...]
-    <w:p w14:paraId="1A363CA5" w14:textId="77777777" w:rsidR="00804820" w:rsidRPr="00804820" w:rsidRDefault="00804820" w:rsidP="00804820">
+    <w:p w14:paraId="647715F2" w14:textId="4112E8D9" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">We can offer phone/ video call support and we also run face to face sessions on different topics in venues across Bristol which you can book onto in advance. </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you’re 18 or older, autistic, </w:t>
+      </w:r>
+      <w:r w:rsidR="00625253">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a learning disability or difficulty,</w:t>
+      </w:r>
+      <w:r w:rsidR="00625253">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and live in Bristol, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Links Connect is here to help.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>We can point you towards services that make living independently easier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC1451B" w14:textId="77777777" w:rsidR="00804820" w:rsidRPr="00804820" w:rsidRDefault="00804820" w:rsidP="00804820">
+    <w:p w14:paraId="4791E26B" w14:textId="77777777" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:t>You will need to be able to travel independently and get to sessions by using your own or public transport, or by walking/ cycling.</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Need help filling in this form? Call us on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>0117 922 3438</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A84FB5E" w14:textId="32C1D653" w:rsidR="00804820" w:rsidRDefault="00804820" w:rsidP="00804820">
+    <w:p w14:paraId="42A8063A" w14:textId="6513E69F" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Your answers on this form will be kept confidential. </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Links Connect can link you </w:t>
+      </w:r>
+      <w:r w:rsidR="00625253">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>into community</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD09F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>services that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B28AEAD" w14:textId="77777777" w:rsidR="002F1A80" w:rsidRPr="00804820" w:rsidRDefault="002F1A80" w:rsidP="00804820">
-      <w:pPr>
+    <w:p w14:paraId="4303B35D" w14:textId="77777777" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Help you feel more confident</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2536F5A4" w14:textId="65BBF24E" w:rsidR="00A022E1" w:rsidRPr="00BC5738" w:rsidRDefault="00804820" w:rsidP="00E653F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0004DDE4" w14:textId="77777777" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...254 lines deleted...]
-      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Support your health and wellbeing</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...559 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="55C124E8" w14:textId="77777777" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Give you chances to get involved in your local community</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="51AF7742" w14:textId="06728094" w:rsidR="00CD5A49" w:rsidRPr="003644B0" w:rsidRDefault="00CD5A49" w:rsidP="003644B0">
-[...52 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6DB1B125" w14:textId="77777777" w:rsidR="002135B9" w:rsidRPr="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="120"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Help you become more independent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2C106E" w14:textId="3F7E4961" w:rsidR="00804820" w:rsidRPr="006D3DC6" w:rsidRDefault="00804820" w:rsidP="00804820">
+    <w:p w14:paraId="54E5D07A" w14:textId="6CCFFF7C" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="120"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002135B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can talk to us by phone or video call if you’d rather not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066618D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>meet in person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB4D5E7" w14:textId="77777777" w:rsidR="00F76A98" w:rsidRPr="002135B9" w:rsidRDefault="00F76A98" w:rsidP="002135B9">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FB2FC0" w14:textId="5B40186F" w:rsidR="002C410C" w:rsidRPr="002C410C" w:rsidRDefault="002C410C" w:rsidP="002C410C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Email: </w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Tell us a bit about you:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C63A660" w14:textId="77777777" w:rsidR="002C410C" w:rsidRPr="002C410C" w:rsidRDefault="002C410C" w:rsidP="002C410C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Your name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F2919B" w14:textId="77777777" w:rsidR="002C410C" w:rsidRPr="002C410C" w:rsidRDefault="002C410C" w:rsidP="002C410C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Your address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C8D440" w14:textId="77777777" w:rsidR="002C410C" w:rsidRPr="002C410C" w:rsidRDefault="002C410C" w:rsidP="002C410C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Your date of birth:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34839FA6" w14:textId="77777777" w:rsidR="002C410C" w:rsidRPr="002C410C" w:rsidRDefault="002C410C" w:rsidP="002C410C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>How should we contact you?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Please give a phone number and/or email address.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498F8BCC" w14:textId="54117923" w:rsidR="007A1BBF" w:rsidRPr="0066618D" w:rsidRDefault="002C410C" w:rsidP="00600206">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Can you travel on your own?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C410C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>If not, what help would you need?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B96567" w14:textId="77777777" w:rsidR="00F76A98" w:rsidRDefault="00F76A98" w:rsidP="007A7FA7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78692EA7" w14:textId="62AB5DC5" w:rsidR="5D6421F9" w:rsidRDefault="5D6421F9" w:rsidP="5D6421F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB4D508" w14:textId="777EC0DA" w:rsidR="007A7FA7" w:rsidRPr="007A7FA7" w:rsidRDefault="007A7FA7" w:rsidP="007A7FA7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>What would you like help with?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5D4A87" w14:textId="77777777" w:rsidR="007A7FA7" w:rsidRPr="007A7FA7" w:rsidRDefault="007A7FA7" w:rsidP="007A7FA7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Please tick all the things you want:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0106D8" w14:textId="7020BD05" w:rsidR="007A7FA7" w:rsidRPr="007A7FA7" w:rsidRDefault="007A7FA7" w:rsidP="007A7FA7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Getting a job or volunteering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meeting new people or making friends</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Benefits or managing money</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Leisure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D122E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>hobbies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health and wellbeing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Training or learning new things</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Using technology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finding out about your community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Something else?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tell us here: ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74695894" w14:textId="29CFF394" w:rsidR="002D220B" w:rsidRPr="0066618D" w:rsidRDefault="002D220B" w:rsidP="00CD5A49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="384E7B1F" w14:textId="77777777" w:rsidR="00063AD1" w:rsidRPr="00063AD1" w:rsidRDefault="00063AD1" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>How to return this form:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D61946" w14:textId="416FA9E7" w:rsidR="00063AD1" w:rsidRPr="00063AD1" w:rsidRDefault="00063AD1" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="006D3DC6">
+        <w:r w:rsidRPr="00063AD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>bcl@bristol.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D3DC6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0066618D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71945111" w14:textId="4AFE63A2" w:rsidR="00063AD1" w:rsidRPr="00063AD1" w:rsidRDefault="00063AD1" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Post:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0066618D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Links</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Connect Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>c/o Bristol Community Links North</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Lanercost</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Road, Southmead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Bristol, BS10 6HZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60931525" w14:textId="5DF6DB56" w:rsidR="00F733C2" w:rsidRPr="006D3DC6" w:rsidRDefault="00804820" w:rsidP="00804820">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="61F6F3AF" w14:textId="77777777" w:rsidR="00063AD1" w:rsidRPr="0066618D" w:rsidRDefault="00063AD1" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions, call us on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>0117 922 3438</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">We will contact you within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...72 lines deleted...]
-        <w:t>Lanercost Road, Southmead, Bristol, BS10 6HZ</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53657AD5" w14:textId="2D544156" w:rsidR="00804820" w:rsidRDefault="00804820" w:rsidP="006D661B">
-[...71 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5E809DAB" w14:textId="77777777" w:rsidR="00D90218" w:rsidRPr="0066618D" w:rsidRDefault="00D90218" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="478B1CD9" w14:textId="08466DE0" w:rsidR="006D3DC6" w:rsidRPr="00804820" w:rsidRDefault="006D3DC6" w:rsidP="005212B0">
-[...58 lines deleted...]
-        <w:t>within 7 days</w:t>
+    <w:p w14:paraId="77A42D6F" w14:textId="0149AFC5" w:rsidR="00D90218" w:rsidRPr="00063AD1" w:rsidRDefault="00D90218" w:rsidP="00063AD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066618D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Thank you for getting in touch!</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006D3DC6" w:rsidRPr="00804820">
+    <w:p w14:paraId="40CB6240" w14:textId="77777777" w:rsidR="00063AD1" w:rsidRPr="0066618D" w:rsidRDefault="00063AD1" w:rsidP="00CD5A49">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00063AD1" w:rsidRPr="0066618D">
       <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CA0B87B" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF" w:rsidP="00804820">
+    <w:p w14:paraId="4934285C" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C" w:rsidP="00804820">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="137EA5A2" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF" w:rsidP="00804820">
+    <w:p w14:paraId="3C5490CC" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C" w:rsidP="00804820">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="617F7DAC" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF">
+    <w:p w14:paraId="25B40BCD" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5FD7726A" w14:textId="56C801A4" w:rsidR="00C060A8" w:rsidRDefault="00C060A8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51F3C9BE" wp14:editId="386BE83E">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="798367388" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2295F5DE" w14:textId="6E060ABB" w:rsidR="00C060A8" w:rsidRPr="00C060A8" w:rsidRDefault="00C060A8" w:rsidP="00C060A8">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C060A8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="7DC05AF1">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="51F3C9BE">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:28.15pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuoUSiDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayeWmNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZI+pF8fFrc9VqRo3C+BVPR6SSnRBgOdWv2Ff3+sv5w&#10;Q4kPzNRMgREVPQlP75bv3y06W4oZNKBq4QiCGF92tqJNCLbMMs8boZmfgBUGgxKcZgGvbp/VjnWI&#10;rlU2y/PPWQeutg648B69D0OQLhO+lIKHJym9CERVFHsL6XTp3MUzWy5YuXfMNi0f22D/0IVmrcGi&#10;F6gHFhg5uPYPKN1yBx5kmHDQGUjZcpFmwGmm+Ztptg2zIs2C5Hh7ocn/P1j+eNzaZ0dC/wV6XGAk&#10;pLO+9OiM8/TS6fjFTgnGkcLThTbRB8LROZ/P5rcFJRxDH4t5kRcRJbv+bJ0PXwVoEo2KOtxKIosd&#10;Nz4MqeeUWMvAulUqbUaZ3xyIGT3ZtcNohX7Xj23voD7hNA6GRXvL1y3W3DAfnpnDzeIAqNbwhIdU&#10;0FUURouSBtyPv/ljPhKOUUo6VEpFDUqZEvXN4CJmxac8j8pKNzTc2dglY3qbFzFuDvoeUIRTfA+W&#10;JzMmB3U2pQP9imJexWoYYoZjzYruzuZ9GHSLj4GL1SoloYgsCxuztTxCR7Iiky/9K3N2pDvgnh7h&#10;rCVWvmF9yI1/ers6BOQ+rSQSO7A58o0CTEsdH0tU+K/3lHV90sufAAAA//8DAFBLAwQUAAYACAAA&#10;ACEADKcMnNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2uRuFGnQQQU4lRV&#10;+VGvBCQ4OvE2jhqvQ7xtw9vj9lIuK41mNPNtsZxcLw44hs6TgsU8AYHUeNNRq+Dz4/X2EURgTUb3&#10;nlDBLwZYlrOrQufGH+kdDxW3IpZQyLUCyzzkUobGotNh7gek6G396DRHObbSjPoYy10v0yTJpNMd&#10;xQWrB1xbbHbV3inInt9WdvjKvn+2adiE2u+48i9K3VxPqycQjBNfwnDCj+hQRqba78kE0SuIj/D5&#10;nrx08QCiVnCf3YEsC/kfvvwDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbqFEog8CAAAa&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADKcMnNoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C060A8" w:rsidR="00C060A8" w:rsidP="00C060A8" w:rsidRDefault="00C060A8" w14:paraId="09E77742" w14:textId="6E060ABB">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C060A8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15C4F602" w14:textId="46E726D7" w:rsidR="00C060A8" w:rsidRDefault="00C060A8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CC9EDE2" wp14:editId="422B068C">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1419977551" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3EFBF10B" w14:textId="625AFC0D" w:rsidR="00C060A8" w:rsidRPr="00C060A8" w:rsidRDefault="00C060A8" w:rsidP="00C060A8">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C060A8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="6EF8B18C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2CC9EDE2">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:28.15pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCOzJeEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Ldqm4Ey4GbwEUB&#10;IwngFDlTFGkJILkESVtyv75Lyo807anohVrurvYxM1zcDlqRg3C+A1PR6SSnRBgOTWd2Ff3xvP7w&#10;hRIfmGmYAiMqehSe3i7fv1v0thQzaEE1whEsYnzZ24q2IdgyyzxvhWZ+AlYYDEpwmgW8ul3WONZj&#10;da2yWZ5/znpwjXXAhffovR+DdJnqSyl4eJTSi0BURXG2kE6Xzjqe2XLByp1jtu34aQz2D1No1hls&#10;eil1zwIje9f9UUp33IEHGSYcdAZSdlykHXCbaf5mm23LrEi7IDjeXmDy/68sfzhs7ZMjYfgKAxIY&#10;AemtLz064z6DdDp+cVKCcYTweIFNDIFwdM7ns/lNQQnH0MdiXuRFrJJdf7bOh28CNIlGRR2yksBi&#10;h40PY+o5JfYysO6USswo85sDa0ZPdp0wWmGoB9I1r6avoTniUg5Gvr3l6w5bb5gPT8whwbgHijY8&#10;4iEV9BWFk0VJC+7n3/wxH3HHKCU9CqaiBhVNifpukI9Z8SnPo8DSDQ13NupkTG/yIsbNXt8BanGK&#10;z8LyZMbkoM6mdKBfUNOr2A1DzHDsWdH6bN6FUb74JrhYrVISasmysDFby2PpiFkE9Hl4Yc6eUA9I&#10;1wOcJcXKN+CPufFPb1f7gBQkZiK+I5on2FGHidvTm4lCf31PWdeXvfwFAAD//wMAUEsDBBQABgAI&#10;AAAAIQAMpwyc2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4UadBBBTi&#10;VFX5Ua8EJDg68TaOGq9DvG3D2+P2Ui4rjWY0822xnFwvDjiGzpOCxTwBgdR401Gr4PPj9fYRRGBN&#10;RveeUMEvBliWs6tC58Yf6R0PFbcillDItQLLPORShsai02HuB6Tobf3oNEc5ttKM+hjLXS/TJMmk&#10;0x3FBasHXFtsdtXeKcie31Z2+Mq+f7Zp2ITa77jyL0rdXE+rJxCME1/CcMKP6FBGptrvyQTRK4iP&#10;8PmevHTxAKJWcJ/dgSwL+R++/AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCOzJeEQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMpwyc&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C060A8" w:rsidR="00C060A8" w:rsidP="00C060A8" w:rsidRDefault="00C060A8" w14:paraId="08CE8BEA" w14:textId="625AFC0D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C060A8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41445CD0" w14:textId="505E6C5B" w:rsidR="00C060A8" w:rsidRDefault="00C060A8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="516FD166" wp14:editId="03658E13">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1936201404" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="19DBFA66" w14:textId="2721E622" w:rsidR="00C060A8" w:rsidRPr="00C060A8" w:rsidRDefault="00C060A8" w:rsidP="00C060A8">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C060A8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="37C460B0">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="516FD166">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:28.15pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATrcEcEwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xk89IacYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF5kiaX6897S467UiR+F8C6ai00lOiTAc6tbsK/r9Zf3h&#10;hhIfmKmZAiMqehKe3i3fv1t0thQzaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgW8un1WO9Zh&#10;da2yWZ5/zjpwtXXAhffofRiCdJnqSyl4eJLSi0BURXG2kE6Xzl08s+WClXvHbNPy8xjsH6bQrDXY&#10;9FLqgQVGDq79o5RuuQMPMkw46AykbLlIO+A20/zNNtuGWZF2QXC8vcDk/19Z/njc2mdHQv8FeiQw&#10;AtJZX3p0xn166XT84qQE4wjh6QKb6APh6JzPZ/PbghKOoY/FvMiLWCW7/mydD18FaBKNijpkJYHF&#10;jhsfhtQxJfYysG6VSswo85sDa0ZPdp0wWqHf9aStKzobp99BfcKlHAx8e8vXLbbeMB+emUOCcQ8U&#10;bXjCQyroKgpni5IG3I+/+WM+4o5RSjoUTEUNKpoS9c0gH7PiU55HgaUbGm40dsmY3uZFjJuDvgfU&#10;4hSfheXJjMlBjaZ0oF9R06vYDUPMcOxZ0d1o3odBvvgmuFitUhJqybKwMVvLY+mIWQT0pX9lzp5R&#10;D0jXI4ySYuUb8Ifc+Ke3q0NAChIzEd8BzTPsqMPE7fnNRKH/ek9Z15e9/AkAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAynDJzaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrkbhRp0EE&#10;FOJUVflRrwQkODrxNo4ar0O8bcPb4/ZSLiuNZjTzbbGcXC8OOIbOk4LFPAGB1HjTUavg8+P19hFE&#10;YE1G955QwS8GWJazq0Lnxh/pHQ8VtyKWUMi1Ass85FKGxqLTYe4HpOht/eg0Rzm20oz6GMtdL9Mk&#10;yaTTHcUFqwdcW2x21d4pyJ7fVnb4yr5/tmnYhNrvuPIvSt1cT6snEIwTX8Jwwo/oUEam2u/JBNEr&#10;iI/w+Z68dPEAolZwn92BLAv5H778AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABOtwRwT&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAyn&#10;DJzaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C060A8" w:rsidR="00C060A8" w:rsidP="00C060A8" w:rsidRDefault="00C060A8" w14:paraId="75F360E3" w14:textId="2721E622">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C060A8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0588CE9B" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF" w:rsidP="00804820">
+    <w:p w14:paraId="7FBA84C5" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C" w:rsidP="00804820">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="562DCFF8" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF" w:rsidP="00804820">
+    <w:p w14:paraId="4137D836" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C" w:rsidP="00804820">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="54D4C94A" w14:textId="77777777" w:rsidR="001171AF" w:rsidRDefault="001171AF">
+    <w:p w14:paraId="251E1BB0" w14:textId="77777777" w:rsidR="0015559C" w:rsidRDefault="0015559C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2E58D111" w14:textId="6487CFC4" w:rsidR="00804820" w:rsidRPr="00A8467F" w:rsidRDefault="00804820" w:rsidP="00A8467F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E58D111" w14:textId="6C7EA6BE" w:rsidR="00804820" w:rsidRPr="00A8467F" w:rsidRDefault="00804820" w:rsidP="00A8467F">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0011168A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4953B005" wp14:editId="1FB0B099">
           <wp:extent cx="1041400" cy="666750"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Bristol Community Links Logo">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1881,71 +1810,91 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="0011168A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="0011168A">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
-      <w:t>Links Connect Referral Form</w:t>
+      <w:t xml:space="preserve">Links Connect </w:t>
+    </w:r>
+    <w:r w:rsidR="002135B9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Contact </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0011168A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+      <w:t>Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00751F38">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="78C4A0B3" w14:textId="3A56C894" w:rsidR="00804820" w:rsidRDefault="00804820">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="069C45A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56905076"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2188,50 +2137,312 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="548B2DDA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="719E3422"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CB135E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="57FCEF28"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64153AB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B19C3F54"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2300,201 +2511,444 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65AE0A19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="41A24F7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2116830074">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="409617966">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2096583126">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1078752291">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="5" w16cid:durableId="695228333">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1020401348">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1194348588">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00804820"/>
+    <w:rsid w:val="0002435D"/>
     <w:rsid w:val="00037837"/>
     <w:rsid w:val="00052569"/>
     <w:rsid w:val="000543C7"/>
+    <w:rsid w:val="00063AD1"/>
+    <w:rsid w:val="00064B9A"/>
+    <w:rsid w:val="000B2FF8"/>
     <w:rsid w:val="000C2BA4"/>
     <w:rsid w:val="000C3241"/>
+    <w:rsid w:val="000C6063"/>
+    <w:rsid w:val="000F62F8"/>
     <w:rsid w:val="001171AF"/>
+    <w:rsid w:val="0015559C"/>
+    <w:rsid w:val="001B0486"/>
     <w:rsid w:val="001B2905"/>
     <w:rsid w:val="001B33D0"/>
     <w:rsid w:val="001D6613"/>
     <w:rsid w:val="001D7653"/>
+    <w:rsid w:val="001E3AB2"/>
+    <w:rsid w:val="0020422C"/>
+    <w:rsid w:val="002123E6"/>
+    <w:rsid w:val="002135B9"/>
+    <w:rsid w:val="0023309F"/>
+    <w:rsid w:val="002719E4"/>
     <w:rsid w:val="002820D0"/>
     <w:rsid w:val="00291141"/>
+    <w:rsid w:val="00294721"/>
+    <w:rsid w:val="002A7A7B"/>
     <w:rsid w:val="002B1FC8"/>
+    <w:rsid w:val="002B62A7"/>
+    <w:rsid w:val="002C410C"/>
     <w:rsid w:val="002D220B"/>
     <w:rsid w:val="002D22F0"/>
     <w:rsid w:val="002F1A80"/>
+    <w:rsid w:val="00303F39"/>
+    <w:rsid w:val="00326347"/>
+    <w:rsid w:val="00353A41"/>
+    <w:rsid w:val="003543CE"/>
     <w:rsid w:val="003644B0"/>
     <w:rsid w:val="003A01A6"/>
     <w:rsid w:val="003A455F"/>
+    <w:rsid w:val="003D6F8F"/>
     <w:rsid w:val="00423B92"/>
     <w:rsid w:val="00434928"/>
+    <w:rsid w:val="0044259C"/>
+    <w:rsid w:val="004507D4"/>
     <w:rsid w:val="00475F1F"/>
+    <w:rsid w:val="00490407"/>
+    <w:rsid w:val="00492804"/>
+    <w:rsid w:val="004C3CE2"/>
+    <w:rsid w:val="004D70D4"/>
     <w:rsid w:val="005212B0"/>
     <w:rsid w:val="00540480"/>
+    <w:rsid w:val="00550F52"/>
     <w:rsid w:val="00565A7F"/>
     <w:rsid w:val="00566FD4"/>
     <w:rsid w:val="00605807"/>
     <w:rsid w:val="0061452B"/>
+    <w:rsid w:val="00625253"/>
+    <w:rsid w:val="0065369B"/>
     <w:rsid w:val="006551F9"/>
+    <w:rsid w:val="0066618D"/>
     <w:rsid w:val="006841C5"/>
+    <w:rsid w:val="00684E4A"/>
+    <w:rsid w:val="006B64DF"/>
     <w:rsid w:val="006C30D6"/>
     <w:rsid w:val="006D3DC6"/>
     <w:rsid w:val="006D661B"/>
+    <w:rsid w:val="006E51D7"/>
     <w:rsid w:val="006F16AA"/>
     <w:rsid w:val="00705451"/>
     <w:rsid w:val="007446C3"/>
     <w:rsid w:val="00747096"/>
+    <w:rsid w:val="00776F3C"/>
+    <w:rsid w:val="00792662"/>
+    <w:rsid w:val="007A1BBF"/>
+    <w:rsid w:val="007A7FA7"/>
     <w:rsid w:val="007B4759"/>
     <w:rsid w:val="00804820"/>
     <w:rsid w:val="00816F51"/>
     <w:rsid w:val="0084527E"/>
     <w:rsid w:val="0084688E"/>
     <w:rsid w:val="00870CA1"/>
     <w:rsid w:val="0087273D"/>
+    <w:rsid w:val="008B16E6"/>
+    <w:rsid w:val="008C328F"/>
+    <w:rsid w:val="008D3367"/>
     <w:rsid w:val="008E297A"/>
+    <w:rsid w:val="008F321E"/>
     <w:rsid w:val="00907E07"/>
+    <w:rsid w:val="009137D2"/>
+    <w:rsid w:val="00924A2A"/>
     <w:rsid w:val="009B7BF8"/>
+    <w:rsid w:val="009E2A29"/>
+    <w:rsid w:val="009E3196"/>
     <w:rsid w:val="00A022E1"/>
+    <w:rsid w:val="00A03652"/>
+    <w:rsid w:val="00A05A0A"/>
+    <w:rsid w:val="00A244EB"/>
     <w:rsid w:val="00A44B2A"/>
+    <w:rsid w:val="00A6309E"/>
+    <w:rsid w:val="00A75DD8"/>
+    <w:rsid w:val="00A80E96"/>
     <w:rsid w:val="00A814B8"/>
     <w:rsid w:val="00A8467F"/>
     <w:rsid w:val="00A87D27"/>
+    <w:rsid w:val="00AB0A3A"/>
+    <w:rsid w:val="00AB1A3F"/>
+    <w:rsid w:val="00AD0FC7"/>
     <w:rsid w:val="00B26FA1"/>
     <w:rsid w:val="00B31E06"/>
+    <w:rsid w:val="00BA1842"/>
     <w:rsid w:val="00BA45A0"/>
     <w:rsid w:val="00BB70FD"/>
     <w:rsid w:val="00BC5738"/>
+    <w:rsid w:val="00BE000C"/>
+    <w:rsid w:val="00BE11D4"/>
     <w:rsid w:val="00BF4D27"/>
+    <w:rsid w:val="00C03184"/>
+    <w:rsid w:val="00C060A8"/>
+    <w:rsid w:val="00C16419"/>
+    <w:rsid w:val="00C60F75"/>
     <w:rsid w:val="00C6274E"/>
     <w:rsid w:val="00C65792"/>
     <w:rsid w:val="00CA4313"/>
+    <w:rsid w:val="00CB091C"/>
+    <w:rsid w:val="00CD09F1"/>
     <w:rsid w:val="00CD5A49"/>
+    <w:rsid w:val="00CE3437"/>
     <w:rsid w:val="00CE486E"/>
+    <w:rsid w:val="00CF1D15"/>
     <w:rsid w:val="00D11ED8"/>
+    <w:rsid w:val="00D122E3"/>
+    <w:rsid w:val="00D2012B"/>
+    <w:rsid w:val="00D24D5C"/>
     <w:rsid w:val="00D30309"/>
+    <w:rsid w:val="00D4487E"/>
     <w:rsid w:val="00D63E77"/>
+    <w:rsid w:val="00D76159"/>
+    <w:rsid w:val="00D82A56"/>
     <w:rsid w:val="00D873E2"/>
+    <w:rsid w:val="00D90218"/>
     <w:rsid w:val="00E1544F"/>
+    <w:rsid w:val="00E46753"/>
     <w:rsid w:val="00E653F5"/>
+    <w:rsid w:val="00E715D0"/>
     <w:rsid w:val="00EB03F0"/>
     <w:rsid w:val="00EB4F3B"/>
     <w:rsid w:val="00EF5034"/>
+    <w:rsid w:val="00EF7270"/>
     <w:rsid w:val="00EF7DAD"/>
+    <w:rsid w:val="00F15CD3"/>
     <w:rsid w:val="00F232F6"/>
+    <w:rsid w:val="00F52C46"/>
+    <w:rsid w:val="00F577B6"/>
+    <w:rsid w:val="00F64537"/>
     <w:rsid w:val="00F733C2"/>
+    <w:rsid w:val="00F76A98"/>
+    <w:rsid w:val="00FE1600"/>
+    <w:rsid w:val="5D6421F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1772C404"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ADCF0FF9-58F0-4CAA-99FF-B9AD477FE64D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2972,90 +3426,169 @@
     <w:rsid w:val="00804820"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00816F51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA1842"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA1842"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BA1842"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA1842"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BA1842"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063AD1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="516968712">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1644461545">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcl@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcl@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.co.uk/url?sa=i&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0CAwQjRwwAA&amp;url=http://www.wellaware.org.uk/organisations/15383-bristol-community-links-south&amp;ei=LoZQVcrQMIGc7ga-tIGgBQ&amp;psig=AFQjCNFZOTURC923b8pPeHvrYr1cpMU6pQ&amp;ust=1431426990883228" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3326,74 +3859,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xmlns:ns3="02872dca-5023-4076-9077-24d4c3624495" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="609571d045b1d74f7894a410af5f72ae" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB3AA9FFC097854FAA1210CFCE0F43A4" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="968935f8ae0390629deea5e843999cb1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xmlns:ns3="02872dca-5023-4076-9077-24d4c3624495" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fff165fbbb2751ac6be38d6ece6c48c2" ns2:_="" ns3:_="">
     <xsd:import namespace="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
     <xsd:import namespace="02872dca-5023-4076-9077-24d4c3624495"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RetentionStartDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RetentionEvent" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -3616,145 +4127,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RetentionEvent xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+    <RetentionStartDate xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="02872dca-5023-4076-9077-24d4c3624495">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{219ECDF2-25A3-46AD-927E-B68030B24A26}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ECED96E-A565-41FD-B9D4-0BB9E5BEC871}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
     <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{661D234F-D79E-48EE-87E6-26E12E02AF3E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
+    <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6211B81-4E35-43F8-8044-3134A684AE9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1720</Characters>
+  <Pages>2</Pages>
+  <Words>254</Words>
+  <Characters>1185</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2017</CharactersWithSpaces>
+  <CharactersWithSpaces>1412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Louise Briggs</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AB3AA9FFC097854FAA1210CFCE0F43A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>736816bc,2f961e9c,54a3234f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-11-14T13:50:52Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>49595054-277b-4ed6-9754-a6188fb6baa9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>