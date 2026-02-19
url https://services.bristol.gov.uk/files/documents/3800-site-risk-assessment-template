--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,60 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42A7EDC5" w14:textId="6CCF90F5" w:rsidR="00DA1CEF" w:rsidRPr="00EA7602" w:rsidRDefault="00DA1CEF" w:rsidP="00933CF8">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="00DA1CEF" w:rsidP="00933CF8" w:rsidRDefault="00DA1CEF" w14:paraId="42A7EDC5" w14:textId="6CCF90F5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BAC4B9D" wp14:editId="2E6BCAF9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
@@ -100,2484 +102,2979 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="681900" cy="691898"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="5EEF04F5" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="5EEF04F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Bristol Parks Volunteer Programme</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F4DCD6" w14:textId="4B789A98" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="5EEF04F5" w:rsidP="00DA1CEF">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="00DA1CEF" w:rsidRDefault="5EEF04F5" w14:paraId="34F4DCD6" w14:textId="4B789A98">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Site Specific Risk Asses</w:t>
       </w:r>
-      <w:r w:rsidR="00680450" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00680450">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ment Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608C7DD7" w14:textId="776F0DBC" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="4FB77E38">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="6A11718F" w14:paraId="608C7DD7" w14:textId="776F0DBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42026B9B" w14:textId="77777777" w:rsidR="00DA1CEF" w:rsidRPr="00EA7602" w:rsidRDefault="5EEF04F5" w:rsidP="4FB77E38">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="00DA1CEF" w:rsidP="4FB77E38" w:rsidRDefault="5EEF04F5" w14:paraId="42026B9B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Assessor:</w:t>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4604B3B7" w14:textId="77777777" w:rsidR="00DA1CEF" w:rsidRPr="00EA7602" w:rsidRDefault="5EEF04F5" w:rsidP="4FB77E38">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="00DA1CEF" w:rsidP="4FB77E38" w:rsidRDefault="5EEF04F5" w14:paraId="4604B3B7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Site:</w:t>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="00EA7602" w:rsidR="6A11718F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEA546E" w14:textId="4EB52101" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="5EEF04F5" w:rsidP="4FB77E38">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="5EEF04F5" w14:paraId="0BEA546E" w14:textId="4EB52101">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Date of assessment:</w:t>
       </w:r>
       <w:r w:rsidR="00EA7602">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159A8492" w14:textId="1786A62B" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="5EEF04F5" w:rsidP="6544093F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EA7602">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="172F129B" w:rsidRDefault="5EEF04F5" w14:paraId="159A8492" w14:textId="02AE5ADC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Before completing site risk assessment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA1CEF" w:rsidRPr="00EA7602">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="172F129B" w:rsidR="1DB0FB83">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>amiliarise</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> yourself with</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="4F6228" w:themeColor="accent3" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">generic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>model risk assessments applicable to your work session</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="505AB299">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="505AB299">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Id</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="7C02AA8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>entify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="7C02AA8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="7B37ADF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>assessments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="7C02AA8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">form is to record local hazards and control measures for a specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="7B85C031">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">park or area of green space </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="3CCAA8E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="3BE572E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take</w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="46FE63BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172F129B" w:rsidR="5EEF04F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">place. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="715E9812" w14:paraId="269CBC0B" w14:textId="3F874456">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risk assessments relevant to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="24D31744">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> practical work session</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="236618AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="61B19477">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="61B19477">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="715E9812">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Identify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="715E9812">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant risk assessments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="36E736CB" w:rsidP="36E736CB" w:rsidRDefault="36E736CB" w14:paraId="6D4BA1EB" w14:textId="05CD0693">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="FF000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="28409B07" w14:paraId="2DF15668" w14:textId="6842F879">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="auto" w:sz="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7602">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Generic risk assessments:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="006A56EE" w14:paraId="4E9B842A" w14:textId="658A233B">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="006A56EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4E7E4624">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Yes/No</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="006A56EE" w14:paraId="7A6E7B14" w14:textId="73E05112">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="43813C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tool </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="474F2670">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes/No </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="006A56EE" w14:paraId="4CFA65DF" w14:textId="11BBC2C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="160E83BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="28409B07">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="1A9DE32F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>handling</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="59294433">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="1A9DE32F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="5C81B03B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>/No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="6A11718F" w14:paraId="7DA5A6DD" w14:textId="1B23D681">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="auto" w:sz="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="28409B07" w14:paraId="76C8C56F" w14:textId="03035BAC">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="auto" w:sz="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>activity</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
-[...399 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>Activity Risk Assessments:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E36FF73" w14:textId="7504B061" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="006A56EE" w:rsidP="006A56EE">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="4EA9BCE4" w14:paraId="411F1D9A" w14:textId="19250832">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:pBdr>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:bar w:val="none" w:sz="0" w:color="000000"/>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="006A56EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="221543F9" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="221543F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Litter clearance</w:t>
       </w:r>
-      <w:r w:rsidR="005E103D" w:rsidRPr="00EA7602">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="137A571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Yes/No</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="6F19AD77">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="6B28E2AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="221543F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Walks and Talks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="137A571A" w:rsidRPr="00EA7602">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="675D1143">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Yes/No</w:t>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="221543F9" w:rsidRPr="00EA7602">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2EDB62EC" w14:textId="51984E12" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="221543F9" w:rsidP="6544093F">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="4EA9BCE4" w14:paraId="4BF52DE7" w14:textId="3EFA780B">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:pBdr>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:bar w:val="none" w:sz="0" w:color="000000"/>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="2C73C126">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="221543F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+        <w:t>. Vegetation clearance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="67CB5B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Yes/No</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="718122A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>lant care</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="6ADE3BA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve">Orchard </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="221543F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4EA9BCE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="08E84297" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="08E84297">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
-      <w:r w:rsidR="4EA9BCE4" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4EA9BCE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>bulb planting</w:t>
       </w:r>
-      <w:r w:rsidR="005E103D" w:rsidRPr="00EA7602">
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2055D24B" w:rsidRPr="00EA7602">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="2055D24B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Yes/No</w:t>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="4EA9BCE4" w:rsidRPr="00EA7602">
-[...72 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="04CC4B49" w14:textId="72BFF464" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="4EA9BCE4" w:rsidP="6544093F">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="4EA9BCE4" w14:paraId="04CC4B49" w14:textId="4E91B94F">
       <w:pPr>
         <w:pStyle w:val="BodyA"/>
         <w:pBdr>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:bar w:val="none" w:sz="0" w:color="000000"/>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4D009254">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>7. Working in or near water</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E103D" w:rsidRPr="00EA7602">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4EA9BCE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>. Scything</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0911C64A" w:rsidRPr="00EA7602">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="03A5D0D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Yes/No</w:t>
       </w:r>
-      <w:r w:rsidR="6A11718F" w:rsidRPr="00EA7602">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="40EC9E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4EA9BCE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Working in or near water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="005E103D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="0911C64A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Yes/No</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="53E285AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>8. Other:</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="4EA9BCE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>. Other:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071B7473" w14:textId="5FE05D90" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="4FB77E38">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+    <w:p w:rsidR="36E736CB" w:rsidP="36E736CB" w:rsidRDefault="36E736CB" w14:paraId="4201F9D8" w14:textId="6CAE16BF">
+      <w:pPr>
+        <w:pStyle w:val="BodyA"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:between w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+          <w:bar w:val="none" w:color="000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="6A11718F" w14:paraId="071B7473" w14:textId="5FE05D90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="15526" w:type="dxa"/>
+        <w:tblW w:w="15690" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2358"/>
         <w:gridCol w:w="2946"/>
         <w:gridCol w:w="1342"/>
         <w:gridCol w:w="5255"/>
         <w:gridCol w:w="2004"/>
-        <w:gridCol w:w="1621"/>
+        <w:gridCol w:w="1785"/>
       </w:tblGrid>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="4EFF2BA1" w14:textId="77777777" w:rsidTr="6544093F">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="4EFF2BA1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="909"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6C91052A" w14:textId="5D819E2D" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="561E68D2" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="561E68D2" w14:paraId="6C91052A" w14:textId="5D819E2D">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA7602">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Hazard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="546BA6A8" w14:textId="509DFEA3" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="561E68D2" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="561E68D2" w14:paraId="546BA6A8" w14:textId="509DFEA3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA7602">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Possible outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2B33895F" w14:textId="583E8855" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="561E68D2" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="561E68D2" w14:paraId="2B33895F" w14:textId="583E8855">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA7602">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Persons</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> at risk</w:t>
+              <w:t>Persons at risk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="052E9E49" w14:textId="0E452752" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="561E68D2" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="4FB77E38" w:rsidRDefault="561E68D2" w14:paraId="052E9E49" w14:textId="0E452752">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA7602">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Control Measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7A85FFE7" w14:textId="445518C6" w:rsidR="4F2C0AF5" w:rsidRPr="00EA7602" w:rsidRDefault="62222598" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="4F2C0AF5" w:rsidP="4FB77E38" w:rsidRDefault="62222598" w14:paraId="7A85FFE7" w14:textId="445518C6">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA7602">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Risk level after control: Low, Medium, High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7861243E" w14:textId="251E451C" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="561E68D2" w:rsidP="4FB77E38">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="36E736CB" w:rsidRDefault="561E68D2" w14:paraId="7861243E" w14:textId="715F3EFC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA7602">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="36E736CB" w:rsidR="09B85956">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Who is responsible</w:t>
+              <w:t>Who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="36E736CB" w:rsidR="43640174">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="36E736CB" w:rsidR="09B85956">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:cs="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="51EEAC02" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="51EEAC02" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6A8878C4" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="6A8878C4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="676718E1" w14:textId="48209A29" w:rsidR="00776D27" w:rsidRPr="00EA7602" w:rsidRDefault="00776D27" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="00776D27" w:rsidP="6A11718F" w:rsidRDefault="00776D27" w14:paraId="676718E1" w14:textId="48209A29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D23BF" w14:textId="4CD5097A" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="0B1D23BF" w14:textId="4CD5097A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7452F335" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="7452F335" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="50A7AFEF" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="50A7AFEF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="55704EE1" w14:textId="6962D980" w:rsidR="77BA214F" w:rsidRPr="00EA7602" w:rsidRDefault="77BA214F" w:rsidP="77BA214F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="77BA214F" w:rsidP="77BA214F" w:rsidRDefault="77BA214F" w14:paraId="55704EE1" w14:textId="6962D980">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="00C5B101" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="00C5B101" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="182DB563" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="182DB563" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2DF7E962" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="2DF7E962" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E985C8E" w14:textId="635A509F" w:rsidR="00776D27" w:rsidRPr="00EA7602" w:rsidRDefault="00776D27" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="00776D27" w:rsidP="6A11718F" w:rsidRDefault="00776D27" w14:paraId="1E985C8E" w14:textId="635A509F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0C4C13FE" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="0C4C13FE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="121373D6" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="121373D6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="647F6E6C" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="647F6E6C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="01C6CC28" w14:textId="675DFA3B" w:rsidR="77BA214F" w:rsidRPr="00EA7602" w:rsidRDefault="77BA214F" w:rsidP="77BA214F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="77BA214F" w:rsidP="77BA214F" w:rsidRDefault="77BA214F" w14:paraId="01C6CC28" w14:textId="675DFA3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7354E109" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="7354E109" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="7DF4CA90" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="7DF4CA90" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C3A0398" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="7C3A0398" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="158B5B23" w14:textId="470A2ED4" w:rsidR="00776D27" w:rsidRPr="00EA7602" w:rsidRDefault="00776D27" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="00776D27" w:rsidP="6A11718F" w:rsidRDefault="00776D27" w14:paraId="158B5B23" w14:textId="470A2ED4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3FA39FBC" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="3FA39FBC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="726EF326" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="726EF326" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="46E64E8E" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="46E64E8E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7836A201" w14:textId="0C0038D8" w:rsidR="77BA214F" w:rsidRPr="00EA7602" w:rsidRDefault="77BA214F" w:rsidP="77BA214F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="77BA214F" w:rsidP="77BA214F" w:rsidRDefault="77BA214F" w14:paraId="7836A201" w14:textId="0C0038D8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5613206F" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="5613206F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="78929BF6" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="78929BF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="62EDB598" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="62EDB598" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0035A08F" w14:textId="4F56B644" w:rsidR="00776D27" w:rsidRPr="00EA7602" w:rsidRDefault="00776D27" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="00776D27" w:rsidP="6A11718F" w:rsidRDefault="00776D27" w14:paraId="0035A08F" w14:textId="4F56B644">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7A9B3DE5" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="7A9B3DE5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2C8A8FDA" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="2C8A8FDA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="33C5FD39" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="33C5FD39" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="238AE69A" w14:textId="52843825" w:rsidR="77BA214F" w:rsidRPr="00EA7602" w:rsidRDefault="77BA214F" w:rsidP="77BA214F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="77BA214F" w:rsidP="77BA214F" w:rsidRDefault="77BA214F" w14:paraId="238AE69A" w14:textId="52843825">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4DD77691" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="4DD77691" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6A11718F" w:rsidRPr="00EA7602" w14:paraId="68585001" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidTr="36E736CB" w14:paraId="68585001" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C0D12DC" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="7C0D12DC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B18C6F6" w14:textId="77777777" w:rsidR="00776D27" w:rsidRPr="00EA7602" w:rsidRDefault="00776D27" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="00776D27" w:rsidP="6A11718F" w:rsidRDefault="00776D27" w14:paraId="4B18C6F6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0303C331" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="0303C331" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="00C8DA3C" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="00C8DA3C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="13C1CEBB" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="13C1CEBB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2F2431A4" w14:textId="1F3FD639" w:rsidR="77BA214F" w:rsidRPr="00EA7602" w:rsidRDefault="77BA214F" w:rsidP="77BA214F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="77BA214F" w:rsidP="77BA214F" w:rsidRDefault="77BA214F" w14:paraId="2F2431A4" w14:textId="1F3FD639">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5B0144A6" w14:textId="77777777" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F" w:rsidP="6A11718F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidP="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="5B0144A6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6544093F" w:rsidRPr="00EA7602" w14:paraId="5DBE0272" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidTr="36E736CB" w14:paraId="5DBE0272" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="07166657" w14:textId="0C5A49AE" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="07166657" w14:textId="0C5A49AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E0FD471" w14:textId="5DFA30F8" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="2E0FD471" w14:textId="5DFA30F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2D3E8ABE" w14:textId="6A4132A0" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="2D3E8ABE" w14:textId="6A4132A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5281CC44" w14:textId="17D15BBF" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="5281CC44" w14:textId="17D15BBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="36838818" w14:textId="4C667EAF" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="36838818" w14:textId="4C667EAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7515B29F" w14:textId="30092668" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="7515B29F" w14:textId="30092668">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="63A7734B" w14:textId="0921C43A" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="63A7734B" w14:textId="0921C43A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="6544093F" w:rsidRPr="00EA7602" w14:paraId="4BD6FBA6" w14:textId="77777777" w:rsidTr="00DA1CEF">
+      <w:tr w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidTr="36E736CB" w14:paraId="4BD6FBA6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="39AC9CD5" w14:textId="14B1FE67" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="39AC9CD5" w14:textId="14B1FE67">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0006632A" w14:textId="1E944ABA" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="0006632A" w14:textId="1E944ABA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2EAB1A12" w14:textId="29A97341" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="2EAB1A12" w14:textId="29A97341">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="123877E8" w14:textId="08AF5EA6" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="123877E8" w14:textId="08AF5EA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5255" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0AE7333A" w14:textId="2694C766" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="0AE7333A" w14:textId="2694C766">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2004" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2E232520" w14:textId="33CBBB0B" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="2E232520" w14:textId="33CBBB0B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="409934D6" w14:textId="0AA5F4A5" w:rsidR="6544093F" w:rsidRPr="00EA7602" w:rsidRDefault="6544093F" w:rsidP="6544093F">
+          <w:p w:rsidRPr="00EA7602" w:rsidR="6544093F" w:rsidP="6544093F" w:rsidRDefault="6544093F" w14:paraId="409934D6" w14:textId="0AA5F4A5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17462D52" w14:textId="38867B7E" w:rsidR="6A11718F" w:rsidRPr="00EA7602" w:rsidRDefault="6A11718F">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="6A11718F" w:rsidRDefault="6A11718F" w14:paraId="17462D52" w14:textId="38867B7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B67A173" w14:textId="23BFB9D5" w:rsidR="000535E3" w:rsidRPr="00EA7602" w:rsidRDefault="00F334E4" w:rsidP="000535E3">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="000535E3" w:rsidP="36E736CB" w:rsidRDefault="00F334E4" w14:paraId="6B67A173" w14:textId="312B7057">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="00F334E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>send</w:t>
       </w:r>
-      <w:r w:rsidR="009073D4" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="009073D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> completed</w:t>
       </w:r>
-      <w:r w:rsidR="00933CF8" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="00933CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> site risk assessment and activity health and safety plan to your Parks Operations Coordinator</w:t>
       </w:r>
+      <w:r w:rsidRPr="36E736CB" w:rsidR="2F1DE18F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Volunteer Manager</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="41DA920F" w14:textId="74A973C0" w:rsidR="00933CF8" w:rsidRPr="00EA7602" w:rsidRDefault="00F334E4" w:rsidP="000535E3">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="00933CF8" w:rsidP="000535E3" w:rsidRDefault="00F334E4" w14:paraId="41DA920F" w14:textId="74A973C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="000535E3" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="000535E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">end </w:t>
       </w:r>
-      <w:r w:rsidR="00933B5F" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00933B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">planning </w:t>
       </w:r>
-      <w:r w:rsidR="000535E3" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="000535E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paperwork at</w:t>
       </w:r>
-      <w:r w:rsidR="00933CF8" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00933CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> least 2 weeks before a new activity for sign off</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799BC812" w14:textId="369E0BF7" w:rsidR="000535E3" w:rsidRPr="00EA7602" w:rsidRDefault="00F334E4" w:rsidP="000535E3">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="000535E3" w:rsidP="000535E3" w:rsidRDefault="00F334E4" w14:paraId="799BC812" w14:textId="369E0BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="00933CF8" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00933CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>azards must be reassessed just before the activity takes place</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A063BA5" w14:textId="3EAA1EB2" w:rsidR="00933CF8" w:rsidRPr="00EA7602" w:rsidRDefault="00F334E4" w:rsidP="000535E3">
+    <w:p w:rsidRPr="00EA7602" w:rsidR="00933CF8" w:rsidP="000535E3" w:rsidRDefault="00F334E4" w14:paraId="1A063BA5" w14:textId="3EAA1EB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA7602">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00933CF8" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00933CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ite risk assessments </w:t>
       </w:r>
-      <w:r w:rsidR="00357C4B" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00357C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">must be </w:t>
       </w:r>
-      <w:r w:rsidR="00933CF8" w:rsidRPr="00EA7602">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="00EA7602" w:rsidR="00933CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>updated at least annually</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00933CF8" w:rsidRPr="00EA7602" w:rsidSect="000176D9">
+    <w:sectPr w:rsidRPr="00EA7602" w:rsidR="00933CF8" w:rsidSect="000176D9">
       <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CBFD276" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588" w:rsidP="00776D27">
+    <w:p w:rsidR="00BF5F99" w:rsidP="00776D27" w:rsidRDefault="00BF5F99" w14:paraId="7F192F6E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C295A86" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588" w:rsidP="00776D27">
+    <w:p w:rsidR="00BF5F99" w:rsidP="00776D27" w:rsidRDefault="00BF5F99" w14:paraId="4898D0C8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1EF0F28F" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588">
+    <w:p w:rsidR="00BF5F99" w:rsidRDefault="00BF5F99" w14:paraId="55546018" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2031C323" w14:textId="7548D9DE" w:rsidR="00776D27" w:rsidRDefault="4FB77E38">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="048D2493" w14:textId="135650D1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Last updated 20.5.25</w:t>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71671087" wp14:editId="61D9BCA4">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="278614631" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="361950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidRPr="00CF79B3" w:rsidR="00CF79B3" w:rsidP="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="3770A14E" w14:textId="76E8F3B1">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF79B3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="71671087">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB24zxwDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igg7URoWKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7MToOv6VO3F+Xx3uR/ffZ7fdlqRg3C+AVPS8SinRBgOVWN2Jf31vPpy&#10;TYkPzFRMgRElPQpPbxefP81bW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJe3S6rHGsx&#10;u1bZJM9nWQuusg648B6t972TLlJ+KQUPj1J6EYgqKfYW0unSuY1ntpizYueYrRs+tME+0IVmjcGi&#10;51T3LDCyd80/qXTDHXiQYcRBZyBlw0WaAacZ52+m2dTMijQLkuPtmSb//9Lyh8PGPjkSuu/Q4QIj&#10;Ia31hUdjnKeTTscvdkrQjxQez7SJLhCOxm+z66speji6rmbjG8SYJbv8bJ0PPwRoEkFJHW4lkcUO&#10;ax/60FNIrGVg1SiVNqPMXwbMGS3ZpcOIQrfthra3UB1xGgf9or3lqwZrrpkPT8zhZrFNVGt4xEMq&#10;aEsKA6KkBvf7PXuMR8LRS0mLSimpQSlTon4aXMRk+jXPo7LSDYE7gW0C45t8Gv1mr+8ARTjG92B5&#10;gjE4qBOUDvQLinkZq6GLGY41S7o9wbvQ6xYfAxfLZQpCEVkW1mZjeUwdyYpMPncvzNmB7oB7eoCT&#10;lljxhvU+Nv7p7XIfkPu0kkhsz+bANwowLXV4LFHhr+8p6vKkF38AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlXOiI2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeRGlDIpqqA&#10;Vr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBYq94x&#10;IVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTSqo7j&#10;glEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RHwq9e&#10;s3QRbY2wfEhAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHbjPHAOAgAAGgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVc6IjZAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00CF79B3" w:rsidR="00CF79B3" w:rsidP="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="3770A14E" w14:textId="76E8F3B1">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF79B3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0B2F275D" w14:textId="50DCFC70" w:rsidR="68718CC8" w:rsidRDefault="68718CC8" w:rsidP="68718CC8">
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00776D27" w:rsidRDefault="00CF79B3" w14:paraId="2031C323" w14:textId="125B002C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidR="36E736CB">
+      <w:rPr/>
+      <w:t xml:space="preserve">Last updated </w:t>
+    </w:r>
+    <w:r w:rsidR="36E736CB">
+      <w:rPr/>
+      <w:t>04.02.26</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="68718CC8" w:rsidP="68718CC8" w:rsidRDefault="68718CC8" w14:paraId="0B2F275D" w14:textId="50DCFC70">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5DAE0F75" w14:textId="77777777" w:rsidR="00776D27" w:rsidRDefault="00776D27">
+  <w:p w:rsidR="00776D27" w:rsidRDefault="00776D27" w14:paraId="5DAE0F75" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="2DAB125E" w14:textId="0A067EEA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="363F9FD7" wp14:editId="7602B622">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1965278238" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="361950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidRPr="00CF79B3" w:rsidR="00CF79B3" w:rsidP="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="29C519D0" w14:textId="097C061A">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00CF79B3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="363F9FD7">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBDp9PEgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igg7URoWKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7NDoOv6VO3FOd9d7sf3fZ7fdlqRg3C+AVPS8SinRBgOVWN2Jf31vPpy&#10;TYkPzFRMgRElPQpPbxefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM9nWQuusg648B69932QLlJ9KQUPj1J6EYgqKc4W0unSuY1ntpizYueYrRt+GoN9YArNGoNN&#10;z6XuWWBk75p/SumGO/Agw4iDzkDKhou0A24zzt9ss6mZFWkXBMfbM0z+/5XlD4eNfXIkdN+hQwIj&#10;IK31hUdn3KeTTscvTkowjhAez7CJLhCOzm+z66spRjiGrmbjG7SxSnb52ToffgjQJBoldchKAosd&#10;1j70qUNK7GVg1SiVmFHmLwfWjJ7sMmG0QrftSFOVdDJMv4XqiEs56Pn2lq8abL1mPjwxhwTjtCja&#10;8IiHVNCWFE4WJTW43+/5Yz7ijlFKWhRMSQ0qmhL10yAfk+nXPI8CSzc03GBskzG+yacxbvb6DlCL&#10;Y3wWliczJgc1mNKBfkFNL2M3DDHDsWdJt4N5F3r54pvgYrlMSagly8LabCyPpSNmEdDn7oU5e0I9&#10;IF0PMEiKFW/A73Pjn94u9wEpSMxEfHs0T7CjDhO3pzcThf76nrIuL3vxBwAA//8DAFBLAwQUAAYA&#10;CAAAACEAZVzoiNkAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIvVGnkRpQ&#10;yKaqgFa9EpDg6MTbOGq8DrHbpn+PywUuI41mNfO2WE22FycafecYYTFPQBA3TnfcIny8b+4fQfig&#10;WKveMSFcyMOqvL0pVK7dmd/oVIVWxBL2uUIwIQy5lL4xZJWfu4E4Zns3WhWiHVupR3WO5baXaZJk&#10;0qqO44JRAz0bag7V0SJkL9u1GT6zr+996ne+dodQuVfE2d20fgIRaAp/x3DFj+hQRqbaHVl70SPE&#10;R8KvXrN0EW2NsHxIQJaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBDp9PEgIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBlXOiI&#10;2QAAAAQBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00CF79B3" w:rsidR="00CF79B3" w:rsidP="00CF79B3" w:rsidRDefault="00CF79B3" w14:paraId="29C519D0" w14:textId="097C061A">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00CF79B3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3206C829" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588" w:rsidP="00776D27">
+    <w:p w:rsidR="00BF5F99" w:rsidP="00776D27" w:rsidRDefault="00BF5F99" w14:paraId="47E33D05" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43EF29C5" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588" w:rsidP="00776D27">
+    <w:p w:rsidR="00BF5F99" w:rsidP="00776D27" w:rsidRDefault="00BF5F99" w14:paraId="2AD928DF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4395B0B8" w14:textId="77777777" w:rsidR="00811588" w:rsidRDefault="00811588">
+    <w:p w:rsidR="00BF5F99" w:rsidRDefault="00BF5F99" w14:paraId="24C3FF69" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5130"/>
       <w:gridCol w:w="5130"/>
       <w:gridCol w:w="5130"/>
     </w:tblGrid>
-    <w:tr w:rsidR="68718CC8" w14:paraId="23D05E99" w14:textId="77777777" w:rsidTr="68718CC8">
+    <w:tr w:rsidR="68718CC8" w:rsidTr="68718CC8" w14:paraId="23D05E99" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5130" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="27B70FCC" w14:textId="0231300D" w:rsidR="68718CC8" w:rsidRDefault="68718CC8" w:rsidP="68718CC8">
+        <w:p w:rsidR="68718CC8" w:rsidP="68718CC8" w:rsidRDefault="68718CC8" w14:paraId="27B70FCC" w14:textId="0231300D">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5130" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="08B7580F" w14:textId="7B4DFEFC" w:rsidR="68718CC8" w:rsidRDefault="68718CC8" w:rsidP="68718CC8">
+        <w:p w:rsidR="68718CC8" w:rsidP="68718CC8" w:rsidRDefault="68718CC8" w14:paraId="08B7580F" w14:textId="7B4DFEFC">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5130" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="49EF0FA7" w14:textId="5118CFF4" w:rsidR="68718CC8" w:rsidRDefault="68718CC8" w:rsidP="68718CC8">
+        <w:p w:rsidR="68718CC8" w:rsidP="68718CC8" w:rsidRDefault="68718CC8" w14:paraId="49EF0FA7" w14:textId="5118CFF4">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="095AE8D3" w14:textId="12A7C856" w:rsidR="68718CC8" w:rsidRDefault="68718CC8" w:rsidP="68718CC8">
+  <w:p w:rsidR="68718CC8" w:rsidP="68718CC8" w:rsidRDefault="68718CC8" w14:paraId="095AE8D3" w14:textId="12A7C856">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="ni8UUdXdlt6RIo" int2:id="FkAYwdzy">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28631AFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E302CA2"/>
@@ -2743,147 +3240,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4A3060F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BAB687D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9AE0BA6"/>
     <w:lvl w:ilvl="0" w:tplc="01821F58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B816BE60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E514D754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="74D44706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="3BAC981A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B61E536E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FCCA9AF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="548CD9BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B7EEAEE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BF46270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C802A62A"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3123,147 +3620,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B48500B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4EAC8CC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B51CC6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="777C6EDA"/>
     <w:lvl w:ilvl="0" w:tplc="1128B008">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B91E50A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3338,430 +3835,471 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1002976574">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1215240862">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="379060827">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1883786698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2080248744">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="255212359">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A7D76"/>
     <w:rsid w:val="00013121"/>
     <w:rsid w:val="000176D9"/>
     <w:rsid w:val="0002000D"/>
     <w:rsid w:val="000321E6"/>
     <w:rsid w:val="000535E3"/>
     <w:rsid w:val="0007793B"/>
     <w:rsid w:val="000C4FE1"/>
     <w:rsid w:val="00104F01"/>
     <w:rsid w:val="00111BFD"/>
     <w:rsid w:val="00142048"/>
     <w:rsid w:val="0014613D"/>
     <w:rsid w:val="00146DA5"/>
     <w:rsid w:val="001A4FC6"/>
     <w:rsid w:val="001D6FF6"/>
     <w:rsid w:val="002133C2"/>
     <w:rsid w:val="00243672"/>
     <w:rsid w:val="00280F82"/>
     <w:rsid w:val="002A7D76"/>
     <w:rsid w:val="003131ED"/>
     <w:rsid w:val="00357C4B"/>
     <w:rsid w:val="00363AAD"/>
     <w:rsid w:val="00385C7B"/>
     <w:rsid w:val="003C0AB7"/>
     <w:rsid w:val="003F0C42"/>
+    <w:rsid w:val="00450F78"/>
     <w:rsid w:val="00480163"/>
+    <w:rsid w:val="004956F2"/>
     <w:rsid w:val="004D0B67"/>
     <w:rsid w:val="004D5747"/>
     <w:rsid w:val="00506B10"/>
     <w:rsid w:val="005E103D"/>
     <w:rsid w:val="005F0C0F"/>
     <w:rsid w:val="005F4CF7"/>
     <w:rsid w:val="0060019C"/>
     <w:rsid w:val="006727CF"/>
     <w:rsid w:val="00680450"/>
     <w:rsid w:val="006A56EE"/>
     <w:rsid w:val="006F581A"/>
     <w:rsid w:val="0073040F"/>
     <w:rsid w:val="007369BE"/>
     <w:rsid w:val="0075738A"/>
     <w:rsid w:val="00776D27"/>
     <w:rsid w:val="007B78B2"/>
     <w:rsid w:val="007F46A0"/>
     <w:rsid w:val="00811588"/>
     <w:rsid w:val="00831030"/>
     <w:rsid w:val="0084399A"/>
     <w:rsid w:val="00886395"/>
     <w:rsid w:val="008866FC"/>
     <w:rsid w:val="008A4CA0"/>
     <w:rsid w:val="008B0DBA"/>
     <w:rsid w:val="009073D4"/>
     <w:rsid w:val="0091331F"/>
     <w:rsid w:val="009170D1"/>
     <w:rsid w:val="00933B5F"/>
     <w:rsid w:val="00933CF8"/>
+    <w:rsid w:val="00942EDE"/>
     <w:rsid w:val="009A4BD3"/>
     <w:rsid w:val="00A05D15"/>
     <w:rsid w:val="00A27B66"/>
     <w:rsid w:val="00AF0FE4"/>
     <w:rsid w:val="00B046A3"/>
     <w:rsid w:val="00B20077"/>
     <w:rsid w:val="00B21AA4"/>
+    <w:rsid w:val="00BF5F99"/>
     <w:rsid w:val="00C21280"/>
     <w:rsid w:val="00C240CF"/>
     <w:rsid w:val="00C44452"/>
     <w:rsid w:val="00C6353E"/>
     <w:rsid w:val="00C772C3"/>
+    <w:rsid w:val="00CF79B3"/>
     <w:rsid w:val="00D0E011"/>
     <w:rsid w:val="00DA1CEF"/>
     <w:rsid w:val="00DD577A"/>
     <w:rsid w:val="00DF3386"/>
     <w:rsid w:val="00E806D7"/>
     <w:rsid w:val="00EA7602"/>
     <w:rsid w:val="00EB5AE1"/>
     <w:rsid w:val="00F00660"/>
     <w:rsid w:val="00F244AD"/>
     <w:rsid w:val="00F334E4"/>
     <w:rsid w:val="00F52E62"/>
     <w:rsid w:val="00F73169"/>
     <w:rsid w:val="01B28D5D"/>
     <w:rsid w:val="03A5D0D0"/>
     <w:rsid w:val="0407C714"/>
     <w:rsid w:val="049AF4F1"/>
     <w:rsid w:val="04E72CF4"/>
     <w:rsid w:val="05FEAA31"/>
     <w:rsid w:val="0627A1A4"/>
     <w:rsid w:val="065ADDCC"/>
     <w:rsid w:val="08E84297"/>
     <w:rsid w:val="0911C64A"/>
+    <w:rsid w:val="09B85956"/>
     <w:rsid w:val="0AD722E3"/>
     <w:rsid w:val="0D61D4F5"/>
     <w:rsid w:val="0D7902E6"/>
     <w:rsid w:val="0D85CA81"/>
     <w:rsid w:val="0EC19EB0"/>
     <w:rsid w:val="0FE39EF4"/>
+    <w:rsid w:val="101A829B"/>
     <w:rsid w:val="104349EC"/>
     <w:rsid w:val="104F5C60"/>
     <w:rsid w:val="11CFC278"/>
     <w:rsid w:val="1273A8FF"/>
     <w:rsid w:val="137A571A"/>
     <w:rsid w:val="1438FDC0"/>
     <w:rsid w:val="156272A9"/>
     <w:rsid w:val="1589F302"/>
     <w:rsid w:val="160E83BA"/>
     <w:rsid w:val="1665D99C"/>
     <w:rsid w:val="16B9945C"/>
+    <w:rsid w:val="172F129B"/>
     <w:rsid w:val="17C76A60"/>
     <w:rsid w:val="19CCAC36"/>
+    <w:rsid w:val="1A9DE32F"/>
     <w:rsid w:val="1ABEDC97"/>
     <w:rsid w:val="1ADC00FF"/>
     <w:rsid w:val="1B04897F"/>
     <w:rsid w:val="1C688926"/>
     <w:rsid w:val="1D2C3858"/>
     <w:rsid w:val="1D8254FA"/>
     <w:rsid w:val="1DB0FB83"/>
+    <w:rsid w:val="1E383BBF"/>
     <w:rsid w:val="1EE5088F"/>
+    <w:rsid w:val="1FBAF5DA"/>
     <w:rsid w:val="1FE8069B"/>
     <w:rsid w:val="2055D24B"/>
     <w:rsid w:val="20789832"/>
     <w:rsid w:val="21042094"/>
+    <w:rsid w:val="210B17A8"/>
     <w:rsid w:val="2152854B"/>
     <w:rsid w:val="221543F9"/>
     <w:rsid w:val="236618AA"/>
+    <w:rsid w:val="23999E60"/>
     <w:rsid w:val="244D5B20"/>
     <w:rsid w:val="24D31744"/>
     <w:rsid w:val="259C2B6F"/>
     <w:rsid w:val="25A6571E"/>
     <w:rsid w:val="25CFA66C"/>
     <w:rsid w:val="260DC239"/>
+    <w:rsid w:val="26496275"/>
     <w:rsid w:val="271D1DE9"/>
     <w:rsid w:val="277F5126"/>
     <w:rsid w:val="2816A45B"/>
     <w:rsid w:val="28409B07"/>
     <w:rsid w:val="289D3607"/>
     <w:rsid w:val="2918BF3E"/>
     <w:rsid w:val="29EEA775"/>
+    <w:rsid w:val="2A165031"/>
     <w:rsid w:val="2ACD13D6"/>
     <w:rsid w:val="2B4E2726"/>
     <w:rsid w:val="2B5BA731"/>
     <w:rsid w:val="2B91872C"/>
     <w:rsid w:val="2BF871B9"/>
+    <w:rsid w:val="2C73C126"/>
     <w:rsid w:val="2C7D3ACD"/>
     <w:rsid w:val="2D1F851B"/>
     <w:rsid w:val="2EEA3CF6"/>
+    <w:rsid w:val="2F1DE18F"/>
     <w:rsid w:val="3016682A"/>
     <w:rsid w:val="301972F6"/>
     <w:rsid w:val="301CF7F7"/>
     <w:rsid w:val="308CD7AE"/>
+    <w:rsid w:val="30EDF2E7"/>
     <w:rsid w:val="311A4DE7"/>
     <w:rsid w:val="31F0CF1E"/>
     <w:rsid w:val="345EC428"/>
     <w:rsid w:val="35110E4B"/>
+    <w:rsid w:val="3649DAD0"/>
     <w:rsid w:val="36C23A3C"/>
+    <w:rsid w:val="36E736CB"/>
     <w:rsid w:val="3A7E0D40"/>
     <w:rsid w:val="3BAB74B4"/>
     <w:rsid w:val="3BE3791E"/>
     <w:rsid w:val="3BE572E3"/>
     <w:rsid w:val="3CCAA8E4"/>
+    <w:rsid w:val="3DCD370E"/>
     <w:rsid w:val="40321C19"/>
     <w:rsid w:val="404DC96E"/>
     <w:rsid w:val="405F6486"/>
+    <w:rsid w:val="40EC9E6C"/>
+    <w:rsid w:val="410B7937"/>
     <w:rsid w:val="413D2CC2"/>
     <w:rsid w:val="41CD7F60"/>
     <w:rsid w:val="424A02D7"/>
     <w:rsid w:val="42655F4B"/>
     <w:rsid w:val="4278C5B2"/>
+    <w:rsid w:val="43640174"/>
     <w:rsid w:val="43813C05"/>
     <w:rsid w:val="43DB7FAD"/>
     <w:rsid w:val="455FEB55"/>
     <w:rsid w:val="46D0DDBB"/>
     <w:rsid w:val="46FE63BD"/>
     <w:rsid w:val="474F2670"/>
     <w:rsid w:val="47A69167"/>
     <w:rsid w:val="4A212ED4"/>
     <w:rsid w:val="4AE12A94"/>
     <w:rsid w:val="4B12FD94"/>
     <w:rsid w:val="4C6E8765"/>
+    <w:rsid w:val="4D009254"/>
     <w:rsid w:val="4DF7791D"/>
     <w:rsid w:val="4E7E4624"/>
     <w:rsid w:val="4E9BB674"/>
     <w:rsid w:val="4EA9BCE4"/>
     <w:rsid w:val="4F2C0AF5"/>
     <w:rsid w:val="4F3F9E67"/>
     <w:rsid w:val="4FB77E38"/>
     <w:rsid w:val="4FBDB611"/>
     <w:rsid w:val="4FCD7AE2"/>
+    <w:rsid w:val="505AB299"/>
     <w:rsid w:val="50F42EE2"/>
     <w:rsid w:val="5103BDDA"/>
     <w:rsid w:val="51FFAA7D"/>
+    <w:rsid w:val="53E285AD"/>
+    <w:rsid w:val="5478706E"/>
     <w:rsid w:val="555505B9"/>
     <w:rsid w:val="561E68D2"/>
     <w:rsid w:val="56FAD7A0"/>
+    <w:rsid w:val="57002742"/>
     <w:rsid w:val="585A9D6B"/>
+    <w:rsid w:val="59294433"/>
     <w:rsid w:val="5989E030"/>
     <w:rsid w:val="59DFCA84"/>
     <w:rsid w:val="5A9FE9D8"/>
     <w:rsid w:val="5C18ADA9"/>
     <w:rsid w:val="5C81B03B"/>
     <w:rsid w:val="5E685E0B"/>
     <w:rsid w:val="5EEF04F5"/>
     <w:rsid w:val="5F3B913E"/>
     <w:rsid w:val="60C13A57"/>
     <w:rsid w:val="60C68CE0"/>
+    <w:rsid w:val="61B19477"/>
     <w:rsid w:val="62222598"/>
     <w:rsid w:val="6389D9BF"/>
     <w:rsid w:val="6482539D"/>
+    <w:rsid w:val="64929800"/>
     <w:rsid w:val="6544093F"/>
     <w:rsid w:val="670B54A2"/>
     <w:rsid w:val="675D1143"/>
     <w:rsid w:val="67CB5B1C"/>
     <w:rsid w:val="68718CC8"/>
     <w:rsid w:val="68748D9E"/>
     <w:rsid w:val="6919EAE4"/>
     <w:rsid w:val="696C7D00"/>
     <w:rsid w:val="69998FEC"/>
     <w:rsid w:val="6A0FE99B"/>
     <w:rsid w:val="6A11718F"/>
+    <w:rsid w:val="6ADE3BA3"/>
+    <w:rsid w:val="6B28E2AE"/>
     <w:rsid w:val="6C511703"/>
+    <w:rsid w:val="6C664C54"/>
     <w:rsid w:val="6D2E5A50"/>
     <w:rsid w:val="6E2F4814"/>
     <w:rsid w:val="6ED818B4"/>
+    <w:rsid w:val="6F19AD77"/>
     <w:rsid w:val="701D5DC3"/>
     <w:rsid w:val="715E9812"/>
+    <w:rsid w:val="718122A9"/>
     <w:rsid w:val="71AE0101"/>
     <w:rsid w:val="71F1E7C0"/>
+    <w:rsid w:val="730479B5"/>
     <w:rsid w:val="73A34835"/>
     <w:rsid w:val="73A34A6B"/>
+    <w:rsid w:val="73E387B6"/>
+    <w:rsid w:val="7482C70F"/>
     <w:rsid w:val="74C3ED43"/>
     <w:rsid w:val="74EAA104"/>
     <w:rsid w:val="759C3F3B"/>
     <w:rsid w:val="75E6A2A6"/>
     <w:rsid w:val="76032D80"/>
     <w:rsid w:val="779D79B9"/>
     <w:rsid w:val="77BA214F"/>
     <w:rsid w:val="780B85AB"/>
     <w:rsid w:val="781D0C89"/>
     <w:rsid w:val="79091677"/>
     <w:rsid w:val="79D131DF"/>
     <w:rsid w:val="79E75B05"/>
     <w:rsid w:val="7B37ADF2"/>
     <w:rsid w:val="7B3DC4A6"/>
+    <w:rsid w:val="7B85C031"/>
     <w:rsid w:val="7C02AA8E"/>
     <w:rsid w:val="7D9A5E7A"/>
     <w:rsid w:val="7DBF51D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="43FF4331"/>
   <w15:docId w15:val="{0644BEB8-8BCD-41C4-B7E2-D3CDC2F4502E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3917,52 +4455,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4029,324 +4567,323 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002A7D76"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00933CF8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DA1CEF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DA1CEF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyA">
+  <w:style w:type="paragraph" w:styleId="BodyA" w:customStyle="1">
     <w:name w:val="Body A"/>
     <w:rsid w:val="00C772C3"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w:lang w:val="en-US" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C772C3"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:bdr w:val="nil"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00776D27"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00776D27"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00776D27"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00776D27"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00933CF8"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DA1CEF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DA1CEF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4618,52 +5155,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100708486052300824BA4D620CF95E9C978" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1dd9352a7ca8c74cc3b7575a675f0ac7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="657e269d384cf008a275d5cae1d91d62" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100708486052300824BA4D620CF95E9C978" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2541a160a9daaf70bb32d466996cc7b9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2b3a1c226269fc39a71fdeae7ffbbf" ns2:_="" ns3:_="">
     <xsd:import namespace="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
     <xsd:import namespace="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee57888a-cf71-422e-9a19-54eb89d6805c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -4797,122 +5334,110 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5F8CD38-7E12-4B0F-B498-1CB044DC1402}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71089C57-5FF4-4CAD-A2B9-3657C5E27688}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43D28FA6-FD94-4086-8DEE-D88A5597381A}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58D48B51-4997-4158-90DA-3074BCDEEA98}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Bristol City Council</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Site Specific Risk Assessment template 2025 Parks Volunteering</dc:title>
   <dc:subject/>
   <dc:creator>Tom Penn</dc:creator>
-  <cp:keywords/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <keywords/>
+  <lastModifiedBy>Nic Ferris</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100708486052300824BA4D620CF95E9C978</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>7523c41e,109b5267,672450a4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-12-23T07:46:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>5e2fb764-6424-43ec-ad53-20c3769ca893</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>