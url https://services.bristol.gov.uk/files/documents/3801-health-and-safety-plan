--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,107 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C0AF5F4" w14:textId="79123608" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
       <w:pPr>
         <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FE459FC" w14:textId="5D62F3B4" w:rsidR="4EBF9382" w:rsidRDefault="4EBF9382" w:rsidP="4927F23E">
+    <w:p w14:paraId="2FE459FC" w14:textId="020D9AE9" w:rsidR="4EBF9382" w:rsidRDefault="4EBF9382" w:rsidP="4927F23E">
       <w:pPr>
         <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB5818">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="3AB423DA" w:rsidRPr="00CB5818">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>olunteer group health and safety lead</w:t>
+        <w:t xml:space="preserve">olunteer group </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="00CB5818">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="00CB5818">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and safety lead</w:t>
       </w:r>
       <w:r w:rsidR="3AB423DA" w:rsidRPr="4927F23E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve">: This form must be signed off by your Parks Operations Coordinator before </w:t>
+        <w:t xml:space="preserve">: This form must be signed off by </w:t>
+      </w:r>
+      <w:r w:rsidR="006028FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bristol Parks </w:t>
+      </w:r>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="4927F23E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before </w:t>
       </w:r>
       <w:r w:rsidR="6C76EC8E" w:rsidRPr="4927F23E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>activities t</w:t>
       </w:r>
       <w:r w:rsidR="3AB423DA" w:rsidRPr="4927F23E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>ake place</w:t>
       </w:r>
       <w:r w:rsidR="14521E24" w:rsidRPr="4927F23E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
@@ -228,103 +268,103 @@
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4170"/>
         <w:gridCol w:w="5349"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C7928" w:rsidRPr="0019796B" w14:paraId="2E8E3620" w14:textId="77777777" w:rsidTr="4927F23E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C397070" w14:textId="3988DB46" w:rsidR="000C7928" w:rsidRPr="001C33B6" w:rsidRDefault="000C7928" w:rsidP="003D1539">
+          <w:p w14:paraId="4C397070" w14:textId="0A304E07" w:rsidR="000C7928" w:rsidRPr="001C33B6" w:rsidRDefault="000C7928" w:rsidP="003D1539">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C33B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="5F0A2B86">
-[...10 lines deleted...]
-              <w:t>/s</w:t>
+            <w:r w:rsidR="00FD2928">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r w:rsidRPr="001C33B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of </w:t>
+              <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidR="7C3633BC" w:rsidRPr="001C33B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -435,77 +475,77 @@
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C33B6" w:rsidRPr="0019796B" w14:paraId="71B61803" w14:textId="77777777" w:rsidTr="00A25B3C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1014"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E92674A" w14:textId="30484FCA" w:rsidR="001C33B6" w:rsidRPr="00A25B3C" w:rsidRDefault="001C33B6" w:rsidP="003D1539">
+          <w:p w14:paraId="0E92674A" w14:textId="7A2E26F3" w:rsidR="001C33B6" w:rsidRPr="00A25B3C" w:rsidRDefault="001C33B6" w:rsidP="003D1539">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25B3C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
-              <w:t>Location of work session/s:</w:t>
+              <w:t>Location of work sessions:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="724C5FBA" w14:textId="050B6CA4" w:rsidR="001C33B6" w:rsidRPr="00A25B3C" w:rsidRDefault="001C33B6" w:rsidP="003D1539">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25B3C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Consider using What 3 Words</w:t>
             </w:r>
             <w:r w:rsidR="7057F23C" w:rsidRPr="00A25B3C">
@@ -829,126 +869,54 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="041D6193" w14:textId="544D4B67" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="6AB57E14">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E2FC740" w14:textId="795C314F" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="6AB57E14">
+          <w:p w14:paraId="60CCAEE8" w14:textId="77777777" w:rsidR="00A25B3C" w:rsidRPr="0019796B" w:rsidRDefault="00A25B3C" w:rsidP="006028FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="191" w:right="-20"/>
-[...71 lines deleted...]
-              <w:ind w:left="191" w:right="-20"/>
+              <w:ind w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="547297A0" w14:textId="267198F0" w:rsidR="000C7928" w:rsidRDefault="000C7928" w:rsidP="6AB57E14">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="516C844F" w14:textId="77777777" w:rsidR="00A25B3C" w:rsidRDefault="00A25B3C" w:rsidP="6AB57E14">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
@@ -1594,51 +1562,51 @@
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C7928" w:rsidRPr="0019796B" w14:paraId="6ABC142E" w14:textId="77777777" w:rsidTr="4927F23E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="581"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62231078" w14:textId="43CCA508" w:rsidR="000C7928" w:rsidRPr="001C33B6" w:rsidRDefault="00A25B3C" w:rsidP="003D1539">
+          <w:p w14:paraId="62231078" w14:textId="4D6CE63F" w:rsidR="000C7928" w:rsidRPr="001C33B6" w:rsidRDefault="00A25B3C" w:rsidP="003D1539">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
@@ -1648,91 +1616,76 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve"> plan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidR="006028FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C33B6">
-[...25 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006028FD" w:rsidRPr="001C33B6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>ite-specific</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C33B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">risk assessment </w:t>
@@ -1741,225 +1694,338 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t>written by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="763BAF2C" w14:textId="77777777" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="003D1539">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="191" w:right="-20"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006028FD" w:rsidRPr="0019796B" w14:paraId="1167140F" w14:textId="77777777" w:rsidTr="4927F23E">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="581"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="546EEAB0" w14:textId="6357D2C0" w:rsidR="006028FD" w:rsidRDefault="006028FD" w:rsidP="003D1539">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="191" w:right="-20"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Names of other trained lead and co-lead volunteers </w:t>
+            </w:r>
+            <w:r w:rsidR="00C25694">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve">supervising </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="81"/>
+                <w:sz w:val="25"/>
+                <w:szCs w:val="25"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E2E4DAF" w14:textId="77777777" w:rsidR="006028FD" w:rsidRPr="0019796B" w:rsidRDefault="006028FD" w:rsidP="003D1539">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C7928" w:rsidRPr="0019796B" w14:paraId="51A3654A" w14:textId="77777777" w:rsidTr="00A25B3C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="655"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64CD765F" w14:textId="051EC81D" w:rsidR="000C7928" w:rsidRPr="00A25B3C" w:rsidRDefault="000C7928" w:rsidP="4927F23E">
+          <w:p w14:paraId="64CD765F" w14:textId="051EC81D" w:rsidR="000C7928" w:rsidRPr="006028FD" w:rsidRDefault="000C7928" w:rsidP="4927F23E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C33B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidRPr="00A25B3C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t>written</w:t>
             </w:r>
             <w:r w:rsidR="00A25B3C" w:rsidRPr="00A25B3C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00A25B3C" w:rsidRPr="00A25B3C">
+            <w:r w:rsidR="00A25B3C" w:rsidRPr="006028FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
-            <w:r w:rsidR="2AB2A9E3" w:rsidRPr="00A25B3C">
+            <w:r w:rsidR="2AB2A9E3" w:rsidRPr="006028FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="67157123" w:rsidRPr="00A25B3C">
+            <w:r w:rsidR="67157123" w:rsidRPr="006028FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
               <w:t xml:space="preserve">Plan valid for 1 year. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C5F29D0" w14:textId="4FE42E06" w:rsidR="000C7928" w:rsidRPr="001C33B6" w:rsidRDefault="67157123" w:rsidP="4927F23E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25B3C">
+            <w:r w:rsidRPr="006028FD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
-              <w:t>New form needed if substantial change</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">New form </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006028FD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="231F20"/>
+              </w:rPr>
+              <w:t>needed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006028FD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="231F20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if substantial change</w:t>
+            </w:r>
+            <w:r w:rsidR="3760F48E" w:rsidRPr="006028FD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79D3E920" w14:textId="3378AC66" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="4927F23E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="191" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="81"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04719AAF" w14:textId="77777777" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D88779" w14:textId="350C6AA5" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="6AB57E14">
+    <w:p w14:paraId="52D88779" w14:textId="45EEEE09" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="6AB57E14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB5818">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>To be completed by</w:t>
       </w:r>
       <w:r w:rsidR="3DC6D59F" w:rsidRPr="000C7928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
@@ -2002,87 +2068,98 @@
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidR="1A03260B" w:rsidRPr="000C7928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="358483F5" w:rsidRPr="00CB5818">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="006028FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="81"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Parks Volunteer Manager</w:t>
       </w:r>
       <w:r w:rsidR="1A03260B" w:rsidRPr="00CB5818">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000C7928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629419EA" w14:textId="2AA46BD0" w:rsidR="6AB57E14" w:rsidRDefault="6AB57E14" w:rsidP="6A1C3705">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74337927" w14:textId="57EE2B81" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
+    <w:p w14:paraId="6061D232" w14:textId="6EF35AAF" w:rsidR="006028FD" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="00FD2928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>Authori</w:t>
       </w:r>
       <w:r w:rsidR="7129C9E7">
@@ -2095,192 +2172,205 @@
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0019796B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="090F5103" w:rsidRPr="0019796B">
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidR="006028FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve">Park </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>y:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0019796B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve">perations </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0019796B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>oordinator)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>: …………………………………………………………………….</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006028FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="81"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>Job title:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BBB132" w14:textId="77777777" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="6A1C3705">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ACAF3FA" w14:textId="64017835" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="000C7928">
+    <w:p w14:paraId="2ACAF3FA" w14:textId="33DA8BB4" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0019796B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>Signed:....................................</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Signed:</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD2928">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD2928">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="0019796B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>Date:.......</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="006028FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>...............................</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="46FE999B" w14:textId="77777777" w:rsidR="000C7928" w:rsidRDefault="000C7928" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B57F1F0" w14:textId="42F2C05A" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="18836996" w:rsidP="4E8F76BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="0019796B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
@@ -2469,168 +2559,557 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AD5F2C" w14:textId="25DC1224" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="8640" w:right="-20"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C7928" w:rsidRPr="000C7928">
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="0" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4078A429" w14:textId="77777777" w:rsidR="008E6BC3" w:rsidRDefault="008E6BC3" w:rsidP="000C7928">
+    <w:p w14:paraId="0705F672" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F959C33" w14:textId="77777777" w:rsidR="008E6BC3" w:rsidRDefault="008E6BC3" w:rsidP="000C7928">
+    <w:p w14:paraId="57165251" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="28011C0F" w14:textId="45AB27C4" w:rsidR="00A25B3C" w:rsidRDefault="00A25B3C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A547E77" w14:textId="1C63E7AA" w:rsidR="006028FD" w:rsidRDefault="006028FD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FBB3143" wp14:editId="08515F72">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="296852002" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="56C8387F" w14:textId="5A2C38ED" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006028FD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3FBB3143" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhn6aPDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wkTT+MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnv36U7CRdt9Owi0yR9CP5+DS/77QiB+F8A6ak41FOiTAcqsbsSvrjdfXl&#10;lhIfmKmYAiNKehSe3i8+f5q3thATqEFVwhEEMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGsR&#10;XatskufXWQuusg648B69j32QLhK+lIKHZym9CESVFHsL6XTp3MYzW8xZsXPM1g0f2mD/0IVmjcGi&#10;Z6hHFhjZu+YPKN1wBx5kGHHQGUjZcJFmwGnG+YdpNjWzIs2C5Hh7psn/P1j+dNjYF0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLjmTbRBcLReTOe3lxhhGNoen17N51FlOzys3U+fBOgSTRK6nAriSx2&#10;WPvQp55SYi0Dq0aptBllfnMgZvRklw6jFbptN7S9heqI0zjoF+0tXzVYc818eGEON4ttolrDMx5S&#10;QVtSGCxKanA//+aP+Ug4RilpUSklNShlStR3g4uYzK7yPCor3dBwJ2ObjPFdPotxs9cPgCIc43uw&#10;PJkxOaiTKR3oNxTzMlbDEDMca5Z0ezIfQq9bfAxcLJcpCUVkWVibjeUROpIVmXzt3pizA90B9/QE&#10;Jy2x4gPrfW7809vlPiD3aSWR2J7NgW8UYFrq8Fiiwt/fU9blSS9+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAEqsC5doAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOIoiqEKeq&#10;+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA1jg4&#10;JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJLiz3H&#10;BYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4SPi9&#10;Fy/NbkE0Cu7WKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIZ+mjw8CAAAa&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEqsC5doA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="56C8387F" w14:textId="5A2C38ED" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006028FD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28011C0F" w14:textId="3162D836" w:rsidR="00A25B3C" w:rsidRDefault="006028FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DB253FC" wp14:editId="6FB3438E">
+              <wp:simplePos x="457200" y="9899650"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1347575632" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3A920A05" w14:textId="0F972FF8" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006028FD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2DB253FC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTu03SEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtOA/BcuAmcFHA&#10;SAI4Rc40RVoCSC5B0pbcr++Sku007anohVrurvYxM5zfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvpy&#10;S4kPzFRMgRElPQpP7xefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM+vsxZcZR1w4T16H/sgXaT6UgoenqX0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9ssDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnH/YZlMzK9IuCI63Z5j8/yvLnw4b++JI6L5ChwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcnTfj6c0VRjiGpte3d9NZrJJdfrbOh28CNIlGSR2yksBi&#10;h7UPfeopJfYysGqUSswo85sDa0ZPdpkwWqHbdqSp3k2/heqISzno+faWrxpsvWY+vDCHBOO0KNrw&#10;jIdU0JYUBouSGtzPv/ljPuKOUUpaFExJDSqaEvXdIB+T2VWeR4GlGxruZGyTMb7LZzFu9voBUItj&#10;fBaWJzMmB3UypQP9hppexm4YYoZjz5JuT+ZD6OWLb4KL5TIloZYsC2uzsTyWjphFQF+7N+bsgHpA&#10;up7gJClWfAC/z41/ervcB6QgMRPx7dEcYEcdJm6HNxOF/v6esi4ve/ELAAD//wMAUEsDBBQABgAI&#10;AAAAIQASqwLl2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo04iiKoQ&#10;p6r4E1dSJDhu4m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d6wgXSUgiFune+4UvO+eb9YgfEDW&#10;ODgmBd/kYVMtrkostDvzG53q0IlYwr5ABSaEsZDSt4Ys+pUbiaO3d5PFEOXUST3hOZbbQWZJkkuL&#10;PccFgyM9GGoP9dEqyB9ftmb8yD+/9pl/9Y07hNo9KXW9nLf3IALN4S8MF/yIDlVkatyRtReDgvhI&#10;+L0XL81uQTQK7tYpyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTu03SEQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQASqwLl&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="3A920A05" w14:textId="0F972FF8" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006028FD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00A25B3C">
       <w:t xml:space="preserve">Last updated </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-      <w:t>1.10.24</w:t>
+    <w:r w:rsidR="00C25694">
+      <w:t>20</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00A25B3C">
+      <w:t>.10.2</w:t>
+    </w:r>
+    <w:r w:rsidR="00C25694">
+      <w:t>5</w:t>
+    </w:r>
   </w:p>
   <w:p w14:paraId="2F4AF23B" w14:textId="150660D2" w:rsidR="4E8F76BA" w:rsidRDefault="4E8F76BA" w:rsidP="4E8F76BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14BE00F9" w14:textId="765A41AD" w:rsidR="006028FD" w:rsidRDefault="006028FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F9690A4" wp14:editId="0F066BDB">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2012684776" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6533F175" w14:textId="14C300E1" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006028FD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7F9690A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACLb6QEwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtOA/BcuAmcFHA&#10;SAI4Rc40RVoCSC5B0pbcr++Ssuw07anohVrurvYxM5zfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvpy&#10;S4kPzFRMgRElPQpP7xefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM+vsxZcZR1w4T16H/sgXaT6UgoenqX0IhBVUpwtpNOlcxvPbDFnxc4xWzf8NAb7hyk0aww2&#10;PZd6ZIGRvWv+KKUb7sCDDCMOOgMpGy7SDrjNOP+wzaZmVqRdEBxvzzD5/1eWPx029sWR0H2FDgmM&#10;gLTWFx6dcZ9OOh2/OCnBOEJ4PMMmukA4Om/G05srjHAMTa9v76azWCW7/GydD98EaBKNkjpkJYHF&#10;Dmsf+tQhJfYysGqUSswo85sDa0ZPdpkwWqHbdqSpSjoZpt9CdcSlHPR8e8tXDbZeMx9emEOCcVoU&#10;bXjGQypoSwoni5Ia3M+/+WM+4o5RSloUTEkNKpoS9d0gH5PZVZ5HgaUbGm4wtskY3+WzGDd7/QCo&#10;xTE+C8uTGZODGkzpQL+hppexG4aY4dizpNvBfAi9fPFNcLFcpiTUkmVhbTaWx9IRswjoa/fGnD2h&#10;HpCuJxgkxYoP4Pe58U9vl/uAFCRmIr49mifYUYeJ29ObiUJ/f09Zl5e9+AUAAP//AwBQSwMEFAAG&#10;AAgAAAAhABKrAuXaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjTiKI&#10;qhCnqvgTV1IkOG7ibRw1XofYbcPb43KBy0qjGc18W25mO4gTTb53rCBdJSCIW6d77hS8755v1iB8&#10;QNY4OCYF3+RhUy2uSiy0O/MbnerQiVjCvkAFJoSxkNK3hiz6lRuJo7d3k8UQ5dRJPeE5lttBZkmS&#10;S4s9xwWDIz0Yag/10SrIH1+2ZvzIP7/2mX/1jTuE2j0pdb2ct/cgAs3hLwwX/IgOVWRq3JG1F4OC&#10;+Ej4vRcvzW5BNAru1inIqpT/4asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAItvpAT&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKr&#10;AuXaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="6533F175" w14:textId="14C300E1" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006028FD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73C28A6A" w14:textId="77777777" w:rsidR="008E6BC3" w:rsidRDefault="008E6BC3" w:rsidP="000C7928">
+    <w:p w14:paraId="3E0AA25C" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="391A3D1F" w14:textId="77777777" w:rsidR="008E6BC3" w:rsidRDefault="008E6BC3" w:rsidP="000C7928">
+    <w:p w14:paraId="52658D7D" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C8E2D68" w14:textId="04281F96" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000C7928">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B702588" wp14:editId="7BED0F7C">
               <wp:simplePos x="0" y="0"/>
@@ -2730,51 +3209,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Programme</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="6A1C3705" w:rsidRPr="4E8F76BA">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Activity Health and Safety Plan</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B6DB6D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E98C5582"/>
     <w:lvl w:ilvl="0" w:tplc="BAC6C8B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0F86C886">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7B8AECD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2824,90 +3303,97 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="528AF7A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1240216949">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C7928"/>
     <w:rsid w:val="000C7928"/>
     <w:rsid w:val="001C33B6"/>
     <w:rsid w:val="00224FEC"/>
+    <w:rsid w:val="0027146F"/>
     <w:rsid w:val="00344D84"/>
+    <w:rsid w:val="005727E7"/>
+    <w:rsid w:val="005A6973"/>
+    <w:rsid w:val="006028FD"/>
     <w:rsid w:val="00896C6E"/>
     <w:rsid w:val="008E6BC3"/>
     <w:rsid w:val="009F4254"/>
     <w:rsid w:val="00A25B3C"/>
     <w:rsid w:val="00B5539B"/>
+    <w:rsid w:val="00BB6051"/>
+    <w:rsid w:val="00C25694"/>
     <w:rsid w:val="00CB5818"/>
     <w:rsid w:val="00DD6C25"/>
     <w:rsid w:val="00E41A28"/>
     <w:rsid w:val="00EB116C"/>
     <w:rsid w:val="00EE340E"/>
+    <w:rsid w:val="00FD2928"/>
     <w:rsid w:val="04350B9A"/>
     <w:rsid w:val="04C36851"/>
     <w:rsid w:val="04F9857F"/>
     <w:rsid w:val="054DCD20"/>
     <w:rsid w:val="08224458"/>
     <w:rsid w:val="090F5103"/>
     <w:rsid w:val="09CEF3E9"/>
     <w:rsid w:val="0DBB9958"/>
     <w:rsid w:val="0EB65993"/>
     <w:rsid w:val="122D66F4"/>
     <w:rsid w:val="13079677"/>
     <w:rsid w:val="14521E24"/>
     <w:rsid w:val="151E0B19"/>
     <w:rsid w:val="161FCF2D"/>
     <w:rsid w:val="16EB2C2D"/>
     <w:rsid w:val="16EFAECA"/>
     <w:rsid w:val="18836996"/>
     <w:rsid w:val="1991948C"/>
     <w:rsid w:val="1A03260B"/>
     <w:rsid w:val="1CECC8C7"/>
     <w:rsid w:val="1DA7924A"/>
     <w:rsid w:val="1EF4AD11"/>
     <w:rsid w:val="1F0908B1"/>
     <w:rsid w:val="1F71415C"/>
     <w:rsid w:val="20C9E04D"/>
@@ -2985,51 +3471,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="69DBDC5E"/>
   <w15:docId w15:val="{8C892641-F90D-4C5E-AAC5-AF9B05D4BF31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3525,58 +4011,58 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://what3words.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://what3words.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4065,61 +4551,110 @@
     <ds:schemaRef ds:uri="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
     <ds:schemaRef ds:uri="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{139AE5AA-8834-4470-8836-BFCD4C8FAB0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>171</Words>
-  <Characters>980</Characters>
+  <Words>168</Words>
+  <Characters>943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Bristol City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1149</CharactersWithSpaces>
+  <CharactersWithSpaces>1081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Ella Hogg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100708486052300824BA4D620CF95E9C978</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>77f721e8,11b19a22,50525f50</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-20T12:01:07Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>d4ce46a0-feb0-4e8f-b1d3-d5597796aeb8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>