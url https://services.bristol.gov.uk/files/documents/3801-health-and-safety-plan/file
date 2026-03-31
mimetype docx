--- v0 (2025-10-29)
+++ v1 (2026-03-31)
@@ -11,3250 +11,1943 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C0AF5F4" w14:textId="79123608" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
+    <w:p w14:paraId="4C0AF5F4" w14:textId="79123608" w:rsidR="000C7928" w:rsidRPr="000B2843" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
       <w:pPr>
         <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FE459FC" w14:textId="020D9AE9" w:rsidR="4EBF9382" w:rsidRDefault="4EBF9382" w:rsidP="4927F23E">
+    <w:p w14:paraId="14956B83" w14:textId="043C8FCC" w:rsidR="4E8F76BA" w:rsidRPr="000B2843" w:rsidRDefault="4EBF9382" w:rsidP="000B2843">
       <w:pPr>
         <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="401"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olunteer group </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and safety </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="3AB423DA" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: This form must be signed off before </w:t>
+      </w:r>
+      <w:r w:rsidR="6C76EC8E" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activities </w:t>
+      </w:r>
+      <w:r w:rsidR="41694698" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r w:rsidR="14521E24" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="50C4CAA8" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>If you hold regular work sessions</w:t>
+      </w:r>
+      <w:r w:rsidR="1991948C" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="50C4CAA8" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit one plan to cover the year. If </w:t>
+      </w:r>
+      <w:r w:rsidR="617AB2A6" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="2CACD6C2" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>’r</w:t>
+      </w:r>
+      <w:r w:rsidR="50C4CAA8" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="7ACAB60F" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planning </w:t>
+      </w:r>
+      <w:r w:rsidR="30CF3518" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="50C4CAA8" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one-off or new </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A25B3C" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>activit</w:t>
+      </w:r>
+      <w:r w:rsidR="62C689C0" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="62C689C0" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7ABB03C6" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidR="50C4CAA8" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>submit a new form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659C8B03" w14:textId="77777777" w:rsidR="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F24DC91" w14:textId="5F5C548C" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">olunteer group </w:t>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date of activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3190FB05" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71512273" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Park or green space address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A1027A" w14:textId="6F855B49" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Location of work sessions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F063EC5" w14:textId="6A0BE8A4" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consider using </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="000B2843">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>What 3 Words</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA3034D" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA3034D" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Start:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FCBC00" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C28500" w14:textId="0B1EBB1B" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finish:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486B3754" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E753DA6" w14:textId="5EC50C06" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proposed activities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CACB51" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E6BD3E" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Approximate number of volunteers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F6ACB1" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="204BF2D8" w14:textId="54367E50" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Site escape route Identify escape route you would use in an emergency to reach a car or meet emergency services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4CACA8" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB01B91" w14:textId="0188AFAE" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nearest A&amp;E hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1E4E03" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B46CE5" w14:textId="3D6CB649" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nearest Defibrillator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000B2843">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>defibfinder.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413161EC" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC262FB" w14:textId="7747E264" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>First aid person (if present)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257E10BC" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325C3690" w14:textId="4710821C" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Person in charge of tools </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> equipment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB9BBA6" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A60410" w14:textId="7054BBE9" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Activity plan and site-specific risk assessment written by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA41B63" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F693CE" w14:textId="5960BF9F" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other volunteer </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="3AB423DA" w:rsidRPr="00CB5818">
-[...6 lines deleted...]
-        <w:t>health</w:t>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leads</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="3AB423DA" w:rsidRPr="00CB5818">
-[...164 lines deleted...]
-        <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may support sessions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A68D832" w14:textId="77777777" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE3125E" w14:textId="68787760" w:rsidR="346E46FA" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-[...1735 lines deleted...]
-    <w:p w14:paraId="04719AAF" w14:textId="77777777" w:rsidR="000C7928" w:rsidRPr="0019796B" w:rsidRDefault="000C7928" w:rsidP="000C7928">
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date written: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Activity plan valid for 1 year. New form needed if substantial change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F39CB58" w14:textId="77777777" w:rsidR="000B2843" w:rsidRDefault="000B2843" w:rsidP="346E46FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="191" w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="81"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53F5E484" w14:textId="462C476E" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>To be completed by your area parks operational coordinator or volunteer manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4C7472" w14:textId="7A015BA3" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authorised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1C00BF" w14:textId="415164A5" w:rsidR="000B2843" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AD5F2C" w14:textId="6A8EF26B" w:rsidR="000C7928" w:rsidRPr="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="191" w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Site Risk assessment attached:</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-      </w:pPr>
-[...140 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Arial" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>Authori</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t>❏</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>ed</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve"> b</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>y:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FD2928">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000C7928" w:rsidRPr="000B2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Arial" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="81"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:tab/>
-[...257 lines deleted...]
-        <w:tab/>
         <w:t>❏</w:t>
       </w:r>
-      <w:r w:rsidR="6AB57E14">
-[...90 lines deleted...]
-    <w:sectPr w:rsidR="000C7928" w:rsidRPr="000C7928">
+    </w:p>
+    <w:sectPr w:rsidR="000C7928" w:rsidRPr="000B2843">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="0" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0705F672" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
+    <w:p w14:paraId="31B2A92A" w14:textId="77777777" w:rsidR="00A51F00" w:rsidRDefault="00A51F00" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57165251" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
+    <w:p w14:paraId="4B1E97CC" w14:textId="77777777" w:rsidR="00A51F00" w:rsidRDefault="00A51F00" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A547E77" w14:textId="1C63E7AA" w:rsidR="006028FD" w:rsidRDefault="006028FD">
+  <w:p w14:paraId="177D1D31" w14:textId="2048C0D9" w:rsidR="005E010D" w:rsidRDefault="005E010D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FBB3143" wp14:editId="08515F72">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="221AFEE7" wp14:editId="783EA61E">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
-              <wp:extent cx="713740" cy="368935"/>
-              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="296852002" name="Text Box 2" descr="OFFICIAL">
+              <wp:docPr id="382731004" name="Text Box 2" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="713740" cy="368935"/>
+                        <a:ext cx="768350" cy="361950"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="56C8387F" w14:textId="5A2C38ED" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                        <w:p w14:paraId="120A5EFE" w14:textId="32EAE421" w:rsidR="005E010D" w:rsidRPr="005E010D" w:rsidRDefault="005E010D" w:rsidP="005E010D">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006028FD">
+                          <w:r w:rsidRPr="005E010D">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3FBB3143" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="221AFEE7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhn6aPDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wkTT+MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnv36U7CRdt9Owi0yR9CP5+DS/77QiB+F8A6ak41FOiTAcqsbsSvrjdfXl&#10;lhIfmKmYAiNKehSe3i8+f5q3thATqEFVwhEEMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGsR&#10;XatskufXWQuusg648B69j32QLhK+lIKHZym9CESVFHsL6XTp3MYzW8xZsXPM1g0f2mD/0IVmjcGi&#10;Z6hHFhjZu+YPKN1wBx5kGHHQGUjZcJFmwGnG+YdpNjWzIs2C5Hh7psn/P1j+dNjYF0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLjmTbRBcLReTOe3lxhhGNoen17N51FlOzys3U+fBOgSTRK6nAriSx2&#10;WPvQp55SYi0Dq0aptBllfnMgZvRklw6jFbptN7S9heqI0zjoF+0tXzVYc818eGEON4ttolrDMx5S&#10;QVtSGCxKanA//+aP+Ug4RilpUSklNShlStR3g4uYzK7yPCor3dBwJ2ObjPFdPotxs9cPgCIc43uw&#10;PJkxOaiTKR3oNxTzMlbDEDMca5Z0ezIfQq9bfAxcLJcpCUVkWVibjeUROpIVmXzt3pizA90B9/QE&#10;Jy2x4gPrfW7809vlPiD3aSWR2J7NgW8UYFrq8Fiiwt/fU9blSS9+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAEqsC5doAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOIoiqEKeq&#10;+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA1jg4&#10;JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJLiz3H&#10;BYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4SPi9&#10;Fy/NbkE0Cu7WKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIZ+mjw8CAAAa&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEqsC5doA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB24zxwDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igg7URoWKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7MToOv6VO3F+Xx3uR/ffZ7fdlqRg3C+AVPS8SinRBgOVWN2Jf31vPpy&#10;TYkPzFRMgRElPQpPbxefP81bW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJe3S6rHGsx&#10;u1bZJM9nWQuusg648B6t972TLlJ+KQUPj1J6EYgqKfYW0unSuY1ntpizYueYrRs+tME+0IVmjcGi&#10;51T3LDCyd80/qXTDHXiQYcRBZyBlw0WaAacZ52+m2dTMijQLkuPtmSb//9Lyh8PGPjkSuu/Q4QIj&#10;Ia31hUdjnKeTTscvdkrQjxQez7SJLhCOxm+z66speji6rmbjG8SYJbv8bJ0PPwRoEkFJHW4lkcUO&#10;ax/60FNIrGVg1SiVNqPMXwbMGS3ZpcOIQrfthra3UB1xGgf9or3lqwZrrpkPT8zhZrFNVGt4xEMq&#10;aEsKA6KkBvf7PXuMR8LRS0mLSimpQSlTon4aXMRk+jXPo7LSDYE7gW0C45t8Gv1mr+8ARTjG92B5&#10;gjE4qBOUDvQLinkZq6GLGY41S7o9wbvQ6xYfAxfLZQpCEVkW1mZjeUwdyYpMPncvzNmB7oB7eoCT&#10;lljxhvU+Nv7p7XIfkPu0kkhsz+bANwowLXV4LFHhr+8p6vKkF38AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlXOiI2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeRGlDIpqqA&#10;Vr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBYq94x&#10;IVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTSqo7j&#10;glEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RHwq9e&#10;s3QRbY2wfEhAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHbjPHAOAgAAGgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVc6IjZAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="56C8387F" w14:textId="5A2C38ED" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                  <w:p w14:paraId="120A5EFE" w14:textId="32EAE421" w:rsidR="005E010D" w:rsidRPr="005E010D" w:rsidRDefault="005E010D" w:rsidP="005E010D">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006028FD">
+                    <w:r w:rsidRPr="005E010D">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="28011C0F" w14:textId="3162D836" w:rsidR="00A25B3C" w:rsidRDefault="006028FD">
+  <w:p w14:paraId="2F4AF23B" w14:textId="127684DA" w:rsidR="00A25B3C" w:rsidRDefault="346E46FA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Last updated 23.03.26</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78E1891B" w14:textId="15482BB2" w:rsidR="005E010D" w:rsidRDefault="005E010D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DB253FC" wp14:editId="6FB3438E">
-              <wp:simplePos x="457200" y="9899650"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CC11433" wp14:editId="6E20E9FC">
+              <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
-              <wp:extent cx="713740" cy="368935"/>
-              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1347575632" name="Text Box 3" descr="OFFICIAL">
+              <wp:docPr id="1573464085" name="Text Box 1" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="713740" cy="368935"/>
+                        <a:ext cx="768350" cy="361950"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3A920A05" w14:textId="0F972FF8" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                        <w:p w14:paraId="76B66047" w14:textId="4D987DDA" w:rsidR="005E010D" w:rsidRPr="005E010D" w:rsidRDefault="005E010D" w:rsidP="005E010D">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006028FD">
+                          <w:r w:rsidRPr="005E010D">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2DB253FC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0CC11433" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:29.05pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTu03SEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtOA/BcuAmcFHA&#10;SAI4Rc40RVoCSC5B0pbcr++Sku007anohVrurvYxM5zfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvpy&#10;S4kPzFRMgRElPQpP7xefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM+vsxZcZR1w4T16H/sgXaT6UgoenqX0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9ssDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnH/YZlMzK9IuCI63Z5j8/yvLnw4b++JI6L5ChwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcnTfj6c0VRjiGpte3d9NZrJJdfrbOh28CNIlGSR2yksBi&#10;h7UPfeopJfYysGqUSswo85sDa0ZPdpkwWqHbdqSp3k2/heqISzno+faWrxpsvWY+vDCHBOO0KNrw&#10;jIdU0JYUBouSGtzPv/ljPuKOUUpaFExJDSqaEvXdIB+T2VWeR4GlGxruZGyTMb7LZzFu9voBUItj&#10;fBaWJzMmB3UypQP9hppexm4YYoZjz5JuT+ZD6OWLb4KL5TIloZYsC2uzsTyWjphFQF+7N+bsgHpA&#10;up7gJClWfAC/z41/ervcB6QgMRPx7dEcYEcdJm6HNxOF/v6esi4ve/ELAAD//wMAUEsDBBQABgAI&#10;AAAAIQASqwLl2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo04iiKoQ&#10;p6r4E1dSJDhu4m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d6wgXSUgiFune+4UvO+eb9YgfEDW&#10;ODgmBd/kYVMtrkostDvzG53q0IlYwr5ABSaEsZDSt4Ys+pUbiaO3d5PFEOXUST3hOZbbQWZJkkuL&#10;PccFgyM9GGoP9dEqyB9ftmb8yD+/9pl/9Y07hNo9KXW9nLf3IALN4S8MF/yIDlVkatyRtReDgvhI&#10;+L0XL81uQTQK7tYpyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTu03SEQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQASqwLl&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQmGwNEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp/U/8Hy+0igg7URoaKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7MToOv2NO3FOd9d7sf3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3xuvp8&#10;Q4kPzFRMgRElPQpP7xZXn+atLcQEalCVcASLGF+0tqR1CLbIMs9roZkfgRUGgxKcZgGvbpdVjrVY&#10;XatskuezrAVXWQdceI/exz5IF6m+lIKHZym9CESVFGcL6XTp3MYzW8xZsXPM1g0fxmD/MIVmjcGm&#10;51KPLDCyd80fpXTDHXiQYcRBZyBlw0XaAbcZ5x+22dTMirQLguPtGSb//8ryp8PGvjgSunvokMAI&#10;SGt94dEZ9+mk0/GLkxKMI4THM2yiC4Sj8+vs5nqKEY6h69n4Fm2skl1+ts6HbwI0iUZJHbKSwGKH&#10;tQ996ikl9jKwapRKzCjzmwNrRk92mTBaodt2pKneTb+F6ohLOej59pavGmy9Zj68MIcE47Qo2vCM&#10;h1TQlhQGi5Ia3M+/+WM+4o5RSloUTEkNKpoS9d0gH5PplzyPAks3NNzJ2CZjfJtPY9zs9QOgFsf4&#10;LCxPZkwO6mRKB/oNNb2M3TDEDMeeJd2ezIfQyxffBBfLZUpCLVkW1mZjeSwdMYuAvnZvzNkB9YB0&#10;PcFJUqz4AH6fG//0drkPSEFiJuLboznAjjpM3A5vJgr9/T1lXV724hcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQBlXOiI2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeRGlDI&#10;pqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBY&#10;q94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTS&#10;qo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RH&#10;wq9es3QRbY2wfEhAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJCYbA0RAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVc6IjZ&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="3A920A05" w14:textId="0F972FF8" w:rsidR="006028FD" w:rsidRPr="006028FD" w:rsidRDefault="006028FD" w:rsidP="006028FD">
+                  <w:p w14:paraId="76B66047" w14:textId="4D987DDA" w:rsidR="005E010D" w:rsidRPr="005E010D" w:rsidRDefault="005E010D" w:rsidP="005E010D">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006028FD">
+                    <w:r w:rsidRPr="005E010D">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...147 lines deleted...]
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E0AA25C" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
+    <w:p w14:paraId="7233F8FE" w14:textId="77777777" w:rsidR="00A51F00" w:rsidRDefault="00A51F00" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52658D7D" w14:textId="77777777" w:rsidR="005A6973" w:rsidRDefault="005A6973" w:rsidP="000C7928">
+    <w:p w14:paraId="20AFB08E" w14:textId="77777777" w:rsidR="00A51F00" w:rsidRDefault="00A51F00" w:rsidP="000C7928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4C8E2D68" w14:textId="04281F96" w:rsidR="000C7928" w:rsidRPr="000C7928" w:rsidRDefault="000C7928" w:rsidP="4E8F76BA">
+  <w:p w14:paraId="1BD05319" w14:textId="4FF08289" w:rsidR="000B2843" w:rsidRDefault="000B2843" w:rsidP="000B2843">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:jc w:val="center"/>
+      <w:ind w:left="142"/>
       <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000C7928">
+    <w:r w:rsidRPr="000B2843">
       <w:rPr>
-        <w:b/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:noProof/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...83 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C695B58" wp14:editId="5C87DC6A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>6038850</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-172085</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="561339" cy="569568"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1393119615" name="Picture 1393119615">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1393119615" name="Picture 1393119615">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="561339" cy="569568"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidR="6A1C3705" w:rsidRPr="4E8F76BA">
+    <w:r w:rsidR="6A1C3705" w:rsidRPr="000B2843">
       <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Bristol Parks Volunteer </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="6A1C3705" w:rsidRPr="4E8F76BA">
+    <w:r w:rsidR="6A1C3705" w:rsidRPr="000B2843">
       <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Programme</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidR="6A1C3705" w:rsidRPr="4E8F76BA">
+  </w:p>
+  <w:p w14:paraId="4C8E2D68" w14:textId="0E9C4359" w:rsidR="000C7928" w:rsidRPr="000B2843" w:rsidRDefault="6A1C3705" w:rsidP="000B2843">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="142"/>
       <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Activity Health and Safety Plan</w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="000B2843">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t>Activity Health and Safety Plan</w:t>
+    </w:r>
+    <w:r w:rsidR="000B2843">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="167665BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E500C4AC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="911" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1631" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2351" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3071" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3791" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4511" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5231" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5951" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6671" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B6DB6D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E98C5582"/>
     <w:lvl w:ilvl="0" w:tplc="BAC6C8B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0F86C886">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7B8AECD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3297,209 +1990,247 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="14F09024">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="528AF7A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1240216949">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2119256596">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C7928"/>
+    <w:rsid w:val="000B2843"/>
     <w:rsid w:val="000C7928"/>
+    <w:rsid w:val="0016383B"/>
     <w:rsid w:val="001C33B6"/>
     <w:rsid w:val="00224FEC"/>
-    <w:rsid w:val="0027146F"/>
+    <w:rsid w:val="002E6248"/>
     <w:rsid w:val="00344D84"/>
-    <w:rsid w:val="005727E7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00896C6E"/>
+    <w:rsid w:val="00483927"/>
+    <w:rsid w:val="005D4D0A"/>
+    <w:rsid w:val="005E010D"/>
     <w:rsid w:val="008E6BC3"/>
     <w:rsid w:val="009F4254"/>
     <w:rsid w:val="00A25B3C"/>
+    <w:rsid w:val="00A51F00"/>
     <w:rsid w:val="00B5539B"/>
-    <w:rsid w:val="00BB6051"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E41A28"/>
     <w:rsid w:val="00EB116C"/>
     <w:rsid w:val="00EE340E"/>
-    <w:rsid w:val="00FD2928"/>
+    <w:rsid w:val="0312FEEA"/>
     <w:rsid w:val="04350B9A"/>
     <w:rsid w:val="04C36851"/>
     <w:rsid w:val="04F9857F"/>
     <w:rsid w:val="054DCD20"/>
+    <w:rsid w:val="0727648E"/>
     <w:rsid w:val="08224458"/>
+    <w:rsid w:val="08CC87FE"/>
     <w:rsid w:val="090F5103"/>
     <w:rsid w:val="09CEF3E9"/>
     <w:rsid w:val="0DBB9958"/>
     <w:rsid w:val="0EB65993"/>
     <w:rsid w:val="122D66F4"/>
     <w:rsid w:val="13079677"/>
     <w:rsid w:val="14521E24"/>
     <w:rsid w:val="151E0B19"/>
     <w:rsid w:val="161FCF2D"/>
     <w:rsid w:val="16EB2C2D"/>
     <w:rsid w:val="16EFAECA"/>
     <w:rsid w:val="18836996"/>
     <w:rsid w:val="1991948C"/>
     <w:rsid w:val="1A03260B"/>
+    <w:rsid w:val="1B64655E"/>
     <w:rsid w:val="1CECC8C7"/>
     <w:rsid w:val="1DA7924A"/>
     <w:rsid w:val="1EF4AD11"/>
     <w:rsid w:val="1F0908B1"/>
     <w:rsid w:val="1F71415C"/>
+    <w:rsid w:val="1FC116C0"/>
     <w:rsid w:val="20C9E04D"/>
+    <w:rsid w:val="2108CAC2"/>
+    <w:rsid w:val="213D5969"/>
     <w:rsid w:val="21E9379D"/>
     <w:rsid w:val="22C707EC"/>
     <w:rsid w:val="23007D1A"/>
+    <w:rsid w:val="245CB71B"/>
     <w:rsid w:val="24BB8D22"/>
+    <w:rsid w:val="2529358D"/>
     <w:rsid w:val="2734F54F"/>
     <w:rsid w:val="28FA8E98"/>
     <w:rsid w:val="2AB2A9E3"/>
     <w:rsid w:val="2ACBA576"/>
+    <w:rsid w:val="2CACD6C2"/>
     <w:rsid w:val="2D315DFC"/>
+    <w:rsid w:val="2F1261AD"/>
+    <w:rsid w:val="2F44E983"/>
     <w:rsid w:val="2F8F40B3"/>
     <w:rsid w:val="309215A2"/>
+    <w:rsid w:val="30CF3518"/>
+    <w:rsid w:val="30ECA79C"/>
+    <w:rsid w:val="3155ACBC"/>
     <w:rsid w:val="3224063F"/>
     <w:rsid w:val="33ADBBF6"/>
+    <w:rsid w:val="346E46FA"/>
     <w:rsid w:val="356A16AB"/>
     <w:rsid w:val="358483F5"/>
     <w:rsid w:val="3760F48E"/>
+    <w:rsid w:val="38C695DE"/>
     <w:rsid w:val="3A5EFAA7"/>
     <w:rsid w:val="3AB423DA"/>
     <w:rsid w:val="3DC6D59F"/>
     <w:rsid w:val="3F015346"/>
+    <w:rsid w:val="3F0B52C1"/>
+    <w:rsid w:val="41694698"/>
+    <w:rsid w:val="4187999B"/>
     <w:rsid w:val="41F75B77"/>
+    <w:rsid w:val="427F50BC"/>
     <w:rsid w:val="430BB80F"/>
     <w:rsid w:val="462DB630"/>
+    <w:rsid w:val="47A903CC"/>
     <w:rsid w:val="47B299C7"/>
     <w:rsid w:val="4927F23E"/>
     <w:rsid w:val="4A73B30B"/>
     <w:rsid w:val="4E8F76BA"/>
     <w:rsid w:val="4EBF9382"/>
+    <w:rsid w:val="4F3518DE"/>
     <w:rsid w:val="4F9DEE09"/>
     <w:rsid w:val="50C4CAA8"/>
+    <w:rsid w:val="51277135"/>
     <w:rsid w:val="52CD15B0"/>
     <w:rsid w:val="5442D7F1"/>
+    <w:rsid w:val="545DFAC9"/>
     <w:rsid w:val="5700DBE5"/>
     <w:rsid w:val="5806926E"/>
+    <w:rsid w:val="5841D909"/>
     <w:rsid w:val="58A25BCA"/>
     <w:rsid w:val="59369AC3"/>
+    <w:rsid w:val="59F51E94"/>
     <w:rsid w:val="5A26A466"/>
+    <w:rsid w:val="5B20F653"/>
+    <w:rsid w:val="5C250198"/>
     <w:rsid w:val="5C34F02C"/>
     <w:rsid w:val="5ED42015"/>
     <w:rsid w:val="5F0A2B86"/>
     <w:rsid w:val="60B1D5D8"/>
+    <w:rsid w:val="611E7EB5"/>
     <w:rsid w:val="617AB2A6"/>
+    <w:rsid w:val="62C689C0"/>
+    <w:rsid w:val="632FBB97"/>
     <w:rsid w:val="63FAA1AB"/>
     <w:rsid w:val="64FC4450"/>
     <w:rsid w:val="67157123"/>
+    <w:rsid w:val="6757E5DA"/>
+    <w:rsid w:val="68310362"/>
     <w:rsid w:val="6A18CAB8"/>
     <w:rsid w:val="6A1C3705"/>
     <w:rsid w:val="6AB57E14"/>
     <w:rsid w:val="6AD89554"/>
     <w:rsid w:val="6C15BA44"/>
     <w:rsid w:val="6C23C82B"/>
     <w:rsid w:val="6C76EC8E"/>
     <w:rsid w:val="6CD1ED65"/>
     <w:rsid w:val="6DA0F0BA"/>
+    <w:rsid w:val="6E84ADBE"/>
+    <w:rsid w:val="6F1D99BA"/>
     <w:rsid w:val="7057F23C"/>
     <w:rsid w:val="711DEBAD"/>
     <w:rsid w:val="7129C9E7"/>
+    <w:rsid w:val="742A9280"/>
     <w:rsid w:val="743C6B19"/>
     <w:rsid w:val="7523A021"/>
+    <w:rsid w:val="770485D6"/>
+    <w:rsid w:val="78A7ADF7"/>
     <w:rsid w:val="7A8FCD35"/>
     <w:rsid w:val="7ABB03C6"/>
     <w:rsid w:val="7ACAB60F"/>
     <w:rsid w:val="7C3633BC"/>
     <w:rsid w:val="7DD52486"/>
     <w:rsid w:val="7E4EBEE0"/>
     <w:rsid w:val="7EB4D7AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="69DBDC5E"/>
   <w15:docId w15:val="{8C892641-F90D-4C5E-AAC5-AF9B05D4BF31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -4007,62 +2738,77 @@
     <w:rsid w:val="00EE340E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B2843"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://what3words.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.defibfinder.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://what3words.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4319,58 +3065,52 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="657e269d384cf008a275d5cae1d91d62" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100708486052300824BA4D620CF95E9C978" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2541a160a9daaf70bb32d466996cc7b9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2b3a1c226269fc39a71fdeae7ffbbf" ns2:_="" ns3:_="">
     <xsd:import namespace="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
     <xsd:import namespace="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee57888a-cf71-422e-9a19-54eb89d6805c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -4501,160 +3241,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08CECF4B-A0F0-41A8-B016-56FEF943B301}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55A947C3-E1D5-4231-B62D-7E352B742A29}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE87BF7B-BB71-4F15-A06A-DB269B19C899}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
     <ds:schemaRef ds:uri="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08CECF4B-A0F0-41A8-B016-56FEF943B301}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{139AE5AA-8834-4470-8836-BFCD4C8FAB0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>168</Words>
-  <Characters>943</Characters>
+  <Words>171</Words>
+  <Characters>940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Bristol City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1081</CharactersWithSpaces>
+  <CharactersWithSpaces>1084</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Ella Hogg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100708486052300824BA4D620CF95E9C978</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>77f721e8,11b19a22,50525f50</vt:lpwstr>
+    <vt:lpwstr>5dc92815,16d002fc,67cf2d66</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
-    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
-    <vt:lpwstr>2025-10-20T12:01:07Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-17T07:23:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
     <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
     <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
-    <vt:lpwstr>d4ce46a0-feb0-4e8f-b1d3-d5597796aeb8</vt:lpwstr>
+    <vt:lpwstr>a84b6312-bca3-40d9-9032-dd5d4d7b2357</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
-    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
   </property>
 </Properties>
 </file>