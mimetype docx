--- v0 (2025-10-07)
+++ v1 (2025-12-28)
@@ -1,5434 +1,3031 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3CBDEA65" w14:textId="77777777" w:rsidR="008E253C" w:rsidRDefault="008E253C" w:rsidP="008E253C">
+    <w:p w14:paraId="7DCA613F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...7 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6140" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3510"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Ubuntu" w:hAnsi="Gill Sans MT" w:cs="Ubuntu"/>
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:b/>
+          <w:color w:val="073763"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:b/>
+          <w:color w:val="073763"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:tab/>
+        <w:t>REQUEST FOR ADMISSION OUTSIDE NORMAL AGE GROUP</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...249 lines deleted...]
-    <w:p w14:paraId="760B7B87" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA6141" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3510"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:i/>
+          <w:color w:val="073763"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6142" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3510"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:color w:val="073763"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:color w:val="073763"/>
+        </w:rPr>
+        <w:t>Before completing this form, please carefully consider the information contained in the School's Admission Policy (published on the School's website and in hard copy form from the School's main office on request) and Paragraphs 2.18 to 2.20 of the DfE's School Admissions Code 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCA6143" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="10200" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3740"/>
-        <w:gridCol w:w="5868"/>
+        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="5520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A60D7" w:rsidRPr="00E83A96" w14:paraId="0E3F5387" w14:textId="77777777" w:rsidTr="00FE225F">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6145" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="10200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="318EDF75" w14:textId="77777777" w:rsidR="002A60D7" w:rsidRPr="00E83A96" w:rsidRDefault="002A60D7" w:rsidP="00496BFF">
-[...33 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA6144" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child/Candidate's details:</w:t>
             </w:r>
-            <w:r w:rsidR="003747AA">
-[...39 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="5646A815" w14:textId="77777777" w:rsidTr="00D07190">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6148" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E741033" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA6146" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Child/Candidate's full legal name:</w:t>
             </w:r>
-            <w:r>
-[...65 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB650CC" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA6147" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="61A1ECA5" w14:textId="77777777" w:rsidTr="00D07190">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA614B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FAAFEC6" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA6149" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Child/Candidate's date of birth:</w:t>
             </w:r>
-            <w:r>
-[...38 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB38929" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA614A" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012741A" w:rsidRPr="00E83A96" w14:paraId="425FC456" w14:textId="77777777" w:rsidTr="00D07190">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA614E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C004E6F" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA614C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Child/Candidate's current age:</w:t>
             </w:r>
-            <w:r>
-[...47 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcW w:w="5520" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06FD66DC" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA614D" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="52257715" w14:textId="77777777" w:rsidTr="00D07190">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6152" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1434"/>
+          <w:trHeight w:val="1744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="6EFBFCD8" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA614F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Child/Candidate's home address:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCA6150" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>/</w:t>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>(as defined in the Admission Policy)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...114 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6056" w:type="dxa"/>
+            <w:tcW w:w="5520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C83BEF6" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...37 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA6151" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02563F91" w14:textId="77777777" w:rsidR="00521043" w:rsidRPr="00E83A96" w:rsidRDefault="00521043" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA6153" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="10200" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4054"/>
-        <w:gridCol w:w="5554"/>
+        <w:gridCol w:w="4695"/>
+        <w:gridCol w:w="5505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00393711" w:rsidRPr="00E83A96" w14:paraId="4B6C000E" w14:textId="77777777" w:rsidTr="00D07190">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6156" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="10200" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="41D15679" w14:textId="77777777" w:rsidR="00393711" w:rsidRPr="00E83A96" w:rsidRDefault="00393711" w:rsidP="00496BFF">
-[...29 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:p w14:paraId="7DCA6154" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parent's details:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70B784BB" w14:textId="77777777" w:rsidR="00393711" w:rsidRPr="00E83A96" w:rsidRDefault="00393711" w:rsidP="00B424E5">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Please only provide details </w:t>
+          <w:p w14:paraId="7DCA6155" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please only provide details for </w:t>
             </w:r>
-            <w:r w:rsidR="00521043" w:rsidRPr="00E83A96">
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>one</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parent below.  No details of the other parent should be given.  The definition of a "parent" in education law is set out in the School's Admission Policy.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="479E8FC1" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6159" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4695" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094AF853" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">Parent's full </w:t>
+          <w:p w14:paraId="7DCA6157" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Parent's full legal name:</w:t>
             </w:r>
-            <w:r w:rsidR="00431307" w:rsidRPr="00E83A96">
-[...95 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69190671" w14:textId="77777777" w:rsidR="00374720" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...105 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7DCA6158" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w14:paraId="0C42C43A" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6161" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="1620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4695" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28FDB7AE" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="000A6C1A">
+          <w:p w14:paraId="7DCA615A" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3510"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="287C5C83" w14:textId="77777777" w:rsidR="002A60D7" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="000A6C1A">
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Parent's address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCA615B" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3510"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Parent's address</w:t>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(if different to the above) </w:t>
             </w:r>
-            <w:r w:rsidR="002A60D7" w:rsidRPr="00E83A96">
-[...73 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F20ED7B" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="00496BFF">
-[...88 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA615C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA615D" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA615E" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA615F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6160" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w14:paraId="20AED7F2" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6164" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4695" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786E995E" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="000A6C1A">
+          <w:p w14:paraId="7DCA6162" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3510"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
               </w:rPr>
               <w:t>Parent's email address:</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0731E870" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA6163" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w14:paraId="0D80B0F4" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6167" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4695" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9F2EC9" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A" w:rsidP="000A6C1A">
+          <w:p w14:paraId="7DCA6165" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3510"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
               </w:rPr>
               <w:t>Parent's contact number:</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0010545A" w14:textId="77777777" w:rsidR="000A6C1A" w:rsidRPr="00E83A96" w:rsidRDefault="000A6C1A">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA6166" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D113339" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA6168" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4088"/>
-        <w:gridCol w:w="5520"/>
+        <w:gridCol w:w="4710"/>
+        <w:gridCol w:w="5550"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE225F" w:rsidRPr="00E83A96" w14:paraId="3810533F" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA616A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="37E6C3C7" w14:textId="77777777" w:rsidR="00FE225F" w:rsidRPr="00E83A96" w:rsidRDefault="00FE225F" w:rsidP="00496BFF">
-[...28 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7DCA6169" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year groups:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F01185D" w14:textId="77777777" w:rsidR="00FE225F" w:rsidRPr="00E83A96" w:rsidRDefault="00FE225F" w:rsidP="00496BFF">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="0F51AF0C" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA616D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="655658D9" w14:textId="77777777" w:rsidR="00DA4B5E" w:rsidRPr="00E83A96" w:rsidRDefault="00DA4B5E" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t>Child</w:t>
+          <w:p w14:paraId="7DCA616B" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Child/Candidate's normal year group:</w:t>
             </w:r>
-            <w:r>
-[...47 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5550" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="070CC0EB" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA616C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374720" w:rsidRPr="00E83A96" w14:paraId="144B1EAA" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6171" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4158" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="4710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB51143" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00886CFB">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">Year group sought for </w:t>
+          <w:p w14:paraId="7DCA616E" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Year group sought for Child/Candidate:</w:t>
             </w:r>
-            <w:r w:rsidR="00B424E5" w:rsidRPr="00E83A96">
-[...6 lines deleted...]
-              <w:t>Child</w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA616F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(adopted year group)</w:t>
             </w:r>
-            <w:r w:rsidR="00DA199B">
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5696" w:type="dxa"/>
+            <w:tcW w:w="5550" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108D3586" w14:textId="77777777" w:rsidR="00374720" w:rsidRPr="00E83A96" w:rsidRDefault="00374720" w:rsidP="00496BFF">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7DCA6170" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20E41017" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA6172" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6173" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6174" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6175" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCA6176" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="10275" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9608"/>
+        <w:gridCol w:w="10275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A60D7" w:rsidRPr="00E83A96" w14:paraId="148CE503" w14:textId="77777777" w:rsidTr="00AB3F38">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA617F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="10275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="6849FBE6" w14:textId="77777777" w:rsidR="002A60D7" w:rsidRPr="00E83A96" w:rsidRDefault="002A60D7" w:rsidP="00496BFF">
-[...35 lines deleted...]
-              <w:t>Please set out below your reasons for asking</w:t>
+          <w:p w14:paraId="7DCA6177" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Please set out below your reasons for asking for the child/candidate to be admitted to a year group outside of their normal year group:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> for the </w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA6178" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6179" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>You should have regard to the following factors which the School’s Admission Authority will take into account when considering whether or not to agree to your request in principle.</w:t>
             </w:r>
-            <w:r w:rsidR="00256C3E">
-[...148 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          </w:p>
+          <w:p w14:paraId="7DCA617A" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA617B" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Information about the </w:t>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>Information about the child/candidate’s academic, social and emotional development</w:t>
             </w:r>
-            <w:r w:rsidR="00DA199B">
-[...72 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          </w:p>
+          <w:p w14:paraId="7DCA617C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Where relevant, the </w:t>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>Whether the child/candidate has previously been educated outside their normal age group</w:t>
             </w:r>
-            <w:r w:rsidR="00DA199B">
-[...72 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          </w:p>
+          <w:p w14:paraId="7DCA617D" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Whether the </w:t>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>Whether the child/candidate may naturally have fallen into a lower age group if it were not for being born prematurely.</w:t>
             </w:r>
-            <w:r w:rsidR="00DA199B">
-[...5 lines deleted...]
-              <w:t>c</w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA617E" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>This is not an exhaustive list - you should provide any other information you believe is relevant to your request.</w:t>
             </w:r>
-            <w:r w:rsidR="00DA199B" w:rsidRPr="00DA199B">
-[...191 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415D8B" w:rsidRPr="00E83A96" w14:paraId="24515362" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6193" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="10275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C3A7229" w14:textId="77777777" w:rsidR="00415D8B" w:rsidRPr="00E83A96" w:rsidRDefault="00415D8B" w:rsidP="00496BFF">
-[...552 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7DCA6180" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6181" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6182" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6183" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6184" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6185" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6186" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6187" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6188" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6189" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618A" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618B" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618D" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618E" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA618F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6190" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6191" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6192" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EF89757" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA6194" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10305" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3302"/>
-        <w:gridCol w:w="6306"/>
+        <w:gridCol w:w="10305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00415D8B" w:rsidRPr="00E83A96" w14:paraId="58ACBAC8" w14:textId="77777777" w:rsidTr="008A26E9">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA6197" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="10305" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="01D2BC0D" w14:textId="77777777" w:rsidR="00415D8B" w:rsidRPr="00E83A96" w:rsidRDefault="00415D8B" w:rsidP="00496BFF">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Please list </w:t>
+          <w:p w14:paraId="7DCA6195" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Please list below documentation you have attached in support of your request:</w:t>
             </w:r>
-            <w:r w:rsidR="002A60D7" w:rsidRPr="00E83A96">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">below </w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA6196" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+              </w:rPr>
+              <w:t>(for example, a letter/report from the child's/candidate's GP, hospital consultant or other medical professional, social worker, home tutor, nursery teacher, etc.)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...183 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415D8B" w:rsidRPr="00E83A96" w14:paraId="52FD0088" w14:textId="77777777" w:rsidTr="008A26E9">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61A2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9608" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="758678F3" w14:textId="77777777" w:rsidR="00415D8B" w:rsidRPr="00E83A96" w:rsidRDefault="00415D8B" w:rsidP="00496BFF">
-[...479 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7DCA6198" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA6199" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619A" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619B" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619C" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619D" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619E" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA619F" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61A0" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61A1" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17BF66FB" w14:textId="77777777" w:rsidR="0012741A" w:rsidRPr="00E83A96" w:rsidRDefault="0012741A" w:rsidP="00BE6C04">
+    <w:p w14:paraId="7DCA61A3" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10290" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9608"/>
+        <w:gridCol w:w="3300"/>
+        <w:gridCol w:w="6990"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C30715" w:rsidRPr="00E83A96" w14:paraId="58EEF8E4" w14:textId="77777777" w:rsidTr="00AB3F38">
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61A7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="10290" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
           </w:tcPr>
-          <w:p w14:paraId="24DE6E9F" w14:textId="77777777" w:rsidR="00C30715" w:rsidRPr="00E83A96" w:rsidRDefault="00C30715" w:rsidP="00374720">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Please note, this request is </w:t>
+          <w:p w14:paraId="7DCA61A4" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61A5" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I certify that the information that provided in this form is true and accurate, to the best of my knowledge and belief:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...7 lines deleted...]
-              <w:t>not</w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA61A6" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61AC" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61A8" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61A9" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Signed:</w:t>
             </w:r>
-            <w:r w:rsidR="00501846" w:rsidRPr="00E83A96">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> an application for admission.  A</w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA61AA" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61AB" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61B1" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61AD" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61AE" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Full legal name:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A96">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> separate application </w:t>
+          </w:p>
+          <w:p w14:paraId="7DCA61AF" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61B0" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61B6" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61B2" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61B3" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dated:</w:t>
             </w:r>
-            <w:r w:rsidR="00E35616" w:rsidRPr="00E83A96">
-[...306 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          </w:p>
+          <w:p w14:paraId="7DCA61B4" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61B5" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62CF17A5" w14:textId="77777777" w:rsidR="001A4497" w:rsidRPr="00E83A96" w:rsidRDefault="001A4497" w:rsidP="00393711">
+    <w:p w14:paraId="7DCA61B7" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a5"/>
+        <w:tblW w:w="10290" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="7F7F7F"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10290"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00021B22" w14:paraId="7DCA61C1" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CFE2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA61B8" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61B9" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please note, this request is </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an application for admission.  A separate application for admission must be made in the usual way at the appropriate time.  We strongly encourage parents to make requests for admission outside normal age group well ahead of any deadlines for applying for admission, so that a decision in principle can be obtained and informed choices made.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCA61BA" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61BB" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>This completed form and any supporting documents must be sent to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCA61BC" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61BD" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                  <w:b/>
+                  <w:color w:val="1155CC"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>mail@ashtonpark.net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7DCA61BE" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCA61BF" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The applicant will receive a response in writing usually within 4 weeks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCA61C0" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3510"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DCA61C2" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00021B22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A4497" w:rsidRPr="00E83A96" w:rsidSect="002135EB">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00021B22">
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1358" w:right="1134" w:bottom="1170" w:left="1134" w:header="709" w:footer="381" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="1133" w:right="850" w:bottom="850" w:left="850" w:header="566" w:footer="381" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F26CE47" w14:textId="77777777" w:rsidR="0045441D" w:rsidRDefault="0045441D" w:rsidP="00504836">
+    <w:p w14:paraId="6EEE300F" w14:textId="77777777" w:rsidR="007471FF" w:rsidRDefault="007471FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00611625" w14:textId="77777777" w:rsidR="0045441D" w:rsidRDefault="0045441D" w:rsidP="00504836">
+    <w:p w14:paraId="70F6A398" w14:textId="77777777" w:rsidR="007471FF" w:rsidRDefault="007471FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationNotice" w:id="1">
-[...5 lines deleted...]
-  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{7A51A25D-4D49-4F12-A77E-0D0DCB4E67AD}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{63E2C3F7-EB54-4209-9AB7-E7AE1F6113DB}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{BF877D28-1EF7-4286-B048-7B1DDA0F24DB}"/>
   </w:font>
-  <w:font w:name="Gill Sans MT">
-    <w:panose1 w:val="020B0502020104020203"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{B552C99F-F7E7-4801-889A-EFA6B618443A}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{406E9AE1-4F1B-48B2-BCAD-A5A9EFD200EB}"/>
   </w:font>
-  <w:font w:name="Ubuntu">
-    <w:altName w:val="Ubuntu"/>
+  <w:font w:name="Lexend">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{5AEB5087-0599-4356-9433-3E83131A4BDD}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{132DB249-7566-4D35-B92B-42954F48795A}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{B281C7C1-5176-41A6-8B26-3CF2B470300F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{C10C872B-E43E-451B-9F1F-42C121101938}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...26 lines deleted...]
-  <w:p w14:paraId="284AE5C1" w14:textId="77777777" w:rsidR="00BA28DB" w:rsidRPr="006B3E27" w:rsidRDefault="00BA28DB" w:rsidP="006B3E27">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64586EC1" w14:textId="7EA652F0" w:rsidR="005377D0" w:rsidRDefault="005377D0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DC8B33A" wp14:editId="74D30BAA">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713105" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10795" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="587023625" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713105" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="34D0C003" w14:textId="47630D14" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005377D0">
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4DC8B33A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.15pt;height:29.05pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGHDgODwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aTpWuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9Kdpqu22nYRaZI+pF8fFrc9lqRo3C+BVPRYpJTIgyHujX7iv54Xn+6&#10;psQHZmqmwIiKnoSnt8uPHxadLcUUGlC1cARBjC87W9EmBFtmmeeN0MxPwAqDQQlOs4BXt89qxzpE&#10;1yqb5vlV1oGrrQMuvEfv/RCky4QvpeDhUUovAlEVxd5COl06d/HMlgtW7h2zTcvHNtg/dKFZa7Do&#10;K9Q9C4wcXPsHlG65Aw8yTDjoDKRsuUgz4DRF/m6abcOsSLMgOd6+0uT/Hyx/OG7tkyOh/wo9LjAS&#10;0llfenTGeXrpdPxipwTjSOHplTbRB8LR+aWYFfmcEo6h2dX1zWweUbLLz9b58E2AJtGoqMOtJLLY&#10;cePDkHpOibUMrFul0maU+c2BmNGTXTqMVuh3/dj2DuoTTuNgWLS3fN1izQ3z4Yk53CwOgGoNj3hI&#10;BV1FYbQoacD9/Js/5iPhGKWkQ6VU1KCUKVHfDS5iOv+c51FZ6YaGOxu7ZBQ3+TzGzUHfAYqwwPdg&#10;eTJjclBnUzrQLyjmVayGIWY41qzo7mzehUG3+Bi4WK1SEorIsrAxW8sjdCQrMvncvzBnR7oD7ukB&#10;zlpi5TvWh9z4p7erQ0Du00oisQObI98owLTU8bFEhb+9p6zLk17+AgAA//8DAFBLAwQUAAYACAAA&#10;ACEAlO3XN9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOgoiqEKeq&#10;+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA1jg4&#10;JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJLiz3H&#10;BYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4SPi9&#10;Fy/NbkE0Cu7WKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxhw4Dg8CAAAa&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlO3XN9oA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="34D0C003" w14:textId="47630D14" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005377D0">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5342DA2A" w14:textId="6B02D1FA" w:rsidR="005377D0" w:rsidRDefault="005377D0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="663E4513" wp14:editId="52BC5E8F">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713105" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10795" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1338200373" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713105" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="56EB4FE8" w14:textId="1C654E5A" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005377D0">
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="663E4513" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.15pt;height:29.05pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTDb23EgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815LsOk0Ey4GTwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807anohVrurvYxM5zd9VqRvXC+BVPRYpRTIgyHujXbiv54XX6+&#10;ocQHZmqmwIiKHoSnd/OrT7POlmIMDahaOIJFjC87W9EmBFtmmeeN0MyPwAqDQQlOs4BXt81qxzqs&#10;rlU2zvPrrANXWwdceI/exyFI56m+lIKHZym9CERVFGcL6XTp3MQzm89YuXXMNi0/jsH+YQrNWoNN&#10;z6UeWWBk59o/SumWO/Agw4iDzkDKlou0A25T5B+2WTfMirQLguPtGSb//8ryp/3avjgS+nvokcAI&#10;SGd96dEZ9+ml0/GLkxKMI4SHM2yiD4Sj82sxKfIpJRxDk+ub28k0VskuP1vnwzcBmkSjog5ZSWCx&#10;/cqHIfWUEnsZWLZKJWaU+c2BNaMnu0wYrdBvetLW76bfQH3ApRwMfHvLly22XjEfXphDgnEPFG14&#10;xkMq6CoKR4uSBtzPv/ljPuKOUUo6FExFDSqaEvXdIB/j6Zc8jwJLNzTcydgko7jNpzFudvoBUIsF&#10;PgvLkxmTgzqZ0oF+Q00vYjcMMcOxZ0U3J/MhDPLFN8HFYpGSUEuWhZVZWx5LR8wioK/9G3P2iHpA&#10;up7gJClWfgB/yI1/ervYBaQgMRPxHdA8wo46TNwe30wU+vt7yrq87PkvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAlO3XN9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOgoiq&#10;EKeq+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA&#10;1jg4JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJL&#10;iz3HBYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4&#10;SPi9Fy/NbkE0Cu7WKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkw29txIC&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlO3X&#10;N9oAAAAEAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="56EB4FE8" w14:textId="1C654E5A" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005377D0">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DCA61C7" w14:textId="71B083F3" w:rsidR="00021B22" w:rsidRDefault="005377D0">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BC2EE27" wp14:editId="453F8055">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713105" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="10795" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="653417670" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713105" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="51E2F094" w14:textId="0A344432" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005377D0">
+                            <w:rPr>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1BC2EE27" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:56.15pt;height:29.05pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCm071FAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2wnS9cacYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOW66bqdhF5kiaX6897S47bUiR+F8C6aixSSnRBgOdWv2Ff3xvP50&#10;TYkPzNRMgREVPQlPb5cfPyw6W4opNKBq4QgWMb7sbEWbEGyZZZ43QjM/ASsMBiU4zQJe3T6rHeuw&#10;ulbZNM+vsg5cbR1w4T1674cgXab6UgoeHqX0IhBVUZwtpNOlcxfPbLlg5d4x27T8PAb7hyk0aw02&#10;fS11zwIjB9f+UUq33IEHGSYcdAZStlykHXCbIn+3zbZhVqRdEBxvX2Hy/68sfzhu7ZMjof8KPRIY&#10;AemsLz064z69dDp+cVKCcYTw9Aqb6APh6PxSzIp8TgnH0Ozq+mY2j1Wyy8/W+fBNgCbRqKhDVhJY&#10;7LjxYUgdU2IvA+tWqcSMMr85sGb0ZJcJoxX6XU/auqLTcfod1CdcysHAt7d83WLrDfPhiTkkGPdA&#10;0YZHPKSCrqJwtihpwP38mz/mI+4YpaRDwVTUoKIpUd8N8jGdf87zKLB0Q8ONxi4ZxU0+j3Fz0HeA&#10;WizwWViezJgc1GhKB/oFNb2K3TDEDMeeFd2N5l0Y5ItvgovVKiWhliwLG7O1PJaOmEVAn/sX5uwZ&#10;9YB0PcAoKVa+A3/IjX96uzoEpCAxE/Ed0DzDjjpM3J7fTBT623vKurzs5S8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCU7dc32gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo06C&#10;iKoQp6r4E1dSJDhu4m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d6wgXSUgiFune+4UvO+eb9Yg&#10;fEDWODgmBd/kYVMtrkostDvzG53q0IlYwr5ABSaEsZDSt4Ys+pUbiaO3d5PFEOXUST3hOZbbQWZJ&#10;kkuLPccFgyM9GGoP9dEqyB9ftmb8yD+/9pl/9Y07hNo9KXW9nLf3IALN4S8MF/yIDlVkatyRtReD&#10;gvhI+L0XL81uQTQK7tYpyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDCm071&#10;FAIAACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCU&#10;7dc32gAAAAQBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="51E2F094" w14:textId="0A344432" w:rsidR="005377D0" w:rsidRPr="005377D0" w:rsidRDefault="005377D0" w:rsidP="005377D0">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005377D0">
+                      <w:rPr>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40F06051" w14:textId="77777777" w:rsidR="0045441D" w:rsidRDefault="0045441D" w:rsidP="00504836">
+    <w:p w14:paraId="08888E21" w14:textId="77777777" w:rsidR="007471FF" w:rsidRDefault="007471FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CE404E9" w14:textId="77777777" w:rsidR="0045441D" w:rsidRDefault="0045441D" w:rsidP="00504836">
+    <w:p w14:paraId="029AB25C" w14:textId="77777777" w:rsidR="007471FF" w:rsidRDefault="007471FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...5 lines deleted...]
-  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1E3EC8B1" w14:textId="0DB1F396" w:rsidR="000D32E6" w:rsidRDefault="003A7502">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DCA61C3" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="005D1A5E">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:b/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>Ashton Park School</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7DCA61C4" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Blackmoors Lane, Bower Ashton, Bristol, BS3 2JL</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7DCA61C5" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+        <w:color w:val="1B3E73"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Tel: 0117 377 2777</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7DCA61C6" w14:textId="77777777" w:rsidR="00021B22" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:hyperlink r:id="rId1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend" w:eastAsia="Lexend" w:hAnsi="Lexend" w:cs="Lexend"/>
+          <w:color w:val="1155CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mail@ashtonpark.net</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48252798" wp14:editId="78D34877">
+        <wp:anchor distT="19050" distB="19050" distL="19050" distR="19050" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="7DCA61C8" wp14:editId="7DCA61C9">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>5109210</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>177165</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-229235</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>107315</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1394460" cy="1172849"/>
-          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:extent cx="1110837" cy="1110837"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 2"/>
-[...2 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:docPr id="2" name="image1.png"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
-[...57 lines deleted...]
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3144101" cy="859594"/>
+                    <a:ext cx="1110837" cy="1110837"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="276620E0"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:nsid w:val="580053AA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F1F6FA62"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...177 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="483275558">
+  <w:num w:numId="1" w16cid:durableId="481238771">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:embedTrueTypeFonts/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00037A13"/>
-[...180 lines deleted...]
-    <w:rsid w:val="00FF27C6"/>
+    <w:rsidRoot w:val="00021B22"/>
+    <w:rsid w:val="00021B22"/>
+    <w:rsid w:val="004F5803"/>
+    <w:rsid w:val="005377D0"/>
+    <w:rsid w:val="007471FF"/>
+    <w:rsid w:val="00CF25A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="757EDF77"/>
-  <w15:docId w15:val="{59E0F967-BD30-4769-BA9A-3FD0DFC1BEB3}"/>
+  <w14:docId w14:val="7DCA613F"/>
+  <w15:docId w15:val="{9D2EB6FA-5992-4C1D-B18C-C72504DD4E17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5548,51 +3145,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5778,96 +3375,218 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00037A13"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008E253C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="15" w:line="249" w:lineRule="auto"/>
-      <w:ind w:left="649" w:hanging="10"/>
+      <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="000000"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
       <w:sz w:val="36"/>
-      <w:lang w:eastAsia="en-GB"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00037A13"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
@@ -5961,81 +3680,156 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001A4497"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB1036"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...4 lines deleted...]
-    <w:rsid w:val="008E253C"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-GB"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharonbennett@ashtonvale.bristol.sch.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@ashtonpark.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@ashtonpark.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6272,50 +4066,78 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="02872dca-5023-4076-9077-24d4c3624495">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+    <RetentionEvent xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+    <RetentionStartDate xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhb1Wu2vl+6QC/qjcHPnNw8HTYwZA==">CgMxLjA4AHIhMVVHaGNYTWJBajJhWkZfLWd1UXpzRVNGNFJXRUJlc1k4</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB3AA9FFC097854FAA1210CFCE0F43A4" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="055dfca59ea659533457dbce8e639ee4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xmlns:ns3="02872dca-5023-4076-9077-24d4c3624495" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e192a0707d85464aaef4a29d0b7ff10" ns2:_="" ns3:_="">
     <xsd:import namespace="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
     <xsd:import namespace="02872dca-5023-4076-9077-24d4c3624495"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RetentionStartDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RetentionEvent" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -6546,163 +4368,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F45E6D35-734B-443C-9B27-7497519BBDE8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07248DB1-9F2B-43F9-B3C0-9762F398A17F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
+    <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F521A22F-91BD-4697-986B-C345711BAF9C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A317039D-DA16-4403-998F-B352CB448B98}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A3201CD-57B5-4F5C-8B1D-3FB95FA4B8FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="3bf14aae-6549-4b88-b0fb-cb8ab2bfdce6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0938C63E-4B44-4ED1-8477-381F38FE3C89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF71DCC-B391-499B-82D9-784E9AAA7726}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
+    <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2516</Characters>
+  <Pages>1</Pages>
+  <Words>423</Words>
+  <Characters>2337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2952</CharactersWithSpaces>
+  <CharactersWithSpaces>2717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Gill Ellyard</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AB3AA9FFC097854FAA1210CFCE0F43A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>26f25cc6,22fd4509,4fc35135</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-15T14:13:20Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>38a5677e-cfb0-4888-aa44-636ffe17de34</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>