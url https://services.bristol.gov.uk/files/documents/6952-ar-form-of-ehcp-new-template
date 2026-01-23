--- v0 (2025-10-08)
+++ v1 (2026-01-23)
@@ -1,1708 +1,1720 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="1914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="00C70057" w14:paraId="22E140B4" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="22E140B4" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="22162C76" w14:textId="3569A90F" w:rsidR="005B13F0" w:rsidRDefault="00225D70" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="22162C76" w14:textId="3569A90F" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="00225D70" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child/Y</w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">oung </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>erson</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>’s n</w:t>
             </w:r>
-            <w:r w:rsidR="005B13F0" w:rsidRPr="0098165A">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="005B13F0" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47B45C78" w14:textId="77777777" w:rsidR="000005FB" w:rsidRPr="0098165A" w:rsidRDefault="000005FB" w:rsidP="000005FB">
-[...4 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="47B45C78" w14:textId="77777777" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="000005FB" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4C4ADF" w14:textId="3574E799" w:rsidR="005B13F0" w:rsidRPr="000005FB" w:rsidRDefault="005B13F0" w:rsidP="75AC0121">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6D4C4ADF" w14:textId="3574E799" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00450329" w:rsidRPr="00C70057" w14:paraId="4999E8D2" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00450329" w:rsidRPr="00001C63" w14:paraId="4999E8D2" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="367BFE40" w14:textId="77777777" w:rsidR="00450329" w:rsidRDefault="00450329" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="367BFE40" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD5B451" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="0098165A" w:rsidRDefault="00450329" w:rsidP="000005FB">
-[...4 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="4DD5B451" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7363D1" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="000005FB" w:rsidRDefault="00450329" w:rsidP="003E45DE">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1A7363D1" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="57C8FAFA" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="000005FB" w:rsidRDefault="00450329">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="57C8FAFA" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Current Year Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="54512F8C" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="000005FB" w:rsidRDefault="00450329">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="54512F8C" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00450329" w:rsidRPr="00C70057" w14:paraId="33A6D551" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00450329" w:rsidRPr="00001C63" w14:paraId="33A6D551" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="3085ADC3" w14:textId="77777777" w:rsidR="00450329" w:rsidRDefault="00450329" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="3085ADC3" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ethnicity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1367D3C8" w14:textId="33DA55A2" w:rsidR="00450329" w:rsidRPr="000005FB" w:rsidRDefault="00450329">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1367D3C8" w14:textId="33DA55A2" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="11344D24" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00450329" w:rsidRDefault="00450329" w:rsidP="00450329">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> if different </w:t>
+          <w:p w14:paraId="11344D24" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chronological Yr if different </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E801B5F" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00450329" w:rsidRDefault="00450329" w:rsidP="00450329">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1E801B5F" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00887128" w:rsidRPr="00C70057" w14:paraId="3B00FAF7" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00887128" w:rsidRPr="00001C63" w14:paraId="3B00FAF7" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="22525B0C" w14:textId="77777777" w:rsidR="00887128" w:rsidRDefault="00887128" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="22525B0C" w14:textId="77777777" w:rsidR="00887128" w:rsidRPr="00001C63" w:rsidRDefault="00887128" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7B8DEF" w14:textId="4BCE3DC4" w:rsidR="00887128" w:rsidRPr="005D194E" w:rsidRDefault="00887128">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="4C7B8DEF" w14:textId="4BCE3DC4" w:rsidR="00887128" w:rsidRPr="00001C63" w:rsidRDefault="00887128" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="00C70057" w14:paraId="0029B92A" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="0029B92A" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA8BA36" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRDefault="00A54E53" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="2FA8BA36" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="00A54E53" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DE1ECFB" w14:textId="77777777" w:rsidR="000005FB" w:rsidRPr="0098165A" w:rsidRDefault="000005FB" w:rsidP="000005FB">
-[...4 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="4DE1ECFB" w14:textId="77777777" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="000005FB" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4D3651" w14:textId="42246D48" w:rsidR="005B13F0" w:rsidRPr="000005FB" w:rsidRDefault="005B13F0" w:rsidP="006F7942"/>
+          <w:p w14:paraId="6F4D3651" w14:textId="42246D48" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00483771" w:rsidRPr="00C70057" w14:paraId="01D44701" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00483771" w:rsidRPr="00001C63" w14:paraId="01D44701" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB13DEC" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="0098165A" w:rsidRDefault="00483771" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="5BB13DEC" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Home contact number </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="39A17362" w14:textId="0A813E46" w:rsidR="00483771" w:rsidRPr="000005FB" w:rsidRDefault="00483771" w:rsidP="006F7942"/>
+          <w:p w14:paraId="39A17362" w14:textId="0A813E46" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00450329" w:rsidRPr="00C70057" w14:paraId="37BEB343" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00450329" w:rsidRPr="00001C63" w14:paraId="37BEB343" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="47B4A104" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="0098165A" w:rsidRDefault="00450329" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="47B4A104" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Primary/</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Secondary  Need</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7792045F" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="000005FB" w:rsidRDefault="00450329" w:rsidP="006F7942"/>
+          <w:p w14:paraId="7792045F" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7942" w:rsidRPr="00C70057" w14:paraId="3F883A8D" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="006F7942" w:rsidRPr="00001C63" w14:paraId="3F883A8D" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="29EFE9D5" w14:textId="77777777" w:rsidR="006F7942" w:rsidRPr="0098165A" w:rsidRDefault="006F7942" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="29EFE9D5" w14:textId="77777777" w:rsidR="006F7942" w:rsidRPr="00001C63" w:rsidRDefault="006F7942" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Review</w:t>
             </w:r>
-            <w:r w:rsidR="00483771">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00483771" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EA57B5" w14:textId="1B3EB21D" w:rsidR="006F7942" w:rsidRPr="000005FB" w:rsidRDefault="006F7942">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="73EA57B5" w14:textId="1B3EB21D" w:rsidR="006F7942" w:rsidRPr="00001C63" w:rsidRDefault="006F7942" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="0033B7F7" w14:textId="77777777" w:rsidR="006F7942" w:rsidRDefault="006F7942">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="0033B7F7" w14:textId="77777777" w:rsidR="006F7942" w:rsidRPr="00001C63" w:rsidRDefault="006F7942" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of last review</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B251FEC" w14:textId="37B95A57" w:rsidR="00483771" w:rsidRPr="006F7942" w:rsidRDefault="00483771">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="5B251FEC" w14:textId="37B95A57" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A468C7C" w14:textId="77777777" w:rsidR="006F7942" w:rsidRPr="000005FB" w:rsidRDefault="006F7942">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="3A468C7C" w14:textId="77777777" w:rsidR="006F7942" w:rsidRPr="00001C63" w:rsidRDefault="006F7942" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00483771" w:rsidRPr="00C70057" w14:paraId="45A36095" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00483771" w:rsidRPr="00001C63" w14:paraId="45A36095" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="683B1454" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="0098165A" w:rsidRDefault="00483771" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="683B1454" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason for review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3D87C3F1" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="000005FB" w:rsidRDefault="00483771">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="3D87C3F1" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-12 months since the Final EHCP/last review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1C74BDD5" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="000005FB" w:rsidRDefault="00483771">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1C74BDD5" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00483771" w:rsidRPr="00C70057" w14:paraId="28C0B543" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="00483771" w:rsidRPr="00001C63" w14:paraId="28C0B543" w14:textId="77777777" w:rsidTr="75AC0121">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="27BD038E" w14:textId="77777777" w:rsidR="00483771" w:rsidRDefault="00483771" w:rsidP="000005FB">
-[...4 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="27BD038E" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="193E26BF" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="000005FB" w:rsidRDefault="00483771">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="193E26BF" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>For emergency reasons as needs have changed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00611DCB" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="000005FB" w:rsidRDefault="00483771">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="00611DCB" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="00C70057" w14:paraId="1B0E6173" w14:textId="77777777" w:rsidTr="75AC0121">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="1B0E6173" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="24ADBDFE" w14:textId="571596E1" w:rsidR="000005FB" w:rsidRPr="00B07C69" w:rsidRDefault="00446B7D" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="24ADBDFE" w14:textId="571596E1" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="00446B7D" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current </w:t>
             </w:r>
-            <w:r w:rsidR="005B13F0" w:rsidRPr="0098165A">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="005B13F0" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="385E772A" w14:textId="4F43BC3B" w:rsidR="005B13F0" w:rsidRPr="000005FB" w:rsidRDefault="005B13F0">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="385E772A" w14:textId="4F43BC3B" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11BD2E6E" w14:textId="77777777" w:rsidR="00643C9E" w:rsidRDefault="00643C9E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="11BD2E6E" w14:textId="77777777" w:rsidR="00643C9E" w:rsidRPr="00001C63" w:rsidRDefault="00643C9E" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="6841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A54E53" w:rsidRPr="0098165A" w14:paraId="396BFC77" w14:textId="77777777" w:rsidTr="00B07C69">
+      <w:tr w:rsidR="00A54E53" w:rsidRPr="00001C63" w14:paraId="396BFC77" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="348147BD" w14:textId="4DEC793C" w:rsidR="00483771" w:rsidRPr="0098165A" w:rsidRDefault="00A54E53" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="348147BD" w14:textId="4DEC793C" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="00A54E53" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Unique Pupil Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA9F6C0" w14:textId="7498F806" w:rsidR="00A54E53" w:rsidRPr="00367959" w:rsidRDefault="00A54E53" w:rsidP="00483771">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="5EA9F6C0" w14:textId="7498F806" w:rsidR="00A54E53" w:rsidRPr="00001C63" w:rsidRDefault="00A54E53" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A54E53" w:rsidRPr="0098165A" w14:paraId="377F392F" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="00A54E53" w:rsidRPr="00001C63" w14:paraId="377F392F" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC13D77" w14:textId="77777777" w:rsidR="00483771" w:rsidRDefault="001935F7" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="7EC13D77" w14:textId="77777777" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="001935F7" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Social worker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="565FEF12" w14:textId="77777777" w:rsidR="000005FB" w:rsidRPr="0098165A" w:rsidRDefault="001935F7" w:rsidP="000005FB">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> applicable)</w:t>
+          <w:p w14:paraId="565FEF12" w14:textId="7D3B3E14" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="001935F7" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(where applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="396374A9" w14:textId="77777777" w:rsidR="00A54E53" w:rsidRPr="00367959" w:rsidRDefault="00A54E53" w:rsidP="00483771">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="396374A9" w14:textId="77777777" w:rsidR="00A54E53" w:rsidRPr="00001C63" w:rsidRDefault="00A54E53" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26C185FC" w14:textId="77777777" w:rsidR="00A54E53" w:rsidRPr="00C70057" w:rsidRDefault="00A54E53">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="26C185FC" w14:textId="77777777" w:rsidR="00A54E53" w:rsidRPr="00001C63" w:rsidRDefault="00A54E53" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="0098165A" w14:paraId="3EC6B73C" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="3EC6B73C" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="693DDA14" w14:textId="17E8D424" w:rsidR="005B13F0" w:rsidRPr="0098165A" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="693DDA14" w14:textId="17E8D424" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this </w:t>
             </w:r>
-            <w:r w:rsidR="00EC7D2E">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00EC7D2E" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098165A">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hild/</w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098165A">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">oung </w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098165A">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>erson looked after?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E420B0" w14:textId="59CFA34E" w:rsidR="005B13F0" w:rsidRPr="00367959" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="04E420B0" w14:textId="59CFA34E" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="0098165A" w14:paraId="4CCB8703" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="4CCB8703" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="68705495" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="0098165A" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="68705495" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Care Order, Interim Care Order, Section 20 or other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3869C586" w14:textId="0DB8E059" w:rsidR="005B13F0" w:rsidRPr="00367959" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3869C586" w14:textId="0DB8E059" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3707560E" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="0098165A" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3707560E" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="6841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="0098165A" w14:paraId="53857BA0" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="53857BA0" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7D3A5E" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRDefault="005B13F0" w:rsidP="003240F4">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="2F7D3A5E" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Parent</w:t>
             </w:r>
-            <w:r w:rsidR="00664504">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00664504" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s/Carers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7234F579" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="0098165A" w:rsidRDefault="00450329" w:rsidP="003240F4">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="7234F579" w14:textId="77777777" w:rsidR="00450329" w:rsidRPr="00001C63" w:rsidRDefault="00450329" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Who has parental preference?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20BED1DB" w14:textId="3C8BEF11" w:rsidR="001935F7" w:rsidRPr="00367959" w:rsidRDefault="001935F7" w:rsidP="00A17A62">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="20BED1DB" w14:textId="3C8BEF11" w:rsidR="001935F7" w:rsidRPr="00001C63" w:rsidRDefault="001935F7" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="7030A0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="0098165A" w14:paraId="6F33B646" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="6F33B646" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="1133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="42E48463" w14:textId="234B577B" w:rsidR="00483771" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="42E48463" w14:textId="234B577B" w:rsidR="00483771" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
-            <w:r w:rsidR="00664504">
-[...27 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00664504" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/Contact Number</w:t>
+            </w:r>
+            <w:r w:rsidR="001935F7" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0062132F" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="0062132F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and email a</w:t>
             </w:r>
-            <w:r w:rsidR="00E25D0F" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00E25D0F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidR="0062132F" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="0062132F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dress</w:t>
             </w:r>
-            <w:r w:rsidR="00067B36" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00067B36" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (It is essential that school </w:t>
             </w:r>
-            <w:r w:rsidR="00E837D8" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00E837D8" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">gives an </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00E837D8" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00E837D8" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>up to date</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00E837D8" w:rsidRPr="006F1959">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00E837D8" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> email address for the SEND Team)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53B7ACF2" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00483771" w:rsidRDefault="00483771" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="53B7ACF2" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="26"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> different from above)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(if different from above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="487297BB" w14:textId="4CB634AA" w:rsidR="000005FB" w:rsidRPr="0098165A" w:rsidRDefault="000005FB" w:rsidP="00495272">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="487297BB" w14:textId="4CB634AA" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="000005FB" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00730835" w:rsidRPr="0098165A" w14:paraId="72477124" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="00730835" w:rsidRPr="00001C63" w14:paraId="72477124" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="1133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="763ACF60" w14:textId="5C24243A" w:rsidR="00B07C69" w:rsidRDefault="00730835" w:rsidP="005B13F0">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">ome </w:t>
+          <w:p w14:paraId="763ACF60" w14:textId="5C24243A" w:rsidR="00B07C69" w:rsidRPr="00001C63" w:rsidRDefault="00730835" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Home </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00730835">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">language </w:t>
             </w:r>
-            <w:r w:rsidR="00B07C69">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00B07C69" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="6614A852" w14:textId="4AE8B2E7" w:rsidR="00730835" w:rsidRPr="0098165A" w:rsidRDefault="00B07C69" w:rsidP="005B13F0">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="6614A852" w14:textId="4AE8B2E7" w:rsidR="00730835" w:rsidRPr="00001C63" w:rsidRDefault="00B07C69" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is a</w:t>
             </w:r>
-            <w:r w:rsidR="00730835" w:rsidRPr="00730835">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00730835" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> translator </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>needed/ do</w:t>
             </w:r>
-            <w:r w:rsidR="00730835" w:rsidRPr="00730835">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00730835" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">nnual Review </w:t>
             </w:r>
-            <w:r w:rsidR="00730835" w:rsidRPr="00730835">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="00730835" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>documents need translating?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418A50B8" w14:textId="6629BEEF" w:rsidR="00730835" w:rsidRPr="0098165A" w:rsidRDefault="00730835" w:rsidP="000005FB">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="418A50B8" w14:textId="6629BEEF" w:rsidR="00730835" w:rsidRPr="00001C63" w:rsidRDefault="00730835" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DE4975D" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00C70057" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DE4975D" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11023" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B13F0" w:rsidRPr="00C70057" w14:paraId="14E3CB0E" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="005B13F0" w:rsidRPr="00001C63" w14:paraId="14E3CB0E" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="358F8F0C" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRDefault="00C70057" w:rsidP="000005FB">
-[...11 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="358F8F0C" w14:textId="77777777" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="00C70057" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
-            <w:r w:rsidR="001935F7">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="001935F7" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">last </w:t>
             </w:r>
-            <w:r w:rsidR="004616D4">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="004616D4" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EHCP</w:t>
             </w:r>
-            <w:r w:rsidR="001935F7">
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidR="001935F7" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> issued</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="544FCDFD" w14:textId="01705E82" w:rsidR="000005FB" w:rsidRPr="00736F20" w:rsidRDefault="00483771" w:rsidP="000005FB">
-[...9 lines deleted...]
-                <w:i/>
+          <w:p w14:paraId="544FCDFD" w14:textId="01705E82" w:rsidR="000005FB" w:rsidRPr="00001C63" w:rsidRDefault="00483771" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">(Paperwork </w:t>
             </w:r>
-            <w:r w:rsidRPr="00736F20">
-[...1 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>MUST</w:t>
             </w:r>
-            <w:r w:rsidRPr="00736F20">
-[...1 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> include the last Final EHCP as evidence that the correct document was reviewed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149E3855" w14:textId="7753D545" w:rsidR="005B13F0" w:rsidRPr="001D26EE" w:rsidRDefault="005B13F0" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="149E3855" w14:textId="7753D545" w:rsidR="005B13F0" w:rsidRPr="00001C63" w:rsidRDefault="005B13F0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9322" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9322"/>
+        <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="3A3F4E43" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="3A3F4E43" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07E66B12" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="000B1DBC">
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="57502F9C" w14:textId="27587753" w:rsidR="000B1DBC" w:rsidRPr="00001C63" w:rsidRDefault="000B1DBC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1DBC" w:rsidRPr="004D1E4D" w14:paraId="784FC57E" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="000B1DBC" w:rsidRPr="00001C63" w14:paraId="784FC57E" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7FBBAE" w14:textId="77777777" w:rsidR="000B1DBC" w:rsidRPr="004D1E4D" w:rsidRDefault="000B1DBC" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="0D7FBBAE" w14:textId="77777777" w:rsidR="000B1DBC" w:rsidRPr="00001C63" w:rsidRDefault="000B1DBC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="003F42A4" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="003F42A4" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29AA2AF8" w14:textId="66031EA0" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="000B1DBC" w:rsidP="00581C95">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="29AA2AF8" w14:textId="66031EA0" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="000B1DBC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ecommendations from the review meeting (please tick one only):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="225AB557" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="225AB557" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="230"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15EC3930" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="15EC3930" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="3067B325" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="3067B325" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEB96B8" w14:textId="68A655FD" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="000A01DF" w:rsidP="00581C95">
+          <w:p w14:paraId="0CEB96B8" w14:textId="68A655FD" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="000A01DF" w:rsidP="00001C63">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="503DB1DC" wp14:editId="40D8C548">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>4946246</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>81720</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="325755" cy="3645535"/>
                       <wp:effectExtent l="0" t="0" r="17145" b="12065"/>
                       <wp:wrapNone/>
                       <wp:docPr id="7" name="Group 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
@@ -1904,51 +1916,51 @@
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:txbx>
                                 <w:txbxContent>
                                   <w:p w14:paraId="0CAC9AA3" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="503DB1DC" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:389.45pt;margin-top:6.45pt;width:25.65pt;height:287.05pt;z-index:251658244" coordsize="3261,31094" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3oIuRYAMAAKQTAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu2zAMfR+wfxD0vvqexEbdYevWYsBu&#10;wLoPUGz5gtmSJylxuq8fRbtO2rTA0GEtBjgPjq4UeXhEUTp9vWsbsuVK11Kk1DtxKeEik3ktypR+&#10;v7p4taJEGyZy1kjBU3rNNX199vLFad8l3JeVbHKuCAgROum7lFbGdInj6KziLdMnsuMCOgupWmag&#10;qkonV6wH6W3j+K67cHqp8k7JjGsNre+GTnqG8ouCZ+ZLUWhuSJNS0M3gV+F3bb/O2SlLSsW6qs5G&#10;NdgjtGhZLWDRSdQ7ZhjZqPpIVFtnSmpZmJNMto4sijrjaANY47l3rLlUctOhLWXSl90EE0B7B6dH&#10;i80+b78qUucpXVIiWAsuwlXJ0kLTd2UCIy5V9637qsaGcqhZa3eFau0/2EF2COr1BCrfGZJBY+BH&#10;yyiiJIOuYBFGURANqGcVuOZoWla9nyYuvBDogxM9Nw5XONG5Wdax2k3K9B0QSO8x0n+H0beKdRyh&#10;1xaBEaPAm1C6sva9lTti2xAZHGhxImYHHbAbkBG6+yizH5oIeV4xUfI3Ssm+4iwHDT07E+yYplrI&#10;daKtkHX/SebgDrYxEgX9Cdh+HC994LnFzF96XngbMpZ0SptLLltiCylVsEFQONt+1MYqsx9iHatl&#10;U+cXddNgRZXr80aRLYPNdIE/1P/OsEaQPqVx5EeD/Q+KcPF3n4i2NhAVmrpN6WoaxBKL2nuRg5os&#10;MaxuhjKo3IgRRovcgKHZrXejW9YyvwZAlRx2P0QrKFRS/aKkh52fUv1zwxSnpPkgwCmxF4Y2VGAl&#10;jBBPddizPuxhIgNRKTWUDMVzM4SXTafqsoKVBhoI+QYcWdQIsnXyoNWoNzB3UPvfU9hf3Gz0PYWh&#10;bcQKuP50FPbcaOlRAlyNYi9e+VYJltwEjpnLh1zGGI3xYk+emdKISuDfE5Wh7XkpDbE3iIaNNXP6&#10;/viM3sNdP3MaD/6DTCOAI2jIx/ZhGtqeg9P+IvQhD4Mw7a3COA6DOU4/nHMMEenGT3PqcZg9B3DY&#10;H3F6OtOeNPXwITf2kdN+4IaRO94E59xjuI7czqOR0+HM6ftuhAGw6IjT05n2tJye4rS/ClYBXGLm&#10;fPrBuyFyGm/H/1PugW8e8BSEF/Xx2cq+NR3W8Uq5f1w7+w0AAP//AwBQSwMEFAAGAAgAAAAhAOs3&#10;0o3gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M3uJqUmxmxKKeqpCLaC&#10;eNsm0yQ0Oxuy2yR9e8eTnobh//jnm3w9206MOPjWkYZooUAgla5qqdbweXh9SEH4YKgynSPUcEUP&#10;6+L2JjdZ5Sb6wHEfasEl5DOjoQmhz6T0ZYPW+IXrkTg7ucGawOtQy2owE5fbTsZKPUprWuILjelx&#10;22B53l+shrfJTJtl9DLuzqft9fuwev/aRaj1/d28eQYRcA5/MPzqszoU7HR0F6q86DQkSfrEKAcx&#10;TwbSpYpBHDWs0kSBLHL5/4XiBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADegi5FgAwAA&#10;pBMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOs30o3g&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAAugUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADH&#10;BgAAAAA=&#10;">
+                    <v:group w14:anchorId="503DB1DC" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:389.45pt;margin-top:6.45pt;width:25.65pt;height:287.05pt;z-index:251658244" coordsize="3261,31094" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq4turTgMAAIITAAAOAAAAZHJzL2Uyb0RvYy54bWzsWMlu2zAQvRfoPxC8N9ptS4gSpNlQoEuA&#10;pB9AS9SCSqRK0pHTr+9w5MhOnABFiiYoIB9krsOZx8fhDA+P121DbrnStRQp9Q5cSrjIZF6LMqXf&#10;by4+LCjRhomcNVLwlN5xTY+P3r877LuE+7KSTc4VASFCJ32X0sqYLnEcnVW8ZfpAdlxAZyFVywxU&#10;VenkivUgvW0c33VnTi9V3imZca2h9WzopEcovyh4Zr4VheaGNCkF3Qx+FX6X9uscHbKkVKyr6myj&#10;BnuBFi2rBSw6ijpjhpGVqvdEtXWmpJaFOchk68iiqDOONoA1nvvImkslVx3aUiZ92Y0wAbSPcHqx&#10;2Ozr7aXqrrsrBUj0XQlYYM3asi5Ua/9BS7JGyO5GyPjakAwaAz+aRxElGXQFszCKgmjANKsA+L1p&#10;WXU+Tpx5IZADJ3puHC5wonO/rPNAmb4DeugtAvrvELiuWMcRWJ0AAleK1Dno780pEawFmt5Y+z7K&#10;NbFtiAwOtDgRs4YO4Drut+4+y+yHJkKeVkyU/EQp2Vec5aChZ2eCHeNUi7BOtBWy7L/IHBZiKyNR&#10;0J+A7cfx3AcWW8z8ueeFDyFjSae0ueSyJbaQUgX0R+Hs9rM2VpntELuxWjZ1flE3DVZUuTxtFLll&#10;cFQu8If6PxrWCNKnNI78aLD/WREu/p4S0dYGznxTtyldjINYYlE7FzmoyRLD6mYog8qN2MBokRsw&#10;NOvlerMtS5nfAaBKDmcbfBEUKql+UdLDuU6p/rliilPSfBKwKbEXhtYRYCWMEE+127Pc7WEiA1Ep&#10;NZQMxVMzOI9Vp+qygpUGGgh5AhtZ1Aiy3eRBq43ewNxB7X9PYX+2T2Fo22AFXH89CntuNPcoAa5G&#10;sRcvfKsES+4dx8TlXS6j/0F/sSXPROnBK/tPeGVoe1tKg+8NouFgTZx+2j/j7uGpnziNF/9OpBHA&#10;FfQ40oC2t+C0Pwt9iMPATXuLMI7DYPLTz8ccg0e636cp9NiNngO47Pc4Pd5prxp6+BAb+8hpP3DD&#10;yN3keVPsMaQjD+No5HQ4cfqpjDAAFu1xerzTXpfTo5/2F8EigCRmiqefzQ2R05gd/0+xB755wEMP&#10;JuqbRyn7krRbx5Ry+3R29BsAAP//AwBQSwMEFAAGAAgAAAAhAOs30o3gAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M3uJqUmxmxKKeqpCLaCeNsm0yQ0Oxuy2yR9e8eTnobh&#10;//jnm3w9206MOPjWkYZooUAgla5qqdbweXh9SEH4YKgynSPUcEUP6+L2JjdZ5Sb6wHEfasEl5DOj&#10;oQmhz6T0ZYPW+IXrkTg7ucGawOtQy2owE5fbTsZKPUprWuILjelx22B53l+shrfJTJtl9DLuzqft&#10;9fuwev/aRaj1/d28eQYRcA5/MPzqszoU7HR0F6q86DQkSfrEKAcxTwbSpYpBHDWs0kSBLHL5/4Xi&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGri26tOAwAAghMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOs30o3gAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAqAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAC1BgAAAAA=&#10;">
                       <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                         <v:stroke joinstyle="miter"/>
                         <v:path gradientshapeok="t" o:connecttype="rect"/>
                       </v:shapetype>
                       <v:shape id="Text Box 317" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;width:2997;height:2711;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOJFxuxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6UjRrFS+rUaTQYt+8oa+HzXF3cXOyJum6/ntTEHwcZuYbZrZoTSUacr60rKDXTUAQ&#10;Z1aXnCvY7747YxA+IGusLJOCG3lYzF9fZphqe+UNNduQiwhhn6KCIoQ6ldJnBRn0XVsTR+9kncEQ&#10;pculdniNcFPJzyQZSoMlx4UCa/oqKDtv/4yC8WDVHP1vf33IhqdqEj5Gzc/FKfX+1i6nIAK14Rl+&#10;tFdaQb83gv8z8QjI+R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOJFxuxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="6F6B319F" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                       <v:shape id="Text Box 326" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:105;top:5919;width:2997;height:2712;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvBDNIxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6KXXjH1KNrlIKLXqrsdTrI/tMgtm3cXcb47d3BaHHYWZ+wyxWvWlER87XlhUMBwkI&#10;4sLqmksFP7vP1ykIH5A1NpZJwYU8rJaPDwvMtD3zlro8lCJC2GeooAqhzaT0RUUG/cC2xNE7WGcw&#10;ROlKqR2eI9w0cpQkqTRYc1yosKWPiopj/mcUTCfrbu834+/fIj00s/Dy1n2dnFLPT/37HESgPvyH&#10;7+21VjAepXA7E4+AXF4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArwQzSMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="62421593" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                       <v:shape id="Text Box 327" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:105;top:14535;width:2997;height:2711;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDASJbTxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAp9kZr1gpfVKKXQom9qS309bI67i5uTNUnX9d8bQfBxmJlvmMWqNZVoyPnSsoJ+LwFB&#10;nFldcq7g9+frfQrCB2SNlWVScCUPq+VLZ4GpthfeUbMPuYgQ9ikqKEKoUyl9VpBB37M1cfSO1hkM&#10;UbpcaoeXCDeVHCTJWBosOS4UWNNnQdlp/28UTEfr5uA3w+1fNj5Ws9CdNN9np9Tba/sxBxGoDc/w&#10;o73WCoaDCdzPxCMglzcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwEiW08YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="4EB442DC" w14:textId="5DE1211A" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
@@ -1956,3073 +1968,3078 @@
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="32283594" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                       <v:shape id="Text Box 331" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:211;top:23045;width:2997;height:2711;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClND3hxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqRtNsTZ1lSIoerO2tNdH9pmEZt+mu2uM/94VCh6HmfmGWaw6U4uWnK8sK5iMExDE&#10;udUVFwq+PjdPcxA+IGusLZOCK3lYLfu9BWbaXviD2mMoRISwz1BBGUKTSenzkgz6sW2Io3eyzmCI&#10;0hVSO7xEuKnlNElm0mDFcaHEhtYl5b/Hs1Ewf961P36fHr7z2al+DaOXdvvnlBoOuvc3EIG68Aj/&#10;t3daQZpO4H4mHgG5vAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClND3hxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="166A0360" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                       <v:shape id="Text Box 332" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:264;top:28383;width:2997;height:2711;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBV5qOWxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6KXWjEavRVUqhRW81lnp9ZJ9JMPs27m5j/PeuIPQ4zMw3zGLVm0Z05HxtWcFwkIAg&#10;LqyuuVTws/t8nYLwAVljY5kUXMjDavn4sMBM2zNvqctDKSKEfYYKqhDaTEpfVGTQD2xLHL2DdQZD&#10;lK6U2uE5wk0jR0kykQZrjgsVtvRRUXHM/4yC6Xjd7f0m/f4tJodmFl7euq+TU+r5qX+fgwjUh//w&#10;vb3WCtJ0BLcz8QjI5RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBV5qOWxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="0CAC9AA3" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRDefault="00AC0933" w:rsidP="00AC0933"/>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="00AC0933" w:rsidRPr="701BF964">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="00AC0933" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The Plan continues to be appropriate and no significant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4501BACE" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="4501BACE" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="738"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>amendments are recommended</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E683FE2" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="6E683FE2" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="2669210B" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="2669210B" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1550579A" w14:textId="10AC256A" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="1550579A" w14:textId="10AC256A" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The school/college setting remains appropriate but other</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="463D7B86" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="463D7B86" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="738"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>amendments to the Plan are recommended</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FB88F95" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3FB88F95" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="741866DF" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="741866DF" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1442"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A257BA3" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2A257BA3" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Is any change of school/college/setting anticipated:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B04F17B" w14:textId="6E3AA047" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="7B04F17B" w14:textId="6E3AA047" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07B0F0A7" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="07B0F0A7" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Because the child or young person is approaching transfer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A0CD89D" w14:textId="544929BE" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="2A0CD89D" w14:textId="544929BE" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:left="1447"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to next phase</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DEBD60" w14:textId="3187FD2F" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="49DEBD60" w14:textId="3187FD2F" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>b)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Because the child or young person’s needs have changed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0113EA83" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="0113EA83" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="710EDA7C" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="710EDA7C" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="672F7D8F" w14:textId="3F023BBC" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="672F7D8F" w14:textId="3F023BBC" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>It is recommended that the Local Authority should undertake a</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23F0C8C4" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="23F0C8C4" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="738"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>re-assessment of the Plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6752DDAB" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="6752DDAB" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="58239A13" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="58239A13" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61E0C06E" w14:textId="1ECF3189" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="61E0C06E" w14:textId="1ECF3189" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>It is recommended that the Local Authority should cease to maintain</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06431FB2" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
+          <w:p w14:paraId="06431FB2" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="738"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>the Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w14:paraId="0254414B" w14:textId="77777777" w:rsidTr="00F805AC">
+      <w:tr w:rsidR="00AC0933" w:rsidRPr="00001C63" w14:paraId="0254414B" w14:textId="77777777" w:rsidTr="00001C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1681"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9322" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68DA9D65" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="68DA9D65" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25D52B5F" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="25D52B5F" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of person chairing the meeting   </w:t>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>_____________</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DEDA2C4" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="7DEDA2C4" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="208A2F71" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="208A2F71" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk66177332"/>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please return to </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="004D1E4D">
+              <w:r w:rsidRPr="00001C63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>sen@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> no later than the statutory deadline of 2 weeks after the annual review meeting date.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="38D945B7" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="004D1E4D" w:rsidRDefault="00AC0933" w:rsidP="00581C95">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="38D945B7" w14:textId="77777777" w:rsidR="00AC0933" w:rsidRPr="00001C63" w:rsidRDefault="00AC0933" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D88586B" w14:textId="77777777" w:rsidR="006F1959" w:rsidRDefault="006F1959" w:rsidP="006F1959">
+    <w:p w14:paraId="2D88586B" w14:textId="77777777" w:rsidR="006F1959" w:rsidRPr="00001C63" w:rsidRDefault="006F1959" w:rsidP="00001C63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01F19814" w14:textId="1463D039" w:rsidR="00CE7C35" w:rsidRPr="00D96E6F" w:rsidRDefault="00CE7C35" w:rsidP="006F1959">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="01F19814" w14:textId="1463D039" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Views, Interests and Aspirations</w:t>
       </w:r>
-      <w:r w:rsidR="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="00D96E6F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="006F1959" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="006F1959" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E6F" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="00D96E6F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MUST</w:t>
       </w:r>
-      <w:r w:rsidR="006F1959" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="006F1959" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be a person</w:t>
       </w:r>
-      <w:r w:rsidR="00650B3E">
-        <w:rPr>
+      <w:r w:rsidR="00650B3E" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="006F1959" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="006F1959" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>centred review</w:t>
       </w:r>
-      <w:r w:rsidR="00D96E6F" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="00D96E6F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="000E3A5C" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="000E3A5C" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">do not submit with </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="00D96E6F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidR="000E3A5C" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="000E3A5C" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E93B80">
-        <w:rPr>
+      <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="000E3A5C" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="000E3A5C" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hild/</w:t>
       </w:r>
-      <w:r w:rsidR="00E93B80">
-        <w:rPr>
+      <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Young Person</w:t>
       </w:r>
-      <w:r w:rsidR="000E3A5C" w:rsidRPr="00D96E6F">
-        <w:rPr>
+      <w:r w:rsidR="000E3A5C" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s views….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C63EF63" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w:rsidRDefault="00CE7C35" w:rsidP="00CE7C35">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C63EF63" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w14:paraId="0365DE48" w14:textId="77777777" w:rsidTr="0014322A">
+      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00001C63" w14:paraId="0365DE48" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="622E666F" w14:textId="3D1538D6" w:rsidR="009F7C50" w:rsidRPr="009F7C50" w:rsidRDefault="009F7C50" w:rsidP="004026BD">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="622E666F" w14:textId="3D1538D6" w:rsidR="009F7C50" w:rsidRPr="00001C63" w:rsidRDefault="009F7C50" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Here and Now</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A98993F" w14:textId="344111EE" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the </w:t>
+            </w:r>
+            <w:r w:rsidR="004960EF" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>hild</w:t>
+            </w:r>
+            <w:r w:rsidR="004960EF" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/Y</w:t>
+            </w:r>
+            <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oung </w:t>
+            </w:r>
+            <w:r w:rsidR="004960EF" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>erson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>’s view of their progress</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1959" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A400A" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and how were these gathered?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A2A460" w14:textId="4E6514A1" w:rsidR="001A400A" w:rsidRPr="00001C63" w:rsidRDefault="001A400A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the </w:t>
+            </w:r>
+            <w:r w:rsidR="004960EF" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>hild/Y</w:t>
+            </w:r>
+            <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oung </w:t>
+            </w:r>
+            <w:r w:rsidR="00066B6C" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00E93B80" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>erson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’s view of their </w:t>
+            </w:r>
+            <w:r w:rsidR="00066B6C" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">needs, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>outcomes and provisions</w:t>
+            </w:r>
+            <w:r w:rsidR="00066B6C" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703C80D4" w14:textId="02B0FC80" w:rsidR="009F7C50" w:rsidRPr="00001C63" w:rsidRDefault="009F7C50" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Hopes and Dreams</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4359C" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>my F</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4359C" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>uture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E384AF" w14:textId="72324873" w:rsidR="005F74D8" w:rsidRPr="00001C63" w:rsidRDefault="005F74D8" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:u w:val="single"/>
-[...256 lines deleted...]
-                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Have their aspirations/interests changed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w14:paraId="36EB2D6A" w14:textId="77777777" w:rsidTr="0014322A">
+      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00001C63" w14:paraId="36EB2D6A" w14:textId="77777777" w:rsidTr="0014322A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B13601F" w14:textId="0BC4C13B" w:rsidR="00615A85" w:rsidRPr="0002011F" w:rsidRDefault="00CE7C35" w:rsidP="000F36ED">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0B13601F" w14:textId="0BC4C13B" w:rsidR="00615A85" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0002011F">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C6C3930" w14:textId="77777777" w:rsidR="0002011F" w:rsidRPr="0002011F" w:rsidRDefault="0002011F" w:rsidP="0002011F">
+          <w:p w14:paraId="5C6C3930" w14:textId="77777777" w:rsidR="0002011F" w:rsidRDefault="0002011F" w:rsidP="00001C63">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="316CD319" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="0002011F" w:rsidRDefault="00CE7C35" w:rsidP="000F36ED">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3349C77F" w14:textId="77777777" w:rsidR="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="63CF297A" w14:textId="77777777" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76EAABA6" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46B3DD3D" w14:textId="77777777" w:rsidR="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316CD319" w14:textId="77777777" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w14:paraId="09DECE2E" w14:textId="77777777" w:rsidTr="0014322A">
+      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00001C63" w14:paraId="09DECE2E" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0B1670" w14:textId="4676B23E" w:rsidR="00CE7C35" w:rsidRDefault="00CE7C35" w:rsidP="004026BD">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="773A1259" w14:textId="45353EFF" w:rsidR="007D6735" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What are the parent’s views of the </w:t>
             </w:r>
-            <w:r w:rsidR="00583368">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00583368" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE7C35">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hild</w:t>
             </w:r>
-            <w:r w:rsidR="003613D3">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="003613D3" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Young Person</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE7C35">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>’s progress</w:t>
             </w:r>
-            <w:r w:rsidR="005F74D8">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="005F74D8" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w14:paraId="2CEF816F" w14:textId="77777777" w:rsidTr="0002011F">
+      <w:tr w:rsidR="00CE7C35" w:rsidRPr="00001C63" w14:paraId="2CEF816F" w14:textId="77777777" w:rsidTr="0002011F">
         <w:trPr>
           <w:trHeight w:val="1527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="43987947" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00CE7C35" w:rsidRDefault="00CE7C35" w:rsidP="00CE7C35">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="43987947" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7C35">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C1AD879" w14:textId="758645DD" w:rsidR="00CE7C35" w:rsidRPr="0002011F" w:rsidRDefault="00CE7C35" w:rsidP="00CE7C35">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7C1AD879" w14:textId="758645DD" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00CE7C35" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5692B262" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRDefault="00E7241C" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5692B262" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54D239F5" w14:textId="46A77162" w:rsidR="004616D4" w:rsidRPr="001D001F" w:rsidRDefault="00A41B5A" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="54D239F5" w14:textId="46A77162" w:rsidR="004616D4" w:rsidRPr="00001C63" w:rsidRDefault="00A41B5A" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk63754872"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00722830">
-        <w:rPr>
+      <w:r w:rsidR="00722830" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004616D4" w:rsidRPr="001D001F">
-        <w:rPr>
+      <w:r w:rsidR="004616D4" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Progress towards achieving the outcomes specified in the EHCP.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="20065C79" w14:textId="7CC94696" w:rsidR="004616D4" w:rsidRDefault="000921D1" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="20065C79" w14:textId="7CC94696" w:rsidR="004616D4" w:rsidRPr="00001C63" w:rsidRDefault="000921D1" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000921D1">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please </w:t>
+        <w:t xml:space="preserve">Please specifically comment on the </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00583368" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">specifically </w:t>
+        <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="000921D1">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">comment on the </w:t>
+        <w:t>hild</w:t>
       </w:r>
-      <w:r w:rsidR="00583368">
-        <w:rPr>
+      <w:r w:rsidR="003613D3" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t>/Young Person</w:t>
       </w:r>
-      <w:r w:rsidRPr="000921D1">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>hild</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="000921D1">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>rate of progress</w:t>
+        <w:t xml:space="preserve">rate of progress </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="000921D1">
-        <w:rPr>
+      <w:r w:rsidR="00971D0F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">i.e. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>progress over time)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F165A16" w14:textId="5BB942C4" w:rsidR="00E7241C" w:rsidRPr="00E7241C" w:rsidRDefault="00E7241C" w:rsidP="00E7241C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2F165A16" w14:textId="5BB942C4" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NOTE:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The outcomes on the EHCP were intended to cover a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2 to 3 year</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> period and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E7241C">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be changed unless there are significant reasons to do so</w:t>
       </w:r>
-      <w:r w:rsidR="00A65618">
-        <w:rPr>
+      <w:r w:rsidR="00A65618" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078AC674" w14:textId="77777777" w:rsidR="00722830" w:rsidRDefault="00722830" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="078AC674" w14:textId="77777777" w:rsidR="00722830" w:rsidRPr="00001C63" w:rsidRDefault="00722830" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1987"/>
         <w:gridCol w:w="5043"/>
         <w:gridCol w:w="2079"/>
         <w:gridCol w:w="1347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004900FC" w14:paraId="58DAC98D" w14:textId="125B1EF2" w:rsidTr="00CD42B2">
+      <w:tr w:rsidR="004900FC" w:rsidRPr="00001C63" w14:paraId="58DAC98D" w14:textId="125B1EF2" w:rsidTr="00CD42B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71EBF60D" w14:textId="7BA0A5BA" w:rsidR="004900FC" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="71EBF60D" w14:textId="7BA0A5BA" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk63754924"/>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Outcome (1)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="044B4D7B" w14:textId="1B059850" w:rsidR="004900FC" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="044B4D7B" w14:textId="1B059850" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00E4E8DC" w14:textId="061E2079" w:rsidR="004900FC" w:rsidRDefault="00FD1866" w:rsidP="00FD1866">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="00E4E8DC" w14:textId="061E2079" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="00FD1866" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00955C16">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C5F8CA" w14:textId="77777777" w:rsidR="004900FC" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="68C5F8CA" w14:textId="77777777" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C6173F" w14:textId="77777777" w:rsidR="004900FC" w:rsidRPr="006F1959" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="51C6173F" w14:textId="77777777" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Steps toward outcome</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39E6EF57" w14:textId="4B030AC0" w:rsidR="004900FC" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="39E6EF57" w14:textId="4B030AC0" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>(Including school</w:t>
             </w:r>
-            <w:r w:rsidR="00055FAB">
-              <w:rPr>
+            <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F1959">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>based targets (outcomes) /</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F1959">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>12 month</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006F1959">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> targets)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EC04303" w14:textId="77777777" w:rsidR="00EC1928" w:rsidRPr="006F1959" w:rsidRDefault="00EC1928" w:rsidP="005B13F0">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4EC04303" w14:textId="77777777" w:rsidR="00EC1928" w:rsidRPr="00001C63" w:rsidRDefault="00EC1928" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE6586B" w14:textId="4CD07E33" w:rsidR="005B42A1" w:rsidRPr="00001C63" w:rsidRDefault="005B42A1" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC41553" w14:textId="568CBAA7" w:rsidR="004900FC" w:rsidRPr="00A65618" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7EC41553" w14:textId="568CBAA7" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Working towards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CBEDAEB" w14:textId="01534C0D" w:rsidR="004900FC" w:rsidRPr="00A65618" w:rsidRDefault="004900FC" w:rsidP="005B13F0">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4CBEDAEB" w14:textId="01534C0D" w:rsidR="004900FC" w:rsidRPr="00001C63" w:rsidRDefault="004900FC" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Achieved</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD42B2" w14:paraId="39E460A6" w14:textId="2F7357DD" w:rsidTr="00CD42B2">
+      <w:tr w:rsidR="00CD42B2" w:rsidRPr="00001C63" w14:paraId="39E460A6" w14:textId="2F7357DD" w:rsidTr="00CD42B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C730767" w14:textId="7A87B6E3" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5C730767" w14:textId="7A87B6E3" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Outcome (</w:t>
-[...20 lines deleted...]
-              <w:rPr>
+              <w:t>Outcome (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EFEACF" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="660FF2B8" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="660FF2B8" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CDF6FCA" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0CDF6FCA" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72D03DEB" w14:textId="40346B82" w:rsidR="00CD42B2" w:rsidRPr="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="72D03DEB" w14:textId="40346B82" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B96450D" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3B96450D" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76FE863C" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="76FE863C" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD42B2" w14:paraId="6EE8B86E" w14:textId="1836F818" w:rsidTr="00CD42B2">
+      <w:tr w:rsidR="00CD42B2" w:rsidRPr="00001C63" w14:paraId="6EE8B86E" w14:textId="1836F818" w:rsidTr="00CD42B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="095C98F3" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="095C98F3" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Outcome (</w:t>
-[...20 lines deleted...]
-              <w:rPr>
+              <w:t>Outcome (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="638B46AC" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71232313" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="71232313" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C059400" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6C059400" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D0BA6D5" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2D0BA6D5" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330C0356" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="330C0356" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Progress:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08210819" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="08210819" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD86C24" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0FD86C24" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD42B2" w14:paraId="3AF5E40B" w14:textId="7E7D7624" w:rsidTr="00CD42B2">
+      <w:tr w:rsidR="00CD42B2" w:rsidRPr="00001C63" w14:paraId="3AF5E40B" w14:textId="7E7D7624" w:rsidTr="00CD42B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70F84B05" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="70F84B05" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Outcome (</w:t>
-[...20 lines deleted...]
-              <w:rPr>
+              <w:t>Outcome (4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EBC0D22" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F50C172" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3F50C172" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFA7409" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0FFA7409" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004616D4">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Progress:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="181A1074" w14:textId="4A21BBDF" w:rsidR="005A3402" w:rsidRDefault="005A3402" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="181A1074" w14:textId="4A21BBDF" w:rsidR="005A3402" w:rsidRPr="00001C63" w:rsidRDefault="005A3402" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03F8FBF0" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="03F8FBF0" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2A4694" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2E2A4694" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD42B2" w14:paraId="3D60B91F" w14:textId="77777777" w:rsidTr="00CD42B2">
+      <w:tr w:rsidR="00CD42B2" w:rsidRPr="00001C63" w14:paraId="3D60B91F" w14:textId="77777777" w:rsidTr="00CD42B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E66D3A6" w14:textId="5FD72681" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4E66D3A6" w14:textId="5FD72681" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D26111" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="59D26111" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E2BA3D" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="76E2BA3D" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730FBA08" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="004616D4" w:rsidRDefault="00CD42B2" w:rsidP="00CD42B2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="730FBA08" w14:textId="77777777" w:rsidR="00CD42B2" w:rsidRPr="00001C63" w:rsidRDefault="00CD42B2" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="69EC36F0" w14:textId="77777777" w:rsidR="000A01DF" w:rsidRDefault="000A01DF" w:rsidP="0091450E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69EC36F0" w14:textId="77777777" w:rsidR="000A01DF" w:rsidRPr="00001C63" w:rsidRDefault="000A01DF" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CDB9264" w14:textId="629E31E0" w:rsidR="006860ED" w:rsidRDefault="00C90A72" w:rsidP="0091450E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2CDB9264" w14:textId="629E31E0" w:rsidR="006860ED" w:rsidRPr="00001C63" w:rsidRDefault="00C90A72" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00D23514" w:rsidRPr="0091450E">
-        <w:rPr>
+      <w:r w:rsidR="00D23514" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Record new outcomes on the EHCP in Bold/strikethrough.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621F604E" w14:textId="29E58C64" w:rsidR="00AA4263" w:rsidRPr="0091450E" w:rsidRDefault="006C58EE" w:rsidP="0091450E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="621F604E" w14:textId="29E58C64" w:rsidR="00AA4263" w:rsidRPr="00001C63" w:rsidRDefault="006C58EE" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4263">
-        <w:rPr>
+      <w:r w:rsidR="00AA4263" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Please attach the new 12</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4263">
-        <w:rPr>
+      <w:r w:rsidR="00AA4263" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>month targets to this review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F4B4BE" w14:textId="77777777" w:rsidR="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="22F4B4BE" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20C69AD7" w14:textId="1152A918" w:rsidR="00A41B5A" w:rsidRPr="00FC682F" w:rsidRDefault="00A41B5A" w:rsidP="00FC682F">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="20C69AD7" w14:textId="1152A918" w:rsidR="00A41B5A" w:rsidRPr="00001C63" w:rsidRDefault="00A41B5A" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Summary of actions from Annual Review</w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="00FC682F">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E.</w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SENDCO</w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and parents to visit special school</w:t>
       </w:r>
-      <w:r w:rsidR="006C58EE">
-        <w:rPr>
+      <w:r w:rsidR="006C58EE" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s with family</w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SENDCO</w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to make referral to </w:t>
       </w:r>
-      <w:r w:rsidR="00314729" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00314729" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">other professionals </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E.</w:t>
       </w:r>
-      <w:r w:rsidR="00314729" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00314729" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g.</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00676780" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00676780" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Salt etc….</w:t>
       </w:r>
-      <w:r w:rsidR="00314729" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00314729" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and actions for mentors/LSA’s/ </w:t>
       </w:r>
-      <w:r w:rsidR="006C58EE">
-        <w:rPr>
+      <w:r w:rsidR="006C58EE" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00314729" w:rsidRPr="006F1959">
-        <w:rPr>
+      <w:r w:rsidR="00314729" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eachers/family</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00412238" w:rsidRPr="00412238" w14:paraId="76D0DE82" w14:textId="77777777" w:rsidTr="0014322A">
+      <w:tr w:rsidR="00412238" w:rsidRPr="00001C63" w14:paraId="76D0DE82" w14:textId="77777777" w:rsidTr="0014322A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDF9648" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6BDF9648" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B954A27" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7B954A27" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="294AC011" w14:textId="77777777" w:rsidR="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="294AC011" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33B7166E" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRDefault="00E7241C" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="33B7166E" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11E45407" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRDefault="00E7241C" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="11E45407" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F7850C1" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRDefault="00E7241C" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7F7850C1" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="45BEEF81" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00412238" w:rsidRDefault="00E7241C" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="45BEEF81" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48F6F736" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="48F6F736" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4576BA2B" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00412238" w:rsidRDefault="00412238" w:rsidP="00412238">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4576BA2B" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6946EF89" w14:textId="77777777" w:rsidR="008B7E8B" w:rsidRDefault="008B7E8B" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6946EF89" w14:textId="77777777" w:rsidR="008B7E8B" w:rsidRPr="00001C63" w:rsidRDefault="008B7E8B" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="324"/>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="69AF1953" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="69AF1953" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="64B9BFD5" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="5CE8CA8B" w14:textId="3018DF24" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED3B52">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Review of the plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4501460A" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="74E5E361" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="74E5E361" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6B7564" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...11 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="7D6B7564" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Where there is no change, please record this as ‘none’.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E838147" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...20 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="1E838147" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="360355B0" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Significant changes </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00ED3B52">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>means</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00ED3B52">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> changes that are additional to and/or different from that which has already been identified. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FB130F" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...33 lines deleted...]
-            <w:r w:rsidR="005145DB">
+          <w:p w14:paraId="38FB130F" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A5924C9" w14:textId="77777777" w:rsidR="005145DB" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Where detailed amendments to the wording of the plan are recommended, show these using bold/strikethrough on the most up to date current EHCP. Where there is a difference of view as to recommended changes, please record this making it clear who is saying what.</w:t>
+            </w:r>
+            <w:r w:rsidR="005145DB" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41965A5C" w14:textId="77777777" w:rsidR="005145DB" w:rsidRDefault="005145DB" w:rsidP="007D545F">
-[...18 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="41965A5C" w14:textId="77777777" w:rsidR="005145DB" w:rsidRPr="00001C63" w:rsidRDefault="005145DB" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1317034A" w14:textId="38E4EE4A" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="005145DB" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Minor changes may not result in an amended EHCP. The LA’s expectation is that the school will amend short term targets without amending the EHCP. The EHCP will be amended in the event of significant changes to needs, outcomes or provision sections and is essential to be amended at the end of each key stage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="286A6FAA" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="286A6FAA" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3250F49A" w14:textId="0715F3E3" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...9 lines deleted...]
-              <w:tab/>
+          <w:p w14:paraId="3250F49A" w14:textId="7E70D27D" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>Changes to address and/or contact details.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66C4953B" w14:textId="268F9AB5" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="66C4953B" w14:textId="268F9AB5" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Yes – </w:t>
             </w:r>
-            <w:r w:rsidR="00DF66E9">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="00DF66E9" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="008B7E8B">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="008B7E8B" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>.g</w:t>
             </w:r>
-            <w:r w:rsidR="00DF66E9">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="00DF66E9" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="008B7E8B">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="008B7E8B" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>See EHCP for changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9DD7BF" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
+          <w:p w14:paraId="1E9DD7BF" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="744"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="5141367B" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="5141367B" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="164A85DB" w14:textId="3BD92E28" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00C17B9F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="164A85DB" w14:textId="3BD92E28" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00C17B9F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Significant changes</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the child or young person’s views, interests and aspirations </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43FDE5C5" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
+          <w:p w14:paraId="43FDE5C5" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:left="744"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>(Part A of the plan).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E648DC8" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="7E648DC8" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Yes – See EHCP for changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="035E3C70" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="00055FAB">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="035E3C70" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="28A293E8" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="28A293E8" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD3E373" w14:textId="15CC90C5" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00C17B9F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="4DD3E373" w14:textId="15CC90C5" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00C17B9F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the child or young person’s special educational needs (part B of the plan).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54C999A7" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="54C999A7" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Yes – See EHCP for changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55188491" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="55188491" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="461CA500" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="461CA500" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0010EDF9" w14:textId="63DAA00B" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00C17B9F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="0010EDF9" w14:textId="63DAA00B" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00C17B9F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the child or young person’s health needs (part C of the plan).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24860FE6" w14:textId="5935F5C5" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="24860FE6" w14:textId="5935F5C5" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidR="009E2883">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="009E2883" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (For example)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="4992FCB7" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="4992FCB7" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="53F2CC30" w14:textId="553AB4F7" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00C17B9F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="53F2CC30" w14:textId="553AB4F7" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00C17B9F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the child or young person’s social care needs (part D of the plan).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24902974" w14:textId="55DF1985" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="24902974" w14:textId="55DF1985" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidR="009E2883">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="009E2883" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (For example)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="7F52DD91" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="7F52DD91" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26F5CD73" w14:textId="791FB104" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00C17B9F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="26F5CD73" w14:textId="791FB104" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00C17B9F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the outcomes that have been identified for child or</w:t>
             </w:r>
-            <w:r w:rsidR="003613D3">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="003613D3" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">young person </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3ED78DDE" w14:textId="7117AF10" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
+          <w:p w14:paraId="3ED78DDE" w14:textId="7117AF10" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
             <w:pPr>
               <w:ind w:firstLine="744"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(part E of the plan). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6A565C" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Yes – See EHCP for changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00800A07" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...16 lines deleted...]
-                <w:i/>
+          <w:p w14:paraId="00800A07" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B0D52BC" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:iCs/>
               </w:rPr>
               <w:t>Where the child or young person has just moved into a new stage/phase, please advise on new outcomes to support the child or young person to make a successful transition to the next stage or phase. For young people in Y9 and above, outcomes should focus on preparing for adulthood.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="592BC5DF" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="592BC5DF" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="7041AA8A" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="7041AA8A" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="23BB01DA" w14:textId="73E7893D" w:rsidR="007D545F" w:rsidRDefault="00EB0D5C" w:rsidP="00EB0D5C">
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="23BB01DA" w14:textId="73E7893D" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00EB0D5C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the special educational provision that the child or young person requires</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>to achieve their outcomes (part F of the plan)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5842DD9D" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="5842DD9D" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="183CAC93" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44983FCF" wp14:editId="0458E1B0">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2209165</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>24130</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="137160" cy="129540"/>
                       <wp:effectExtent l="0" t="0" r="15240" b="22860"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Text Box 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
@@ -5037,83 +5054,77 @@
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="0D7C9589" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="44983FCF" id="Text Box 3" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:173.95pt;margin-top:1.9pt;width:10.8pt;height:10.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDURk7DTgIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7Ls2GkMy4HrIEWB&#10;IAngFDnTFGULpbgsSVtKv75DynYe7anohdoXh7uzu5pddY1me+V8Tabg+dmAM2UklbXZFPz7482n&#10;z5z5IEwpNBlV8Gfl+dX844dZa6dqSFvSpXIMIMZPW1vwbQh2mmVeblUj/BlZZeCsyDUiQHWbrHSi&#10;BXqjs+FgMMlacqV1JJX3sF73Tj5P+FWlZLivKq8C0wVHbiGdLp3reGbzmZhunLDbWh7SEP+QRSNq&#10;g0dPUNciCLZz9R9QTS0dearCmaQmo6qqpUo1oJp88K6a1VZYlWoBOd6eaPL/D1be7R8cq8uCjzgz&#10;okGLHlUX2Bfq2Ciy01o/RdDKIix0MKPLR7uHMRbdVa6JX5TD4AfPzyduI5iMl0YX+QQeCVc+vByf&#10;J+6zl8vW+fBVUcOiUHCH1iVGxf7WBySC0GNIfMuTrsubWuukxHFRS+3YXqDROqQUceNNlDasLfhk&#10;NB4k4De+CH26v9ZC/ohFvkWApg2MkZK+9CiFbt0lAidHWtZUPoMtR/20eStvasDfCh8ehMN4gQas&#10;TLjHUWlCTnSQONuS+/U3e4xH1+HlrMW4Ftz/3AmnONPfDObhMj8Hoywk5Xx8MYTiXnvWrz1m1ywJ&#10;ROVYTiuTGOODPoqVo+YJm7WIr8IljMTbBQ9HcRn6JcJmSrVYpCBMtBXh1qysjNCxMZHWx+5JOHto&#10;a8A83NFxsMX0XXf72HjT0GIXqKpT6yPPPasH+rENqTuHzY3r9lpPUS//l/lvAAAA//8DAFBLAwQU&#10;AAYACAAAACEAqhUcJdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhD&#10;WkoS4lSACpeeKIjzNnZti9iObDcNf89ygtuOZjT7pt3MbmCTiskGL+B2UQBTvg/Sei3g4/3lpgKW&#10;MnqJQ/BKwLdKsOkuL1psZDj7NzXts2ZU4lODAkzOY8N56o1ymBZhVJ68Y4gOM8mouYx4pnI38LIo&#10;1tyh9fTB4Kiejeq/9icnYPuka91XGM22ktZO8+dxp1+FuL6aHx+AZTXnvzD84hM6dMR0CCcvExsE&#10;LFf3NUXpoAXkL9f1HbCDgHJVAu9a/n9A9wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDU&#10;Rk7DTgIAAKcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCqFRwl3AAAAAgBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                    <v:shape w14:anchorId="44983FCF" id="Text Box 3" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:173.95pt;margin-top:1.9pt;width:10.8pt;height:10.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOXXeuOQIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0XxynSboacYosRYYB&#10;RVsgHXpWZCkWJouapMTOfv0o5bvbadhFJkXyiXwkPbnvGk22wnkFpqR5r0+JMBwqZdYl/f66+PSZ&#10;Eh+YqZgGI0q6E57eTz9+mLS2EAOoQVfCEQQxvmhtSesQbJFlnteiYb4HVhg0SnANC6i6dVY51iJ6&#10;o7NBvz/OWnCVdcCF93j7sDfSacKXUvDwLKUXgeiSYm4hnS6dq3hm0wkr1o7ZWvFDGuwfsmiYMvjo&#10;CeqBBUY2Tv0B1SjuwIMMPQ5NBlIqLlINWE3ef1fNsmZWpFqQHG9PNPn/B8uftkv74kjovkCHDYyE&#10;tNYXHi9jPZ10TfxipgTtSOHuRJvoAuEx6OY2H6OFoykf3I2GidbsHGydD18FNCQKJXXYlUQW2z76&#10;gA+i69ElvuVBq2qhtE5KnAQx145sGfZQh5QiRlx5aUPako5vRv0EfGWL0Kf4lWb8RyzyGgE1bfDy&#10;XHqUQrfqiKoQ+EjLCqodsuVgP0je8oVC+EfmwwtzODlIA25DeMZDasCc4CBRUoP79bf76I8NRSsl&#10;LU5iSf3PDXOCEv3NYKvv8iEySkJShqPbASru0rK6tJhNMwckKse9szyJ0T/ooygdNG+4NLP4KpqY&#10;4fh2ScNRnIf9fuDScTGbJSccVsvCo1laHqFjYyKtr90bc/bQ1oDz8ATHmWXFu+7ufWOkgdkmgFSp&#10;9ZHnPasH+nHQU3cOSxk36VJPXudfx/Q3AAAA//8DAFBLAwQUAAYACAAAACEAqhUcJdwAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDWkoS4lSACpeeKIjzNnZti9iObDcN&#10;f89ygtuOZjT7pt3MbmCTiskGL+B2UQBTvg/Sei3g4/3lpgKWMnqJQ/BKwLdKsOkuL1psZDj7NzXt&#10;s2ZU4lODAkzOY8N56o1ymBZhVJ68Y4gOM8mouYx4pnI38LIo1tyh9fTB4Kiejeq/9icnYPuka91X&#10;GM22ktZO8+dxp1+FuL6aHx+AZTXnvzD84hM6dMR0CCcvExsELFf3NUXpoAXkL9f1HbCDgHJVAu9a&#10;/n9A9wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBOXXeuOQIAAIIEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqFRwl3AAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="0D7C9589" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00AB3F06">
-[...20 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication and Interaction </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB54364" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D590B82" wp14:editId="60D6DDD3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2216785</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>16510</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="152400" cy="99060"/>
                       <wp:effectExtent l="0" t="0" r="19050" b="15240"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Text Box 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
@@ -5128,77 +5139,77 @@
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="7F81739F" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3D590B82" id="Text Box 4" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:174.55pt;margin-top:1.3pt;width:12pt;height:7.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9h5e1TAIAAKYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwk0sEtEWFFWVJXQ&#10;7kpQ7dk4DonqeFzbkNBf37FDWNj2VPXizJefZ97MZPbQ1pIchbEVqIwOBzElQnHIK7XP6Pft6tM9&#10;JdYxlTMJSmT0JCx9mH/8MGt0KkZQgsyFIQiibNrojJbO6TSKLC9FzewAtFDoLMDUzKFq9lFuWIPo&#10;tYxGcTyJGjC5NsCFtWh97Jx0HvCLQnD3XBRWOCIzirm5cJpw7vwZzWcs3Rumy4qf02D/kEXNKoWP&#10;XqAemWPkYKo/oOqKG7BQuAGHOoKiqLgINWA1w/hdNZuSaRFqQXKsvtBk/x8sfzq+GFLlGU0oUazG&#10;Fm1F68gXaEni2Wm0TTFoozHMtWjGLvd2i0ZfdFuY2n+xHIJ+5Pl04daDcX9pPEpi9HB0TafxJFAf&#10;vd3VxrqvAmrihYwa7FwglB3X1mEeGNqH+KcsyCpfVVIGxU+LWEpDjgz7LF3IEG/cRElFmoxOPo/j&#10;AHzj89CX+zvJ+A9f4y0CalKh0TPSVe4l1+7awN9dz8oO8hOSZaAbNqv5qkL4NbPuhRmcLmQBN8Y9&#10;41FIwJzgLFFSgvn1N7uPx6ajl5IGpzWj9ueBGUGJ/KZwHKbDJPHjHZRkfDdCxVx7dtcedaiXgEQN&#10;cTc1D6KPd7IXCwP1Ky7Wwr+KLqY4vp1R14tL1+0QLiYXi0UIwoHWzK3VRnMP7Rvjad22r8zoc1sd&#10;jsMT9HPN0nfd7WL9TQWLg4OiCq33PHesnunHZQjdOS+u37ZrPUS9/V7mvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhANqy6pvbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo0wSV&#10;NI1TASpcOFFQz27s2hbxOrLdNPw9ywmOo3mafdtuZz+wScfkAgpYLgpgGvugHBoBnx8vdzWwlCUq&#10;OQTUAr51gm13fdXKRoULvutpnw2jEUyNFGBzHhvOU2+1l2kRRo3UnUL0MlOMhqsoLzTuB14WxYp7&#10;6ZAuWDnqZ6v7r/3ZC9g9mbXpaxntrlbOTfPh9GZehbi9mR83wLKe8x8Mv/qkDh05HcMZVWKDgOp+&#10;vSRUQLkCRn31UFE+EliXwLuW/3+g+wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9h5e1&#10;TAIAAKYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDa&#10;suqb2wAAAAgBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                    <v:shape w14:anchorId="3D590B82" id="Text Box 4" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:174.55pt;margin-top:1.3pt;width:12pt;height:7.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkdDfNOAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PGjEMvVfqf4hyLzNQYBfEsKKsqCqh&#10;3ZXYas8hkzBRM3GaBGbor68Tvrc9Vb1k7Nh+sZ/tmTy0tSY74bwCU9BuJ6dEGA6lMpuCfn9dfLqn&#10;xAdmSqbBiILuhacP048fJo0dix5UoEvhCIIYP25sQasQ7DjLPK9EzXwHrDBolOBqFlB1m6x0rEH0&#10;Wme9PB9mDbjSOuDCe7x9PBjpNOFLKXh4ltKLQHRBMbeQTpfOdTyz6YSNN47ZSvFjGuwfsqiZMvjo&#10;GeqRBUa2Tv0BVSvuwIMMHQ51BlIqLlINWE03f1fNqmJWpFqQHG/PNPn/B8ufdiv74khov0CLDYyE&#10;NNaPPV7Gelrp6vjFTAnakcL9mTbRBsJj0KDXz9HC0TQa5cPEanaJtc6HrwJqEoWCOmxK4ortlj7g&#10;e+h6colPedCqXCitkxIHQcy1IzuGLdQhZYgRN17akKagw8+DPAHf2CL0OX6tGf8Ra7xFQE0bvLxU&#10;HqXQrluiyoLenVhZQ7lHshwc5shbvlAIv2Q+vDCHg4Ms4DKEZzykBswJjhIlFbhff7uP/thPtFLS&#10;4CAW1P/cMico0d8MdnrU7ffj5CalP7jroeKuLetri9nWc0Ciurh2licx+gd9EqWD+g13ZhZfRRMz&#10;HN8uaDiJ83BYD9w5Lmaz5ISzallYmpXlETo2JtL62r4xZ49tDTgOT3AaWTZ+192Db4w0MNsGkCq1&#10;PvJ8YPVIP8556s5xJ+MiXevJ6/LnmP4GAAD//wMAUEsDBBQABgAIAAAAIQDasuqb2wAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMElTSNUwEqXDhRUM9u7NoW8Tqy3TT8&#10;PcsJjqN5mn3bbmc/sEnH5AIKWC4KYBr7oBwaAZ8fL3c1sJQlKjkE1AK+dYJtd33VykaFC77raZ8N&#10;oxFMjRRgcx4bzlNvtZdpEUaN1J1C9DJTjIarKC807gdeFsWKe+mQLlg56mer+6/92QvYPZm16WsZ&#10;7a5Wzk3z4fRmXoW4vZkfN8CynvMfDL/6pA4dOR3DGVVig4Dqfr0kVEC5AkZ99VBRPhJYl8C7lv9/&#10;oPsBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZHQ3zTgCAACBBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2rLqm9sAAAAIAQAADwAAAAAAAAAA&#10;AAAAAACSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="7F81739F" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00AB3F06">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Cognition and Learning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46E731D0" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00AB3F06" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="46E731D0" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DF0D34E" wp14:editId="2E08CD08">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2536825</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>46990</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="126365" cy="137160"/>
                       <wp:effectExtent l="0" t="0" r="26035" b="15240"/>
                       <wp:wrapNone/>
                       <wp:docPr id="5" name="Text Box 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
@@ -5219,77 +5230,77 @@
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="243D8636" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5DF0D34E" id="Text Box 5" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:199.75pt;margin-top:3.7pt;width:9.95pt;height:10.8pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT9tkwTQIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8LyG8dhsRVpQVVSW0&#10;uxJUezaOA1Ydj2sbEvrrO3YIC9ueql6cefnzzDczmT40lSJHYZ0EndO016dEaA6F1Lucft8sP91T&#10;4jzTBVOgRU5PwtGH2ccP09pkYgB7UIWwBEG0y2qT0733JksSx/eiYq4HRmh0lmAr5lG1u6SwrEb0&#10;SiWDfn+S1GALY4EL59D62DrpLOKXpeD+uSyd8ETlFHPz8bTx3IYzmU1ZtrPM7CU/p8H+IYuKSY2P&#10;XqAemWfkYOUfUJXkFhyUvsehSqAsJRexBqwm7b+rZr1nRsRakBxnLjS5/wfLn44vlsgip2NKNKuw&#10;RRvRePIFGjIO7NTGZRi0NhjmGzRjlzu7Q2MouiltFb5YDkE/8ny6cBvAeLg0mAwn+AZHVzq8SyeR&#10;++TtsrHOfxVQkSDk1GLrIqPsuHIeE8HQLiS85UDJYimVikoYF7FQlhwZNlr5mCLeuIlSmtQ5nQzH&#10;/Qh84wvQl/tbxfiPUOQtAmpKozFQ0pYeJN9sm0jgfUfLFooTsmWhnTZn+FIi/Io5/8IsjhcShCvj&#10;n/EoFWBOcJYo2YP99Td7iMeuo5eSGsc1p+7ngVlBifqmcR4+p6NRmO+ojMZ3A1TstWd77dGHagFI&#10;VIrLaXgUQ7xXnVhaqF5xs+bhVXQxzfHtnPpOXPh2iXAzuZjPYxBOtGF+pdeGB+jQmEDrpnll1pzb&#10;6nEenqAbbJa9624bG25qmB88lDK2PvDcsnqmH7chdue8uWHdrvUY9fZ/mf0GAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCH99tQ3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNS&#10;IA7ZVIAKF04UxHkbu7ZFbEe2m4a/x5zgNqsZzbxtN7Mb2KRissEjLBcVMOX7IK3XCB/vz1c1sJTJ&#10;SxqCVwjfKsGmOz9rqZHh5N/UtMualRKfGkIwOY8N56k3ylFahFH54h1CdJTLGTWXkU6l3A18VVW3&#10;3JH1ZcHQqJ6M6r92R4ewfdRC9zVFs62ltdP8eXjVL4iXF/PDPbCs5vwXhl/8gg5dYdqHo5eJDQjX&#10;QtyUKMLdGljx10tRxB5hJSrgXcv/P9D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABP2&#10;2TBNAgAApwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AIf321DcAAAACAEAAA8AAAAAAAAAAAAAAAAApwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                    <v:shape w14:anchorId="5DF0D34E" id="Text Box 5" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:199.75pt;margin-top:3.7pt;width:9.95pt;height:10.8pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVe3y6OgIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xxzn1c6IU2QpMgwI&#10;2gLp0LMiS4kwWdQkJXb260cp726nYReZFMlP5EfS44e21mQnnFdgSpp3upQIw6FSZl3S76/zT/eU&#10;+MBMxTQYUdK98PRh8vHDuLGF6MEGdCUcQRDji8aWdBOCLbLM842ome+AFQaNElzNAqpunVWONYhe&#10;66zX7Y6yBlxlHXDhPd4+Hox0kvClFDw8S+lFILqkmFtIp0vnKp7ZZMyKtWN2o/gxDfYPWdRMGXz0&#10;DPXIAiNbp/6AqhV34EGGDoc6AykVF6kGrCbvvqtmuWFWpFqQHG/PNPn/B8ufdkv74khov0CLDYyE&#10;NNYXHi9jPa10dfxipgTtSOH+TJtoA+ExqDfqj4aUcDTl/bt8lGjNLsHW+fBVQE2iUFKHXUlksd3C&#10;B3wQXU8u8S0PWlVzpXVS4iSImXZkx7CHOqQUMeLGSxvSlHTUH3YT8I0tQp/jV5rxH7HIWwTUtMHL&#10;S+lRCu2qJaoq6f2JlhVUe2TLwWGQvOVzhfAL5sMLczg5SBBuQ3jGQ2rAnOAoUbIB9+tv99EfG4pW&#10;ShqcxJL6n1vmBCX6m8FWf84Hgzi6SRkM73qouGvL6tpitvUMkKgc987yJEb/oE+idFC/4dJM46to&#10;Yobj2yUNJ3EWDvuBS8fFdJqccFgtCwuztDxCx8ZEWl/bN+bssa0B5+EJTjPLinfdPfjGSAPTbQCp&#10;UusjzwdWj/TjoKfuHJcybtK1nrwuv47JbwAAAP//AwBQSwMEFAAGAAgAAAAhAIf321DcAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo01IgDtlUgAoXThTEeRu7tkVsR7ab&#10;hr/HnOA2qxnNvG03sxvYpGKywSMsFxUw5fsgrdcIH+/PVzWwlMlLGoJXCN8qwaY7P2upkeHk39S0&#10;y5qVEp8aQjA5jw3nqTfKUVqEUfniHUJ0lMsZNZeRTqXcDXxVVbfckfVlwdConozqv3ZHh7B91EL3&#10;NUWzraW10/x5eNUviJcX88M9sKzm/BeGX/yCDl1h2oejl4kNCNdC3JQowt0aWPHXS1HEHmElKuBd&#10;y/8/0P0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVXt8ujoCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh/fbUNwAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="243D8636" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00AB3F06">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Social, Emotional and Mental Health</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E6ED447" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="2E6ED447" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1527DC90" wp14:editId="22AE7C88">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2285365</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>39370</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="144780" cy="129540"/>
                       <wp:effectExtent l="0" t="0" r="26670" b="22860"/>
                       <wp:wrapNone/>
                       <wp:docPr id="6" name="Text Box 6"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
@@ -5304,2641 +5315,3014 @@
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="67528B60" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1527DC90" id="Text Box 6" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:179.95pt;margin-top:3.1pt;width:11.4pt;height:10.2pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsOGIWTAIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8N7JdZxMsB26CFAWM&#10;JIBd5ExTVCSU4rAkbcn9+j7SS5y0p6IXajY+zryZ0eSmbzXbKOcbMgUfng04U0ZS2ZiXgn9f3n+6&#10;4swHYUqhyaiCb5XnN9OPHyadzdWIatKlcgwgxuedLXgdgs2zzMtatcKfkVUGzopcKwJU95KVTnRA&#10;b3U2Ggwuso5caR1J5T2sdzsnnyb8qlIyPFaVV4HpgiO3kE6XzlU8s+lE5C9O2LqR+zTEP2TRisbg&#10;0SPUnQiCrV3zB1TbSEeeqnAmqc2oqhqpUg2oZjh4V82iFlalWkCOt0ea/P+DlQ+bJ8easuAXnBnR&#10;okVL1Qf2hXp2EdnprM8RtLAICz3M6PLB7mGMRfeVa+MX5TD4wfP2yG0Ek/HSeHx5BY+Eazi6Ph8n&#10;7rPXy9b58FVRy6JQcIfWJUbFZu4DEkHoISS+5Uk35X2jdVLiuKhb7dhGoNE6pBRx402UNqxDnZ/P&#10;Bwn4jS9CH++vtJA/YpFvEaBpA2OkZFd6lEK/6hOB1wdaVlRuwZaj3bR5K+8bwM+FD0/CYbxAA1Ym&#10;POKoNCEn2kuc1eR+/c0e49F1eDnrMK4F9z/XwinO9DeDebgGv3G+kzI+vxxBcaee1anHrNtbAlFD&#10;LKeVSYzxQR/EylH7jM2axVfhEkbi7YKHg3gbdkuEzZRqNktBmGgrwtwsrIzQsTGR1mX/LJzdtzVg&#10;Hh7oMNgif9fdXWy8aWi2DlQ1qfWR5x2re/qxDak7+82N63aqp6jX/8v0NwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAaBq1HcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioQypC&#10;EuJUgAoLUwtiduNX2yJ+jmw3Df8eM8F4utPdd91mcSObMUTrScDtqgCGNHhlSQv4eH+5qYHFJEnJ&#10;0RMK+MYIm/7yopOt8mfa4bxPmuUSiq0UYFKaWs7jYNDJuPITUvaOPjiZsgyaqyDPudyNvCyKijtp&#10;KS8YOeGzweFrf3ICtk+60UMtg9nWytp5+Ty+6Vchrq+WxwdgCZf0F4Zf/IwOfWY6+BOpyEYB67um&#10;yVEBVQks++u6vAd2EFBWFfC+4/8P9D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7Dhi&#10;FkwCAACnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;BoGrUdwAAAAIAQAADwAAAAAAAAAAAAAAAACmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                    <v:shape w14:anchorId="1527DC90" id="Text Box 6" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:179.95pt;margin-top:3.1pt;width:11.4pt;height:10.2pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE/gnvOQIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xkSdsYcYosRYYB&#10;QVsgHXpWZCkWKouapMTOfv0o5bvbaehFJkXyiXwkPb5va022wnkFpqC9TpcSYTiUyqwL+vNl/uWO&#10;Eh+YKZkGIwq6E57eTz5/Gjc2F32oQJfCEQQxPm9sQasQbJ5lnleiZr4DVhg0SnA1C6i6dVY61iB6&#10;rbN+t3uTNeBK64AL7/H2YW+kk4QvpeDhSUovAtEFxdxCOl06V/HMJmOWrx2zleKHNNh/ZFEzZfDR&#10;E9QDC4xsnPoLqlbcgQcZOhzqDKRUXKQasJpe9101y4pZkWpBcrw90eQ/DpY/bpf22ZHQfoMWGxgJ&#10;aazPPV7Gelrp6vjFTAnakcLdiTbRBsJj0GBwe4cWjqZefzQcJFqzc7B1PnwXUJMoFNRhVxJZbLvw&#10;AR9E16NLfMuDVuVcaZ2UOAliph3ZMuyhDilFjLjy0oY0Bb35Ouwm4CtbhD7FrzTjb7HIawTUtMHL&#10;c+lRCu2qJaos6OhIywrKHbLlYD9I3vK5QvgF8+GZOZwcpAG3ITzhITVgTnCQKKnA/f7XffTHhqKV&#10;kgYnsaD+14Y5QYn+YbDVI+Q3jm5SBsPbPiru0rK6tJhNPQMkqod7Z3kSo3/QR1E6qF9xaabxVTQx&#10;w/HtgoajOAv7/cCl42I6TU44rJaFhVlaHqFjYyKtL+0rc/bQ1oDz8AjHmWX5u+7ufWOkgekmgFSp&#10;9ZHnPasH+nHQU3cOSxk36VJPXudfx+QPAAAA//8DAFBLAwQUAAYACAAAACEABoGrUdwAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KhDKkIS4lSACgtTC2J241fbIn6ObDcN&#10;/x4zwXi609133WZxI5sxROtJwO2qAIY0eGVJC/h4f7mpgcUkScnREwr4xgib/vKik63yZ9rhvE+a&#10;5RKKrRRgUppazuNg0Mm48hNS9o4+OJmyDJqrIM+53I28LIqKO2kpLxg54bPB4Wt/cgK2T7rRQy2D&#10;2dbK2nn5PL7pVyGur5bHB2AJl/QXhl/8jA59Zjr4E6nIRgHru6bJUQFVCSz767q8B3YQUFYV8L7j&#10;/w/0PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE/gnvOQIAAIIEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAGgatR3AAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="67528B60" w14:textId="77777777" w:rsidR="007D545F" w:rsidRDefault="007D545F" w:rsidP="007D545F"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00AB3F06">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Sensory and/or Physical</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CD267DB" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...67 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="6CD267DB" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EE72203" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Evidence: Which professionals have recommended changes to provision/area of need, change wanted and who has recommended it?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6410A4D4" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D904DC0" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5403BECD" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Yes – See EHCP for changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EBBA8A6" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="2EBBA8A6" w14:textId="77777777" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="18BE1E53" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="18BE1E53" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="22385FDA" w14:textId="69589BDD" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00EB0D5C" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="22385FDA" w14:textId="69589BDD" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00EB0D5C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the child or young person’s health provision (part G of the plan)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C20170" w14:textId="1BA74094" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="67C20170" w14:textId="1BA74094" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidR="009E2883">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="009E2883" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (For example)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="7D4E7492" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="7D4E7492" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="509E1A90" w14:textId="142F152D" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00EB0D5C" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="509E1A90" w14:textId="142F152D" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00EB0D5C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes in the child or young person’s social care provision (part H of the plan)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C6DD9EE" w14:textId="155FD1B3" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="5C6DD9EE" w14:textId="155FD1B3" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidR="009E2883">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="009E2883" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (For example)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D545F" w:rsidRPr="00ED3B52" w14:paraId="6577EBA7" w14:textId="77777777" w:rsidTr="007D545F">
+      <w:tr w:rsidR="007D545F" w:rsidRPr="00001C63" w14:paraId="6577EBA7" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="45DB0192" w14:textId="6AD12F5B" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="00EB0D5C" w:rsidP="007D545F">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="45DB0192" w14:textId="6AD12F5B" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="00EB0D5C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
-            <w:r w:rsidR="007D545F" w:rsidRPr="00ED3B52">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="007D545F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
               <w:t>Significant changes to Personal Budgets arrangement (part J of the plan)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD813AE" w14:textId="49837D92" w:rsidR="007D545F" w:rsidRPr="00ED3B52" w:rsidRDefault="007D545F" w:rsidP="007D545F">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="7DD813AE" w14:textId="49837D92" w:rsidR="007D545F" w:rsidRPr="00001C63" w:rsidRDefault="007D545F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidR="009E2883">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="009E2883" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (For example)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D3009B5" w14:textId="1BF2428D" w:rsidR="00055FAB" w:rsidRDefault="00055FAB" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4D3009B5" w14:textId="1BF2428D" w:rsidR="00055FAB" w:rsidRPr="00001C63" w:rsidRDefault="00055FAB" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49454283" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00A127C2" w:rsidRDefault="00D83AC7" w:rsidP="005B13F0">
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="49454283" w14:textId="77777777" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00D83AC7" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00412238">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are not recommending changes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the EHCP please</w:t>
       </w:r>
-      <w:r w:rsidR="00CE7C35" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00CE7C35" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011568EC" w14:textId="6C1A184B" w:rsidR="00CE7C35" w:rsidRPr="00A127C2" w:rsidRDefault="00D83AC7" w:rsidP="00CE7C35">
+    <w:p w14:paraId="011568EC" w14:textId="6C1A184B" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="00D83AC7" w:rsidP="00001C63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agree in t</w:t>
       </w:r>
-      <w:r w:rsidR="0091534F" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0091534F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he review the short</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0091534F" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0091534F" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>term outcomes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the next year, </w:t>
       </w:r>
-      <w:r w:rsidR="00F36E9D" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F36E9D" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">strategies to achieve them and </w:t>
       </w:r>
-      <w:r w:rsidR="00F36E9D" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F36E9D" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>attach to this document</w:t>
       </w:r>
-      <w:r w:rsidR="00F36E9D" w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F36E9D" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D66C43B" w14:textId="35D77D49" w:rsidR="00CE7C35" w:rsidRPr="00A127C2" w:rsidRDefault="005B7DB5" w:rsidP="00CE7C35">
+    <w:p w14:paraId="2D66C43B" w14:textId="35D77D49" w:rsidR="00CE7C35" w:rsidRPr="00001C63" w:rsidRDefault="005B7DB5" w:rsidP="00001C63">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that the </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Child/Y</w:t>
       </w:r>
-      <w:r w:rsidR="00496F23">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oung </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00496F23">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>erson</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s view and that of their parents is filled in under “Views, Interests and Aspirations</w:t>
       </w:r>
-      <w:r w:rsidR="007410C9">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="007410C9" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- this is essential</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A127C2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2B0641" w14:textId="77777777" w:rsidR="00935F44" w:rsidRPr="00971D0F" w:rsidRDefault="00935F44" w:rsidP="005B13F0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F2B0641" w14:textId="77777777" w:rsidR="00935F44" w:rsidRPr="00001C63" w:rsidRDefault="00935F44" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D001F" w14:paraId="0345D383" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="001D001F" w:rsidRPr="00001C63" w14:paraId="0345D383" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="109BC6E1" w14:textId="1AD99C89" w:rsidR="004026BD" w:rsidRPr="004026BD" w:rsidRDefault="004026BD" w:rsidP="004026BD">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="109BC6E1" w14:textId="1AD99C89" w:rsidR="004026BD" w:rsidRPr="00001C63" w:rsidRDefault="004026BD" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Any significant changes in </w:t>
             </w:r>
-            <w:r w:rsidR="00EA16C5">
-              <w:rPr>
+            <w:r w:rsidR="00EA16C5" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">needs or </w:t>
             </w:r>
-            <w:r w:rsidRPr="004026BD">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>circumstances</w:t>
             </w:r>
-            <w:r w:rsidR="00336C90">
-              <w:rPr>
+            <w:r w:rsidR="00336C90" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> including health or social care needs</w:t>
             </w:r>
-            <w:r w:rsidRPr="004026BD">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4329625B" w14:textId="103B5FF5" w:rsidR="004026BD" w:rsidRPr="00A127C2" w:rsidRDefault="004026BD" w:rsidP="00A127C2">
+          <w:p w14:paraId="4329625B" w14:textId="103B5FF5" w:rsidR="004026BD" w:rsidRPr="00001C63" w:rsidRDefault="004026BD" w:rsidP="00001C63">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide a </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E2883">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>summary</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of any changes </w:t>
             </w:r>
-            <w:r w:rsidR="00A127C2" w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidR="00A127C2" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">in the </w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-              <w:rPr>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidR="00A127C2" w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidR="00A127C2" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hild</w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-              <w:rPr>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Young Person</w:t>
             </w:r>
-            <w:r w:rsidR="00A127C2" w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidR="00A127C2" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>’s family situation and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> educational history </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B01E89F" w14:textId="3B2AAA43" w:rsidR="001D001F" w:rsidRPr="00496F23" w:rsidRDefault="004026BD" w:rsidP="00971D0F">
+          <w:p w14:paraId="2B01E89F" w14:textId="3B2AAA43" w:rsidR="001D001F" w:rsidRPr="00001C63" w:rsidRDefault="004026BD" w:rsidP="00001C63">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Summarise</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> any changes of involvement with services providing advice for the </w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-              <w:rPr>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hild</w:t>
             </w:r>
-            <w:r w:rsidR="00496F23">
-              <w:rPr>
+            <w:r w:rsidR="00496F23" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Young Person</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A127C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D001F" w14:paraId="1253F88B" w14:textId="77777777" w:rsidTr="001D001F">
+      <w:tr w:rsidR="001D001F" w:rsidRPr="00001C63" w14:paraId="1253F88B" w14:textId="77777777" w:rsidTr="001D001F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1676D5" w14:textId="77777777" w:rsidR="00935F44" w:rsidRDefault="00935F44" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1E1676D5" w14:textId="77777777" w:rsidR="00935F44" w:rsidRPr="00001C63" w:rsidRDefault="00935F44" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5ED97E94" w14:textId="77777777" w:rsidR="001D001F" w:rsidRDefault="001D001F" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5ED97E94" w14:textId="77777777" w:rsidR="001D001F" w:rsidRPr="00001C63" w:rsidRDefault="001D001F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58D9CC41" w14:textId="77777777" w:rsidR="001D001F" w:rsidRDefault="001D001F" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="58D9CC41" w14:textId="77777777" w:rsidR="001D001F" w:rsidRPr="00001C63" w:rsidRDefault="001D001F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="367DC74F" w14:textId="77777777" w:rsidR="001D001F" w:rsidRPr="001D001F" w:rsidRDefault="001D001F" w:rsidP="005B13F0">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="367DC74F" w14:textId="77777777" w:rsidR="001D001F" w:rsidRPr="00001C63" w:rsidRDefault="001D001F" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A72B3FA" w14:textId="6CB6DE62" w:rsidR="00935F44" w:rsidRDefault="00935F44"/>
-    <w:p w14:paraId="504A303A" w14:textId="77777777" w:rsidR="00412238" w:rsidRDefault="00412238"/>
+    <w:p w14:paraId="3A72B3FA" w14:textId="6CB6DE62" w:rsidR="00935F44" w:rsidRPr="00001C63" w:rsidRDefault="00935F44" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="504A303A" w14:textId="77777777" w:rsidR="00412238" w:rsidRPr="00001C63" w:rsidRDefault="00412238" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00213A14" w:rsidRPr="00C70057" w14:paraId="47DA8407" w14:textId="77777777" w:rsidTr="00213A14">
+      <w:tr w:rsidR="00213A14" w:rsidRPr="00001C63" w14:paraId="47DA8407" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="49291369" w14:textId="3F5B09D4" w:rsidR="00213A14" w:rsidRPr="00213A14" w:rsidRDefault="006106F4" w:rsidP="00320D26">
-[...24 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="49291369" w14:textId="3F5B09D4" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Summary of final recommendations and actions from Annual Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43280" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.gs for key stage transfer pupils what are preferences for schools</w:t>
             </w:r>
-            <w:r w:rsidR="007A6A86" w:rsidRPr="00B80D5E">
-              <w:rPr>
+            <w:r w:rsidR="007A6A86" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00D2141F" w:rsidRPr="00B80D5E">
-              <w:rPr>
+            <w:r w:rsidR="00D2141F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>careers advice that has been given to YP for annual review, decisions ab</w:t>
             </w:r>
-            <w:r w:rsidR="00B80D5E">
-              <w:rPr>
+            <w:r w:rsidR="00B80D5E" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidR="00D2141F" w:rsidRPr="00B80D5E">
-              <w:rPr>
+            <w:r w:rsidR="00D2141F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ut next steps </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00DF66E9" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="00B80D5E">
-              <w:rPr>
+            <w:r w:rsidR="00B80D5E" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00DF66E9">
-              <w:rPr>
+            <w:r w:rsidR="00DF66E9" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00D2141F" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> where would you like the LA to consult?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00213A14" w:rsidRPr="00C70057" w14:paraId="744681C7" w14:textId="77777777" w:rsidTr="005145DB">
+      <w:tr w:rsidR="00213A14" w:rsidRPr="00001C63" w14:paraId="744681C7" w14:textId="77777777" w:rsidTr="005145DB">
         <w:trPr>
           <w:trHeight w:val="2094"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10881" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2507D510" w14:textId="77777777" w:rsidR="00213A14" w:rsidRDefault="00213A14" w:rsidP="00320D26">
-[...105 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2507D510" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38859C75" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78CFFF94" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E8CD11E" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B3F4B95" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26436B3F" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03761ABE" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64ECB01B" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="672CE7C7" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40C4B3AE" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="552DF3C0" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EECE8E9" w14:textId="77777777" w:rsidR="00E7241C" w:rsidRPr="00001C63" w:rsidRDefault="00E7241C" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="045D656B" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E086CE7" w14:textId="77777777" w:rsidR="00213A14" w:rsidRPr="00001C63" w:rsidRDefault="00213A14" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A00F6CD" w14:textId="77777777" w:rsidR="008357FA" w:rsidRDefault="008357FA" w:rsidP="00BC0CA6">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0A00F6CD" w14:textId="77777777" w:rsidR="008357FA" w:rsidRPr="00001C63" w:rsidRDefault="008357FA" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="057AE7B7" w14:textId="05758F23" w:rsidR="00FB4F00" w:rsidRPr="008357FA" w:rsidRDefault="00C64C5F" w:rsidP="00BC0CA6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="057AE7B7" w14:textId="05758F23" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00C64C5F" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Advice &amp; Information</w:t>
       </w:r>
-      <w:r w:rsidR="008029BB" w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidR="008029BB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contributors </w:t>
       </w:r>
-      <w:r w:rsidR="00F41DE1" w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidR="00F41DE1" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
-      <w:r w:rsidR="00DE4822" w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidR="00DE4822" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">EHCP Annual </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6B44" w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidR="00DD6B44" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Review Meeting</w:t>
       </w:r>
-      <w:r w:rsidR="0092191A" w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidR="0092191A" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57180676" w14:textId="77777777" w:rsidR="00322BB0" w:rsidRPr="008C521C" w:rsidRDefault="00322BB0" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="57180676" w14:textId="77777777" w:rsidR="00322BB0" w:rsidRPr="00001C63" w:rsidRDefault="00322BB0" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1727"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2021"/>
+        <w:gridCol w:w="1664"/>
+        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="3398"/>
+        <w:gridCol w:w="1961"/>
+        <w:gridCol w:w="1957"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00751E59" w14:paraId="512039C8" w14:textId="77777777" w:rsidTr="00DE4822">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="512039C8" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBCB26F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4FBCB26F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098165A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="151636CD" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="151636CD" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="10410E39" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="10410E39" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACB5994" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2ACB5994" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB4F00">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Contact details (address/telephone/email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="5638576F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00FB4F00">
+          <w:p w14:paraId="5638576F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098165A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Report Attached Y/N</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A7F20E7" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00FB4F00">
+          <w:p w14:paraId="4A7F20E7" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098165A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>inc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> date)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1E271F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00FB4F00" w:rsidRDefault="00FB4F00" w:rsidP="00FB4F00">
+          <w:p w14:paraId="0A1E271F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB4F00">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Attendance at meeting</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41CF84A3" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="0098165A" w:rsidRDefault="00FB4F00" w:rsidP="00FB4F00">
+          <w:p w14:paraId="41CF84A3" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB4F00">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Y/N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4F00" w14:paraId="71D969FC" w14:textId="77777777" w:rsidTr="00FB4F00">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="71D969FC" w14:textId="77777777" w:rsidTr="00FB4F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5C557BF4" w14:textId="04C17B90" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5C557BF4" w14:textId="04C17B90" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="568138B9" w14:textId="429261DF" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="568138B9" w14:textId="429261DF" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3669FF6D" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3669FF6D" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1B78D9DB" w14:textId="2F5A9EFF" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1B78D9DB" w14:textId="2F5A9EFF" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="064A778F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="064A778F" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4F00" w14:paraId="52163216" w14:textId="77777777" w:rsidTr="00FB4F00">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="52163216" w14:textId="77777777" w:rsidTr="00FB4F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC3DBDD" w14:textId="450AC3D3" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3CC3DBDD" w14:textId="450AC3D3" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="40D675BE" w14:textId="632CB438" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="40D675BE" w14:textId="632CB438" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6FC64C" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7E6FC64C" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21174E5E" w14:textId="0DADE4BC" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="21174E5E" w14:textId="0DADE4BC" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16263043" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="16263043" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4F00" w14:paraId="64B18459" w14:textId="77777777" w:rsidTr="00FB4F00">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="64B18459" w14:textId="77777777" w:rsidTr="00FB4F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="388C553A" w14:textId="2ABD5CC0" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="388C553A" w14:textId="2ABD5CC0" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAE66BC" w14:textId="27ACC990" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7AAE66BC" w14:textId="27ACC990" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA8443E" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0FA8443E" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="454EC16F" w14:textId="3A7B4FAF" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="454EC16F" w14:textId="3A7B4FAF" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="795FA107" w14:textId="49075CAE" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="795FA107" w14:textId="49075CAE" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4F00" w14:paraId="1E292D72" w14:textId="77777777" w:rsidTr="000E45B7">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="1E292D72" w14:textId="77777777" w:rsidTr="000E45B7">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="092F3F73" w14:textId="23731430" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="092F3F73" w14:textId="23731430" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="74A1CE94" w14:textId="3D9BF782" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="74A1CE94" w14:textId="3D9BF782" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7EFF9E" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7E7EFF9E" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="69215A57" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="69215A57" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3F93A4E1" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3F93A4E1" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4F00" w14:paraId="7DC6C3EA" w14:textId="77777777" w:rsidTr="00FB4F00">
+      <w:tr w:rsidR="00FB4F00" w:rsidRPr="00001C63" w14:paraId="7DC6C3EA" w14:textId="77777777" w:rsidTr="00FB4F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC142DC" w14:textId="10DA46BD" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2CC142DC" w14:textId="10DA46BD" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2EC09A" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0D2EC09A" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="559F7CC8" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="559F7CC8" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6282DE45" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6282DE45" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5195E032" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="000E45B7" w:rsidRDefault="00FB4F00" w:rsidP="00C64C5F">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5195E032" w14:textId="77777777" w:rsidR="00FB4F00" w:rsidRPr="00001C63" w:rsidRDefault="00FB4F00" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C0B4BBB" w14:textId="77777777" w:rsidR="0032579A" w:rsidRDefault="0032579A" w:rsidP="00047AFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4C0B4BBB" w14:textId="77777777" w:rsidR="0032579A" w:rsidRPr="00001C63" w:rsidRDefault="0032579A" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68651C13" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00BC0CA6" w:rsidRDefault="0014322A" w:rsidP="00BC0CA6">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="68651C13" w14:textId="77777777" w:rsidR="00845EA0" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0CA6">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Placement</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3508"/>
+        <w:gridCol w:w="3511"/>
         <w:gridCol w:w="1342"/>
-        <w:gridCol w:w="5606"/>
+        <w:gridCol w:w="5603"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB53FD" w14:paraId="275FDE3A" w14:textId="77777777" w:rsidTr="00E82FD5">
+      <w:tr w:rsidR="00CB53FD" w:rsidRPr="00001C63" w14:paraId="275FDE3A" w14:textId="77777777" w:rsidTr="00001C63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="09F2E843" w14:textId="1070509F" w:rsidR="00CB53FD" w:rsidRPr="0032579A" w:rsidRDefault="00CB53FD" w:rsidP="00047AFA">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="09F2E843" w14:textId="1070509F" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00CB53FD" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0032579A">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Current school placement remains appropriate</w:t>
             </w:r>
-            <w:r w:rsidR="00140513">
-[...14 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00140513" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- if seeking change from mainstream to special school give evidence </w:t>
+            </w:r>
+            <w:r w:rsidR="00985085" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidR="00140513" w:rsidRPr="00140513">
-              <w:rPr>
+            <w:r w:rsidR="00140513" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">f this need and any professionals recommendations. Also give evidence of the school’s graduated approach. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C50045" w14:textId="77777777" w:rsidR="00CB53FD" w:rsidRPr="0032579A" w:rsidRDefault="00845EA0" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="46C50045" w14:textId="77777777" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0032579A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA83E2C" w14:textId="44B9E902" w:rsidR="00CB53FD" w:rsidRPr="0032579A" w:rsidRDefault="00845EA0" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0EA83E2C" w14:textId="44B9E902" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00845EA0" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0032579A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:r w:rsidRPr="0032579A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(please state type of school requested</w:t>
             </w:r>
-            <w:r w:rsidR="00B53217">
-              <w:rPr>
+            <w:r w:rsidR="00B53217" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and include parental preferences</w:t>
             </w:r>
-            <w:r w:rsidRPr="0032579A">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6765CF0F" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6765CF0F" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47C571AD" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="47C571AD" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7CA6E405" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7CA6E405" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29867C6B" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="00047AFA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="29867C6B" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23DD2A3E" w14:textId="77777777" w:rsidR="00CB53FD" w:rsidRDefault="00CB53FD" w:rsidP="00047AFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="23DD2A3E" w14:textId="77777777" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00CB53FD" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045C6109" w14:textId="018257EF" w:rsidR="00EC7B9C" w:rsidRPr="004D1E4D" w:rsidRDefault="00985085" w:rsidP="00EC7B9C">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+    <w:p w14:paraId="76AA57D3" w14:textId="49480144" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00985085" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B53217">
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send this paperwork to the LA SEND Team </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00370E5B" w:rsidRPr="00370E5B">
+        <w:r w:rsidR="00370E5B" w:rsidRPr="00001C63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
             <w:b/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>sen@bristol.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00370E5B" w:rsidRPr="004D1E4D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidR="00370E5B" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E82FD5" w:rsidRPr="00B53217">
-        <w:rPr>
+      <w:r w:rsidR="00E82FD5" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">no later than 2 weeks after the </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00E82FD5" w:rsidRPr="00B53217">
-        <w:rPr>
+      <w:r w:rsidR="00E82FD5" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nnual </w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-        <w:rPr>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00E82FD5" w:rsidRPr="00B53217">
-        <w:rPr>
+      <w:r w:rsidR="00E82FD5" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eview date. </w:t>
       </w:r>
-      <w:r w:rsidR="00BF41D8" w:rsidRPr="00B53217">
-        <w:rPr>
+      <w:r w:rsidR="00BF41D8" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is a statutory requirement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76AA57D3" w14:textId="67033FC7" w:rsidR="00CB53FD" w:rsidRPr="00E82FD5" w:rsidRDefault="00CB53FD" w:rsidP="00047AFA">
-[...11 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E38561A" w14:textId="77777777" w:rsidR="00CB53FD" w:rsidRPr="00001C63" w:rsidRDefault="00CB53FD" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3178"/>
-        <w:gridCol w:w="7278"/>
+        <w:gridCol w:w="3180"/>
+        <w:gridCol w:w="7276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014397F" w:rsidRPr="001D26EE" w14:paraId="6A7FDAD2" w14:textId="77777777" w:rsidTr="00DE4822">
+      <w:tr w:rsidR="0014397F" w:rsidRPr="00001C63" w14:paraId="6A7FDAD2" w14:textId="77777777" w:rsidTr="00E906A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="024C1C29" w14:textId="77777777" w:rsidR="0014397F" w:rsidRPr="00EA54C2" w:rsidRDefault="00E624D4" w:rsidP="0013691D">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="024C1C29" w14:textId="77777777" w:rsidR="0014397F" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA54C2">
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature on behalf of </w:t>
             </w:r>
-            <w:r w:rsidR="0013691D">
-              <w:rPr>
+            <w:r w:rsidR="0013691D" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE0F5FC" w14:textId="77777777" w:rsidR="000E45B7" w:rsidRDefault="000E45B7" w:rsidP="0057764A">
-[...17 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3CE0F5FC" w14:textId="77777777" w:rsidR="000E45B7" w:rsidRPr="00001C63" w:rsidRDefault="000E45B7" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D499B05" w14:textId="77777777" w:rsidR="00E624D4" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BCCCA76" w14:textId="77777777" w:rsidR="00E624D4" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092191A" w:rsidRPr="001D26EE" w14:paraId="361F653E" w14:textId="77777777" w:rsidTr="00DE4822">
+      <w:tr w:rsidR="0092191A" w:rsidRPr="00001C63" w14:paraId="361F653E" w14:textId="77777777" w:rsidTr="00E906A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="45FA8ED8" w14:textId="77777777" w:rsidR="0092191A" w:rsidRPr="00EA54C2" w:rsidRDefault="0092191A" w:rsidP="0013691D">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="45FA8ED8" w14:textId="77777777" w:rsidR="0092191A" w:rsidRPr="00001C63" w:rsidRDefault="0092191A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3846C52B" w14:textId="77777777" w:rsidR="0092191A" w:rsidRDefault="0092191A" w:rsidP="0057764A">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3846C52B" w14:textId="77777777" w:rsidR="0092191A" w:rsidRPr="00001C63" w:rsidRDefault="0092191A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E06CE27" w14:textId="77777777" w:rsidR="0032579A" w:rsidRPr="00001C63" w:rsidRDefault="0032579A" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014397F" w:rsidRPr="001D26EE" w14:paraId="48B77C28" w14:textId="77777777" w:rsidTr="00DE4822">
+      <w:tr w:rsidR="0014397F" w:rsidRPr="00001C63" w14:paraId="48B77C28" w14:textId="77777777" w:rsidTr="00E906A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7BC267" w14:textId="77777777" w:rsidR="0014397F" w:rsidRDefault="00E624D4" w:rsidP="00E624D4">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6D7BC267" w14:textId="77777777" w:rsidR="0014397F" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="0092191A">
-              <w:rPr>
+            <w:r w:rsidR="0092191A" w:rsidRPr="00001C63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FDDE32D" w14:textId="77777777" w:rsidR="00E624D4" w:rsidRPr="00EA54C2" w:rsidRDefault="00E624D4" w:rsidP="00E624D4">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3FDDE32D" w14:textId="77777777" w:rsidR="00E624D4" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6115A2" w14:textId="77777777" w:rsidR="000E45B7" w:rsidRDefault="000E45B7" w:rsidP="0057764A">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3E6115A2" w14:textId="77777777" w:rsidR="000E45B7" w:rsidRPr="00001C63" w:rsidRDefault="000E45B7" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D87AAFD" w14:textId="77777777" w:rsidR="00E624D4" w:rsidRPr="00001C63" w:rsidRDefault="00E624D4" w:rsidP="00001C63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E6E329B" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="006106F4" w:rsidRDefault="006106F4" w:rsidP="006106F4">
+    <w:p w14:paraId="7E6E329B" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="649867CE" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="006106F4" w:rsidRDefault="006106F4" w:rsidP="006106F4">
+    <w:p w14:paraId="649867CE" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Headteacher’s Signature…………………………………………….</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>….Date</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>….……...…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D341A5" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="006106F4" w:rsidRDefault="006106F4" w:rsidP="006106F4">
+    <w:p w14:paraId="45D341A5" w14:textId="77777777" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="548A41CA" w14:textId="65158180" w:rsidR="006106F4" w:rsidRPr="006106F4" w:rsidRDefault="006106F4" w:rsidP="006106F4">
+    <w:p w14:paraId="548A41CA" w14:textId="65158180" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Parent/Carer signature…………………………………………...</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00055FAB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00055FAB" w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006106F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Date…..………..</w:t>
+        <w:t>Date</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="12F6A248" w14:textId="216D538A" w:rsidR="006106F4" w:rsidRDefault="006106F4" w:rsidP="0032579A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="570ABCF8" w14:textId="138BE59C" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="006106F4" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F6A248" w14:textId="78F45747" w:rsidR="006106F4" w:rsidRPr="00001C63" w:rsidRDefault="0011589D" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00001C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42A2E29C" wp14:editId="3F44AFD0">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660292" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F1B799D" wp14:editId="1BEAD565">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>28575</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-102870</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4055745" cy="673735"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 8" descr="Local Offer Email Footer (2)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4579622" cy="762000"/>
+                      <a:ext cx="4055745" cy="673735"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C179D6" w:rsidSect="004616D4">
+    <w:p w14:paraId="7A2A9FE8" w14:textId="7F7FA95B" w:rsidR="00C179D6" w:rsidRPr="00001C63" w:rsidRDefault="00C179D6" w:rsidP="00001C63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C179D6" w:rsidRPr="00001C63" w:rsidSect="004616D4">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
-      <w:footerReference w:type="default" r:id="rId16"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30C3EE1E" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972" w:rsidP="00643C9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="048B0BED" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972" w:rsidP="00643C9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0ECB51B8" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11AF13C8" w14:textId="0CF8B87C" w:rsidR="00001C63" w:rsidRDefault="00001C63">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-    </w:sdtEndPr>
-[...38 lines deleted...]
-  </w:sdt>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660291" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CCA2E3C" wp14:editId="11D36CE6">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="362680346" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6187E352" w14:textId="3528BAA0" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00001C63">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3CCA2E3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:27.2pt;z-index:251660291;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCts1TiFAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgMNaIULFWTJNQ&#10;W4lOfTaOTSLZPss2JOyv39khsHV9qvbinO8u9+P7Pi9uO63IUTjfgCnpeJRTIgyHqjH7kv58Xn/6&#10;SokPzFRMgRElPQlPb5cfPyxaW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3T6rHGux&#10;ulbZJM+/ZC24yjrgwnv03vdBukz1pRQ8PErpRSCqpDhbSKdL5y6e2XLBir1jtm74eQz2jik0aww2&#10;vZS6Z4GRg2v+KaUb7sCDDCMOOgMpGy7SDrjNOH+1zbZmVqRdEBxvLzD5/1eWPxy39smR0H2DDgmM&#10;gLTWFx6dcZ9OOh2/OCnBOEJ4usAmukA4OufzyfxmRgnH0OfpbDpNsGbXn63z4bsATaJRUoesJLDY&#10;ceMDNsTUISX2MrBulErMKPOXAxOjJ7tOGK3Q7TrSVCWdDNPvoDrhUg56vr3l6wZbb5gPT8whwbgH&#10;ijY84iEVtCWFs0VJDe7XW/6Yj7hjlJIWBVNSg4qmRP0wyMdkNs3zKLB0Q8MNxi4Z45t8FuPmoO8A&#10;tTjGZ2F5MmNyUIMpHegX1PQqdsMQMxx7lnQ3mHehly++CS5Wq5SEWrIsbMzW8lg6YhYBfe5emLNn&#10;1APS9QCDpFjxCvw+N/7p7eoQkILETMS3R/MMO+owEXZ+M1Hof95T1vVlL38DAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDLWvwc2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOo&#10;BBTiVFX5Ua8EJDhu4m0cNV6nsduGt8ftBS4rjWY0822xnGwvjjT6zrGC+SwBQdw43XGr4PPj9e4R&#10;hA/IGnvHpOCHPCzL66sCc+1O/E7HKrQilrDPUYEJYcil9I0hi37mBuLobd1oMUQ5tlKPeIrltpdp&#10;kmTSYsdxweBAa0PNrjpYBdnz28oMX9n3fpv6ja/dLlTuRanbm2n1BCLQFP7CcMaP6FBGptodWHvR&#10;K4iPhMs9e+n8AUSt4H6xAFkW8j98+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCts1Ti&#10;FAIAACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDL&#10;Wvwc2gAAAAQBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="6187E352" w14:textId="3528BAA0" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00001C63">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34521010" w14:textId="3A963163" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="002B22BE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="right" w:pos="10348"/>
+      </w:tabs>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3485"/>
       <w:gridCol w:w="3485"/>
       <w:gridCol w:w="3485"/>
     </w:tblGrid>
     <w:tr w:rsidR="7A2A246B" w14:paraId="10C7778E" w14:textId="77777777" w:rsidTr="7A2A246B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3485" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="29B58B36" w14:textId="1442185B" w:rsidR="7A2A246B" w:rsidRDefault="7A2A246B" w:rsidP="7A2A246B">
+        <w:p w14:paraId="29B58B36" w14:textId="215A9CB9" w:rsidR="7A2A246B" w:rsidRDefault="00001C63" w:rsidP="7A2A246B">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <mc:AlternateContent>
+              <mc:Choice Requires="wps">
+                <w:drawing>
+                  <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659267" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C3B1D68" wp14:editId="067A4660">
+                    <wp:simplePos x="635" y="635"/>
+                    <wp:positionH relativeFrom="page">
+                      <wp:align>left</wp:align>
+                    </wp:positionH>
+                    <wp:positionV relativeFrom="page">
+                      <wp:align>bottom</wp:align>
+                    </wp:positionV>
+                    <wp:extent cx="772795" cy="345440"/>
+                    <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                    <wp:wrapNone/>
+                    <wp:docPr id="229061057" name="Text Box 1" descr="OFFICIAL">
+                      <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                          <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                        </a:ext>
+                      </a:extLst>
+                    </wp:docPr>
+                    <wp:cNvGraphicFramePr/>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                        <wps:wsp>
+                          <wps:cNvSpPr txBox="1"/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="772795" cy="345440"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="3AA22BCB" w14:textId="7A76DED0" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+                                <w:pPr>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                                    <w:noProof/>
+                                    <w:color w:val="000000"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00001C63">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                                    <w:noProof/>
+                                    <w:color w:val="000000"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t>OFFICIAL</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:spAutoFit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:anchor>
+                </w:drawing>
+              </mc:Choice>
+              <mc:Fallback>
+                <w:pict>
+                  <v:shapetype w14:anchorId="2C3B1D68" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="Text Box 1" o:spid="_x0000_s1039" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:60.85pt;height:27.2pt;z-index:251659267;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8JaegEgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgMNqIULFWTJNQ&#10;W4lOfXYcm0SyfZZtSNhfv7Mh0HV7mvbinO8u9+P7Pi/ueq3IQTjfginpeJRTIgyHujW7kv54WX+6&#10;ocQHZmqmwIiSHoWnd8uPHxadLcQEGlC1cASLGF90tqRNCLbIMs8boZkfgRUGgxKcZgGvbpfVjnVY&#10;Xatskudfsg5cbR1w4T16H05Bukz1pRQ8PEnpRSCqpDhbSKdLZxXPbLlgxc4x27T8PAb7hyk0aw02&#10;vZR6YIGRvWv/KKVb7sCDDCMOOgMpWy7SDrjNOH+3zbZhVqRdEBxvLzD5/1eWPx629tmR0H+FHgmM&#10;gHTWFx6dcZ9eOh2/OCnBOEJ4vMAm+kA4Oufzyfx2RgnH0OfpbDpNsGbXn63z4ZsATaJRUoesJLDY&#10;YeMDNsTUISX2MrBulUrMKPObAxOjJ7tOGK3QVz1p6zfTV1AfcSkHJ7695esWW2+YD8/MIcG4B4o2&#10;POEhFXQlhbNFSQPu59/8MR9xxyglHQqmpAYVTYn6bpCPyWya51Fg6YaGG4wqGePbfBbjZq/vAbU4&#10;xmdheTJjclCDKR3oV9T0KnbDEDMce5a0Gsz7cJIvvgkuVquUhFqyLGzM1vJYOmIWAX3pX5mzZ9QD&#10;0vUIg6RY8Q78U27809vVPiAFiZmI7wnNM+yow0TY+c1Eob+9p6zry17+AgAA//8DAFBLAwQUAAYA&#10;CAAAACEAy1r8HNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTqAQU&#10;4lRV+VGvBCQ4buJtHDVep7HbhrfH7QUuK41mNPNtsZxsL440+s6xgvksAUHcON1xq+Dz4/XuEYQP&#10;yBp7x6Tghzwsy+urAnPtTvxOxyq0Ipawz1GBCWHIpfSNIYt+5gbi6G3daDFEObZSj3iK5baXaZJk&#10;0mLHccHgQGtDza46WAXZ89vKDF/Z936b+o2v3S5U7kWp25tp9QQi0BT+wnDGj+hQRqbaHVh70SuI&#10;j4TLPXvp/AFEreB+sQBZFvI/fPkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/CWnoBIC&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAy1r8&#10;HNoAAAAEAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:fill o:detectmouseclick="t"/>
+                    <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                      <w:txbxContent>
+                        <w:p w14:paraId="3AA22BCB" w14:textId="7A76DED0" w:rsidR="00001C63" w:rsidRPr="00001C63" w:rsidRDefault="00001C63" w:rsidP="00001C63">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00001C63">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                    <w10:wrap anchorx="page" anchory="page"/>
+                  </v:shape>
+                </w:pict>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3485" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="415E35B0" w14:textId="47901918" w:rsidR="7A2A246B" w:rsidRDefault="7A2A246B" w:rsidP="7A2A246B">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3485" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7BD5EA03" w14:textId="622C5048" w:rsidR="7A2A246B" w:rsidRDefault="7A2A246B" w:rsidP="7A2A246B">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="011EC3F6" w14:textId="21196D74" w:rsidR="7A2A246B" w:rsidRDefault="7A2A246B" w:rsidP="7A2A246B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="068A80ED" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972" w:rsidP="00643C9E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="04A82FC1" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972" w:rsidP="00643C9E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0A799E15" w14:textId="77777777" w:rsidR="00DF6972" w:rsidRDefault="00DF6972"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="103D5BE0" w14:textId="77777777" w:rsidR="00ED3B2E" w:rsidRDefault="000F36ED">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="103D5BE0" w14:textId="77777777" w:rsidR="00ED3B2E" w:rsidRDefault="0011589D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="7F839B1A">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject12897586" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:599.4pt;height:138.3pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="ANNUAL REVIEW"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4D49C305" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00C70057" w:rsidRDefault="000F36ED" w:rsidP="00C70057">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D49C305" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00C70057" w:rsidRDefault="0011589D" w:rsidP="00C70057">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2749"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="76E243B5">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
@@ -7960,51 +8344,51 @@
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject12897587" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:599.4pt;height:138.3pt;rotation:315;z-index:-251658237;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="ANNUAL REVIEW"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="0014322A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">                                      </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4AE6E6C2" w14:textId="0F35F0D9" w:rsidR="0014322A" w:rsidRPr="00AA236D" w:rsidRDefault="00B07C69" w:rsidP="00C022A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2749"/>
         <w:tab w:val="left" w:pos="8616"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AA236D">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -8029,141 +8413,123 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4267200" cy="1280160"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5EDAC2DF" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00AA58E3" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                        <w:p w14:paraId="5EDAC2DF" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00AA58E3">
+                          <w:r w:rsidRPr="00001C63">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                             <w:t>Record of</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0972C17A" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                        <w:p w14:paraId="0972C17A" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00001C63">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
-                            <w:t>Annual</w:t>
-[...17 lines deleted...]
-                            <w:t>of EHCP</w:t>
+                            <w:t>Annual Review of EHCP</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="12751E58" w14:textId="4FF33C71" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                        <w:p w14:paraId="12751E58" w14:textId="4FF33C71" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00AA58E3">
+                          <w:r w:rsidRPr="00001C63">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                             <w:t>Meeting</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="725921E0" w14:textId="77777777" w:rsidR="001A1730" w:rsidRPr="001A1730" w:rsidRDefault="001A1730" w:rsidP="001A1730">
+                        <w:p w14:paraId="725921E0" w14:textId="77777777" w:rsidR="001A1730" w:rsidRPr="00001C63" w:rsidRDefault="001A1730" w:rsidP="001A1730">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:eastAsia="en-GB"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="001A1730">
+                          <w:r w:rsidRPr="00001C63">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:eastAsia="en-GB"/>
                             </w:rPr>
                             <w:t>SEND Assessment, Planning and Review Team</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="4162A42D" w14:textId="77777777" w:rsidR="001A1730" w:rsidRDefault="001A1730" w:rsidP="0013691D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
                               <w:szCs w:val="40"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w14:paraId="30EB1484" w14:textId="457ED71B" w:rsidR="00EC7B9C" w:rsidRDefault="00EC7B9C" w:rsidP="0013691D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="40"/>
@@ -8194,144 +8560,126 @@
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4971954F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:93.65pt;margin-top:-18.6pt;width:336pt;height:100.8pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj/w9MIQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813up7Tgrr6PUqatK&#10;6UVK+gEsy3pRgaGAvZt+fQfWcaz0rSoPCJjhcObMYX0zakWOwnkJpqbFLKdEGA6tNPua/njcvVtR&#10;4gMzLVNgRE2fhKc3m7dv1oOtRAk9qFY4giDGV4OtaR+CrbLM815o5mdghcFgB06zgFu3z1rHBkTX&#10;KivzfJkN4FrrgAvv8fRuCtJNwu86wcO3rvMiEFVT5BbS7NLcxDnbrFm1d8z2kp9osH9goZk0+OgZ&#10;6o4FRg5O/gWlJXfgoQszDjqDrpNcpBqwmiJ/Vc1Dz6xItaA43p5l8v8Pln89fndEtjV9n19RYpjG&#10;Jj2KMZAPMJIy6jNYX2Hag8XEMOIx9jnV6u098J+eGNj2zOzFrXMw9IK1yK+IN7OLqxOOjyDN8AVa&#10;fIYdAiSgsXM6iodyEETHPj2dexOpcDycl8srbDglHGNFucqLZepexqrn69b58EmAJnFRU4fNT/Ds&#10;eO9DpMOq55T4mgcl251UKm3cvtkqR44MjbJLI1XwKk0ZMtT0elEuErKBeD95SMuARlZS13SVxzFZ&#10;K8rx0bQpJTCppjUyUeakT5RkEieMzYiJUbQG2idUysFkWPxguOjB/aZkQLPW1P86MCcoUZ8Nqn1d&#10;zOfR3WkzX6BQlLjLSHMZYYYjVE0DJdNyG9KPiDoYuMWudDLp9cLkxBVNmGQ8fZjo8st9ynr51ps/&#10;AAAA//8DAFBLAwQUAAYACAAAACEA3wC12N8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIXFDr0KZJGuJUgATi2tIPcOJtEhGvo9ht0r9nOdHj7DzNzhS72fbigqPvHCl4XkYg&#10;kGpnOmoUHL8/FhkIHzQZ3TtCBVf0sCvv7wqdGzfRHi+H0AgOIZ9rBW0IQy6lr1u02i/dgMTeyY1W&#10;B5ZjI82oJw63vVxFUSKt7og/tHrA9xbrn8PZKjh9TU+b7VR9hmO6j5M33aWVuyr1+DC/voAIOId/&#10;GP7qc3UouVPlzmS86Fln6ZpRBYt1ugLBRLbZ8qViK4ljkGUhbzeUvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDj/w9MIQIAAB4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDfALXY3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
+            <v:shape id="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:93.65pt;margin-top:-18.6pt;width:336pt;height:100.8pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8WR/SDQIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DJEuNOEWXLsOA&#10;rhvQ7QNkWY6FyaJGKbGzrx8lp2nQ3YbpIJAi9UQ+Pq1vh86wo0KvwZY8n0w5U1ZCre2+5D++796t&#10;OPNB2FoYsKrkJ+X57ebtm3XvCjWDFkytkBGI9UXvSt6G4Ios87JVnfATcMpSsAHsRCAX91mNoif0&#10;zmSz6XSZ9YC1Q5DKezq9H4N8k/CbRsnwtWm8CsyUnGoLace0V3HPNmtR7FG4VstzGeIfquiEtvTo&#10;BepeBMEOqP+C6rRE8NCEiYQug6bRUqUeqJt8+qqbp1Y4lXohcry70OT/H6x8PD65b8jC8AEGGmBq&#10;wrsHkD89s7Bthd2rO0ToWyVqejiPlGW988X5aqTaFz6CVP0XqGnI4hAgAQ0NdpEV6pMROg3gdCFd&#10;DYFJOpzPlu9pkpxJiuWz1TRfprFkoni+7tCHTwo6Fo2SI001wYvjgw+xHFE8p8TXPBhd77QxycF9&#10;tTXIjoIUsEsrdfAqzVjWl/xmMVskZAvxfhJHpwMp1Oiu5KtpXKNmIh0fbZ1SgtBmtKkSY8/8REpG&#10;csJQDZQYeaqgPhFTCKMS6eeQ0QL+5qwnFZbc/zoIVJyZz5bYvsnn8yjb5MwXRBRneB2priPCSoIq&#10;eeBsNLchST3yYOGOptLoxNdLJedaSV2JxvNPiPK99lPWy3/d/AEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AN8AtdjfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ69CmSRriVIAE&#10;4trSD3DibRIRr6PYbdK/ZznR4+w8zc4Uu9n24oKj7xwpeF5GIJBqZzpqFBy/PxYZCB80Gd07QgVX&#10;9LAr7+8KnRs30R4vh9AIDiGfawVtCEMupa9btNov3YDE3smNVgeWYyPNqCcOt71cRVEire6IP7R6&#10;wPcW65/D2So4fU1Pm+1UfYZjuo+TN92llbsq9fgwv76ACDiHfxj+6nN1KLlT5c5kvOhZZ+maUQWL&#10;dboCwUS22fKlYiuJY5BlIW83lL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPFkf0g0C&#10;AAD3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3wC1&#10;2N8AAAALAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5EDAC2DF" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00AA58E3" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                  <w:p w14:paraId="5EDAC2DF" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00AA58E3">
+                    <w:r w:rsidRPr="00001C63">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                       <w:t>Record of</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0972C17A" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                  <w:p w14:paraId="0972C17A" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00001C63">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
-                      <w:t>Annual</w:t>
-[...17 lines deleted...]
-                      <w:t>of EHCP</w:t>
+                      <w:t>Annual Review of EHCP</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="12751E58" w14:textId="4FF33C71" w:rsidR="0014322A" w:rsidRDefault="0014322A" w:rsidP="0013691D">
+                  <w:p w14:paraId="12751E58" w14:textId="4FF33C71" w:rsidR="0014322A" w:rsidRPr="00001C63" w:rsidRDefault="0014322A" w:rsidP="0013691D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00AA58E3">
+                    <w:r w:rsidRPr="00001C63">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                       <w:t>Meeting</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="725921E0" w14:textId="77777777" w:rsidR="001A1730" w:rsidRPr="001A1730" w:rsidRDefault="001A1730" w:rsidP="001A1730">
+                  <w:p w14:paraId="725921E0" w14:textId="77777777" w:rsidR="001A1730" w:rsidRPr="00001C63" w:rsidRDefault="001A1730" w:rsidP="001A1730">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:eastAsia="en-GB"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="001A1730">
+                    <w:r w:rsidRPr="00001C63">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:eastAsia="en-GB"/>
                       </w:rPr>
                       <w:t>SEND Assessment, Planning and Review Team</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="4162A42D" w14:textId="77777777" w:rsidR="001A1730" w:rsidRDefault="001A1730" w:rsidP="0013691D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="30EB1484" w14:textId="457ED71B" w:rsidR="00EC7B9C" w:rsidRDefault="00EC7B9C" w:rsidP="0013691D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
@@ -8346,51 +8694,51 @@
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="23A23CF5" w14:textId="77777777" w:rsidR="0014322A" w:rsidRPr="00AA58E3" w:rsidRDefault="0014322A" w:rsidP="00AA236D">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:i/>
                         <w:sz w:val="40"/>
                         <w:szCs w:val="40"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="000F36ED">
+    <w:r w:rsidR="0011589D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="614C5BFB">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
@@ -8527,51 +8875,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="172F712D" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6575CB7B" w14:textId="77777777" w:rsidR="0014322A" w:rsidRDefault="0014322A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E102257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B686ACBE"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11210,196 +11558,198 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="793911272">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="22944346">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1042364846">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1845394954">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="128482070">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="387463360">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="18548794">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2080056059">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="984816076">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1542015610">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="370348390">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="63384174">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1920168576">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2103868871">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1666471400">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1436974672">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1457018502">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1402555899">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="185487590">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1205367631">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="452595658">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="109402164">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1942028623">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="120803094">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="322975023">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A3AFF"/>
     <w:rsid w:val="000005FB"/>
     <w:rsid w:val="00000877"/>
+    <w:rsid w:val="00001C63"/>
     <w:rsid w:val="000113EB"/>
     <w:rsid w:val="00013CDB"/>
     <w:rsid w:val="000179CE"/>
     <w:rsid w:val="0002011F"/>
     <w:rsid w:val="000215DE"/>
     <w:rsid w:val="00030386"/>
     <w:rsid w:val="00034E56"/>
     <w:rsid w:val="00047AFA"/>
     <w:rsid w:val="000536A5"/>
     <w:rsid w:val="000552BF"/>
     <w:rsid w:val="00055FAB"/>
     <w:rsid w:val="00056620"/>
     <w:rsid w:val="0005665D"/>
     <w:rsid w:val="00066B6C"/>
     <w:rsid w:val="00067B36"/>
     <w:rsid w:val="0007259E"/>
     <w:rsid w:val="000727A1"/>
     <w:rsid w:val="000921D1"/>
     <w:rsid w:val="000929CA"/>
     <w:rsid w:val="0009646A"/>
     <w:rsid w:val="000A01DF"/>
     <w:rsid w:val="000B1DBC"/>
     <w:rsid w:val="000C0B18"/>
     <w:rsid w:val="000C4F81"/>
     <w:rsid w:val="000C7EB7"/>
     <w:rsid w:val="000D3521"/>
     <w:rsid w:val="000E3403"/>
     <w:rsid w:val="000E3A5C"/>
     <w:rsid w:val="000E3C6E"/>
     <w:rsid w:val="000E45B7"/>
     <w:rsid w:val="000F255C"/>
     <w:rsid w:val="000F36ED"/>
     <w:rsid w:val="0010124C"/>
     <w:rsid w:val="00106BB3"/>
+    <w:rsid w:val="0011589D"/>
     <w:rsid w:val="00116408"/>
     <w:rsid w:val="00122B19"/>
     <w:rsid w:val="0013691D"/>
     <w:rsid w:val="00140513"/>
     <w:rsid w:val="00142F6E"/>
     <w:rsid w:val="0014322A"/>
     <w:rsid w:val="0014397F"/>
     <w:rsid w:val="00144054"/>
     <w:rsid w:val="001464D8"/>
     <w:rsid w:val="001476DB"/>
     <w:rsid w:val="001511B7"/>
     <w:rsid w:val="00153E93"/>
     <w:rsid w:val="0015719B"/>
     <w:rsid w:val="00162694"/>
     <w:rsid w:val="001935F7"/>
     <w:rsid w:val="00193FF7"/>
     <w:rsid w:val="001973FF"/>
     <w:rsid w:val="001A1730"/>
     <w:rsid w:val="001A400A"/>
     <w:rsid w:val="001B6CBA"/>
     <w:rsid w:val="001C467B"/>
     <w:rsid w:val="001D001F"/>
     <w:rsid w:val="001D26EE"/>
     <w:rsid w:val="001E1315"/>
     <w:rsid w:val="001E1FAD"/>
@@ -11628,50 +11978,51 @@
     <w:rsid w:val="00A13C63"/>
     <w:rsid w:val="00A17A62"/>
     <w:rsid w:val="00A21231"/>
     <w:rsid w:val="00A26FA8"/>
     <w:rsid w:val="00A3569C"/>
     <w:rsid w:val="00A40FC2"/>
     <w:rsid w:val="00A41B5A"/>
     <w:rsid w:val="00A4359C"/>
     <w:rsid w:val="00A53BF9"/>
     <w:rsid w:val="00A53D93"/>
     <w:rsid w:val="00A54603"/>
     <w:rsid w:val="00A54E53"/>
     <w:rsid w:val="00A65618"/>
     <w:rsid w:val="00A80638"/>
     <w:rsid w:val="00A82B48"/>
     <w:rsid w:val="00A82F7A"/>
     <w:rsid w:val="00A8337B"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA236D"/>
     <w:rsid w:val="00AA4263"/>
     <w:rsid w:val="00AA58E3"/>
     <w:rsid w:val="00AA65E1"/>
     <w:rsid w:val="00AB3F06"/>
     <w:rsid w:val="00AB4E5D"/>
     <w:rsid w:val="00AC0933"/>
+    <w:rsid w:val="00AD058A"/>
     <w:rsid w:val="00AD50A1"/>
     <w:rsid w:val="00AD591F"/>
     <w:rsid w:val="00AD60BD"/>
     <w:rsid w:val="00AE0E66"/>
     <w:rsid w:val="00AE3BB9"/>
     <w:rsid w:val="00B0218C"/>
     <w:rsid w:val="00B0248D"/>
     <w:rsid w:val="00B07C69"/>
     <w:rsid w:val="00B120C5"/>
     <w:rsid w:val="00B127F7"/>
     <w:rsid w:val="00B1653E"/>
     <w:rsid w:val="00B2183F"/>
     <w:rsid w:val="00B2634E"/>
     <w:rsid w:val="00B300BD"/>
     <w:rsid w:val="00B359FA"/>
     <w:rsid w:val="00B36C06"/>
     <w:rsid w:val="00B407E0"/>
     <w:rsid w:val="00B45CC8"/>
     <w:rsid w:val="00B51BB3"/>
     <w:rsid w:val="00B53217"/>
     <w:rsid w:val="00B6038D"/>
     <w:rsid w:val="00B64A46"/>
     <w:rsid w:val="00B80D5E"/>
     <w:rsid w:val="00B870BA"/>
     <w:rsid w:val="00B93AA4"/>
@@ -11741,50 +12092,51 @@
     <w:rsid w:val="00DE27AC"/>
     <w:rsid w:val="00DE4822"/>
     <w:rsid w:val="00DE7077"/>
     <w:rsid w:val="00DF0A6F"/>
     <w:rsid w:val="00DF457A"/>
     <w:rsid w:val="00DF66E9"/>
     <w:rsid w:val="00DF6972"/>
     <w:rsid w:val="00DF6DD4"/>
     <w:rsid w:val="00E104AB"/>
     <w:rsid w:val="00E10C07"/>
     <w:rsid w:val="00E23DD2"/>
     <w:rsid w:val="00E25D0F"/>
     <w:rsid w:val="00E31B8B"/>
     <w:rsid w:val="00E4226E"/>
     <w:rsid w:val="00E50D44"/>
     <w:rsid w:val="00E57E50"/>
     <w:rsid w:val="00E624D4"/>
     <w:rsid w:val="00E675D4"/>
     <w:rsid w:val="00E71621"/>
     <w:rsid w:val="00E718CC"/>
     <w:rsid w:val="00E7241C"/>
     <w:rsid w:val="00E748B5"/>
     <w:rsid w:val="00E75978"/>
     <w:rsid w:val="00E82FD5"/>
     <w:rsid w:val="00E837D8"/>
+    <w:rsid w:val="00E906A0"/>
     <w:rsid w:val="00E93318"/>
     <w:rsid w:val="00E93B80"/>
     <w:rsid w:val="00E93CA7"/>
     <w:rsid w:val="00EA16C5"/>
     <w:rsid w:val="00EA54C2"/>
     <w:rsid w:val="00EA56C1"/>
     <w:rsid w:val="00EA65F4"/>
     <w:rsid w:val="00EB0D5C"/>
     <w:rsid w:val="00EB6B8D"/>
     <w:rsid w:val="00EC1928"/>
     <w:rsid w:val="00EC7B9C"/>
     <w:rsid w:val="00EC7D2E"/>
     <w:rsid w:val="00ED3B2E"/>
     <w:rsid w:val="00ED3B52"/>
     <w:rsid w:val="00EF4705"/>
     <w:rsid w:val="00EF70A8"/>
     <w:rsid w:val="00EF76DB"/>
     <w:rsid w:val="00F03019"/>
     <w:rsid w:val="00F05993"/>
     <w:rsid w:val="00F20A82"/>
     <w:rsid w:val="00F36E9D"/>
     <w:rsid w:val="00F40ECA"/>
     <w:rsid w:val="00F41DE1"/>
     <w:rsid w:val="00F52726"/>
     <w:rsid w:val="00F52C85"/>
@@ -11824,51 +12176,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3461E9C3"/>
   <w15:docId w15:val="{13ED671A-CE73-4C58-A212-CA6973337D43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12421,73 +12773,73 @@
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:locked/>
     <w:rsid w:val="00F52C85"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="326179831">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sen@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sen@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sen@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sen@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image004.jpg@01D714BA.87F4F810" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12752,56 +13104,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="0226af06-8101-4749-bd02-74be6d011d09">
+      <UserInfo>
+        <DisplayName>Catriona Alexander</DisplayName>
+        <AccountId>56</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100525478DB2BC825478F29965040857851" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ef62d15b6f6240115afed5a4480c4d3c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="34da8131-f781-43db-ae83-8a64f2bd2492" xmlns:ns3="0226af06-8101-4749-bd02-74be6d011d09" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5e5e989c8c2b83d67582e73d622297f7" ns2:_="" ns3:_="">
     <xsd:import namespace="34da8131-f781-43db-ae83-8a64f2bd2492"/>
     <xsd:import namespace="0226af06-8101-4749-bd02-74be6d011d09"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
@@ -12972,144 +13329,172 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C069297-921E-4F9E-9CDC-36D185A0EA23}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACE5F32-9D9E-49A1-93CE-EAA46E1A30FE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0226af06-8101-4749-bd02-74be6d011d09"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838FA0F1-E5B7-4FBB-8F29-A2A64F94BAD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="34da8131-f781-43db-ae83-8a64f2bd2492"/>
     <ds:schemaRef ds:uri="0226af06-8101-4749-bd02-74be6d011d09"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACE5F32-9D9E-49A1-93CE-EAA46E1A30FE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C069297-921E-4F9E-9CDC-36D185A0EA23}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="0226af06-8101-4749-bd02-74be6d011d09"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4B1A349-6809-474D-A911-5FFDA38FA0F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6342</Characters>
+  <Pages>6</Pages>
+  <Words>1163</Words>
+  <Characters>6285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>369</Lines>
+  <Paragraphs>155</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bristol City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7440</CharactersWithSpaces>
+  <CharactersWithSpaces>7293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mary Taylor</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100525478DB2BC825478F29965040857851</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>da731c1,159e101a,67703b6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2026-01-14T15:23:43Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>f41267f3-a39b-4e28-8f9c-f48bdbc05c5b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>