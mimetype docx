--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,3164 +1,2959 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="461C074B" w14:textId="38A11A3E" w:rsidR="3851395F" w:rsidRDefault="3851395F" w:rsidP="298F02A5">
+    <w:p w:rsidR="3851395F" w:rsidP="1A69CC4F" w:rsidRDefault="3851395F" w14:paraId="461C074B" w14:textId="38A11A3E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55058E7F" wp14:editId="0F0B0BFF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55058E7F" wp14:editId="7C196C8E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1371600" cy="769775"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2052713503" name="Picture 2052713503" descr="Picture 2, Picture"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1371600" cy="769775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="298F02A5">
+      <w:r w:rsidRPr="17454768" w:rsidR="3851395F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="C00000" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General Risk Assessment – relevant to any outdoor park activity</w:t>
       </w:r>
-      <w:r w:rsidR="415F3A42" w:rsidRPr="298F02A5">
+      <w:r w:rsidRPr="17454768" w:rsidR="415F3A42">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="C00000" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="253F719F" w:rsidR="415F3A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeTint="FF" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A69CC4F" w:rsidR="415F3A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                           </w:t>
+        <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="298F02A5">
+      <w:r w:rsidRPr="1A69CC4F" w:rsidR="3851395F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Bristol Parks and Green Spaces Volunteer Programme</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF87AF5" w14:textId="420C8712" w:rsidR="3851395F" w:rsidRDefault="427F07DB" w:rsidP="298F02A5">
+    <w:p w:rsidR="3851395F" w:rsidP="298F02A5" w:rsidRDefault="427F07DB" w14:paraId="0FF87AF5" w14:textId="420C8712">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="298F02A5">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Prepared by: Bristol Parks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3A5991" w14:textId="22DA8DDA" w:rsidR="3851395F" w:rsidRDefault="427F07DB" w:rsidP="298F02A5">
+    <w:p w:rsidR="3851395F" w:rsidP="298F02A5" w:rsidRDefault="427F07DB" w14:paraId="4A3A5991" w14:textId="25434C2C">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="298F02A5">
+      <w:r w:rsidRPr="253F719F" w:rsidR="427F07DB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Date: July 2025</w:t>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="253F719F" w:rsidR="78A8CFC8">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Feb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="253F719F" w:rsidR="427F07DB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="253F719F" w:rsidR="20ECDA39">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="6735"/>
         <w:gridCol w:w="870"/>
         <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="298F02A5" w14:paraId="0F5293B4" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="0F5293B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5094A9B9" w14:textId="38F6DEFC" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5094A9B9" w14:textId="38F6DEFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Hazard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="228881FE" w14:textId="6D2C0647" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="228881FE" w14:textId="6D2C0647">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Possible Outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38A5A90F" w14:textId="490CC628" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="38A5A90F" w14:textId="490CC628">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Who is at risk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E4A8045" w14:textId="3BE24EE3" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6E4A8045" w14:textId="3BE24EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Control measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C20DA23" w14:textId="584B678D" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5C20DA23" w14:textId="584B678D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Risk rating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="465FD3BE" w14:textId="495FA00C" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="465FD3BE" w14:textId="495FA00C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Person responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="02C8A551" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="02C8A551" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="675D3EDD" w14:textId="5388BEB7" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="675D3EDD" w14:textId="5388BEB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Group size – more than 1 participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-            <w:r>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="631F989C" w14:textId="4545D65E">
+            <w:r w:rsidR="298F02A5">
+              <w:rPr/>
               <w:t>Hard to</w:t>
             </w:r>
             <w:r w:rsidR="29AE5BE8">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve">safety </w:t>
+            <w:r w:rsidR="298F02A5">
+              <w:rPr/>
+              <w:t>safe</w:t>
+            </w:r>
+            <w:r w:rsidR="07AD3EE5">
+              <w:rPr/>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="298F02A5">
+              <w:rPr/>
+              <w:t xml:space="preserve">y </w:t>
             </w:r>
             <w:r w:rsidR="56AB591E">
+              <w:rPr/>
               <w:t>monitor</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="298F02A5">
+              <w:rPr/>
               <w:t xml:space="preserve"> larger groups leading to incorrect use of tools and injury. Volunteers getting lost </w:t>
             </w:r>
             <w:r w:rsidR="6EDF0086">
+              <w:rPr/>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="298F02A5">
+              <w:rPr/>
               <w:t>straying into unknown areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="61B7FFE8" w14:textId="58A6D1FB" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="61B7FFE8" w14:textId="58A6D1FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="15291B94" w14:textId="0E0D80E8" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="15291B94" w14:textId="41ED747F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Have at least 1 trained leader per 12 volunteers</w:t>
             </w:r>
-            <w:r w:rsidR="4B1296CE" w:rsidRPr="298F02A5">
+            <w:r w:rsidRPr="298F02A5" w:rsidR="4B1296CE">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>. A</w:t>
             </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>im for 2 trained leaders / co-leaders with any group size. Refer to activity risk assessments and your site</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="45BC089C" w:rsidRPr="298F02A5">
+              <w:t>im for 2 trained leaders / co-leaders with any group size.  Refer to activity risk assessments and your site</w:t>
+            </w:r>
+            <w:r w:rsidRPr="298F02A5" w:rsidR="45BC089C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>specific risk assessment for adjusted safer ratios (for example, scything guidance maximum 6 per trained leader). Have charged mobile phone. Leaders and helpers swap phone numbers. Leaders consider wearing a high visibility vest to identify yourself.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="43870815" w14:textId="130E9F85" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="43870815" w14:textId="130E9F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="27AD6B69" w14:textId="79C25592" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="27AD6B69" w14:textId="79C25592">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16BFE486" w14:textId="08A3AE44" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="16BFE486" w14:textId="08A3AE44">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="45CEA491" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="45CEA491" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5ADFA7DD" w14:textId="56FC355A" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5ADFA7DD" w14:textId="56FC355A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Group size – 1 volunteer (plus lead)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="04B164B1" w14:textId="0D0F7820" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="04B164B1" w14:textId="0D0F7820">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">An accident or incident could occur and there might be no one to witness or help. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7E5B1DBC" w14:textId="4271AB9C" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="7E5B1DBC" w14:textId="4271AB9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="661DC726" w14:textId="26CAE2EC" w:rsidR="3412A269" w:rsidRDefault="3412A269" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="3412A269" w:rsidP="298F02A5" w:rsidRDefault="3412A269" w14:paraId="661DC726" w14:textId="26CAE2EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t xml:space="preserve">Group </w:t>
             </w:r>
             <w:r w:rsidR="298F02A5">
-              <w:t xml:space="preserve">lead only </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="7284C85A" w14:textId="2604C704" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:t xml:space="preserve">lead only continue with planned work session if comfortable to do so. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="7284C85A" w14:textId="2604C704">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Only work in locations within public view. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1622CA94" w14:textId="146329C1" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="1622CA94" w14:textId="146329C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5D0029A6" w14:textId="47411B1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="510F3EF7" w14:textId="67964A15" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="510F3EF7" w14:textId="67964A15">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="4E92FD13" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="4E92FD13" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="382C188D" w14:textId="29F65391" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="382C188D" w14:textId="29F65391">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Unsupervised children or young people</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1AA23ED8" w14:textId="0D3C4498" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="1AA23ED8" w14:textId="0D3C4498">
             <w:r>
               <w:t xml:space="preserve">Children working with adults without a </w:t>
             </w:r>
             <w:r w:rsidR="77E323FD">
               <w:t xml:space="preserve">DBS check </w:t>
             </w:r>
             <w:r w:rsidR="41B62C83">
               <w:t>resulting in</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> safeguarding concerns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4DCB8DFC" w14:textId="3986D4B2" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="4DCB8DFC" w14:textId="3986D4B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols and public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="73A25B4D" w14:textId="1B1C0D17" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="73A25B4D" w14:textId="1B1C0D17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Children under 18 years must be accompanied and supervised by a parent/guardian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2A9E90F9" w14:textId="7715EE57" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2A9E90F9" w14:textId="7715EE57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="03C5F561" w14:textId="7D254A57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A942F96" w14:textId="3F4B204A" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="4A942F96" w14:textId="3F4B204A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="7B9707E1" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="7B9707E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4B01FB84" w14:textId="5D6B3275" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="4B01FB84" w14:textId="5D6B3275">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Unsupervised </w:t>
-[...3 lines deleted...]
-              <w:t>vulnerable adults</w:t>
+              <w:t>Unsupervised vulnerable adults</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">adults </w:t>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0707ABEF" w14:textId="3F2E9B13">
+            <w:r>
+              <w:t xml:space="preserve">Vulnerable adults working with adults </w:t>
             </w:r>
             <w:r w:rsidR="769ED68E">
               <w:t xml:space="preserve">without a DBS check, </w:t>
             </w:r>
             <w:r>
               <w:t>leading to safeguarding concerns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3D249238" w14:textId="526AE798" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="3D249238" w14:textId="526AE798">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-              <w:t>and public</w:t>
+              <w:t>Vols and public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5BFE1613" w14:textId="058CC95F" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5BFE1613" w14:textId="058CC95F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-              <w:t>adult friend, relative, carer or support person</w:t>
+              <w:t>Vulnerable adults must be accompanied and supported by an adult friend, relative, carer or support person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="21F213A1" w14:textId="151EE389" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="21F213A1" w14:textId="151EE389">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="32B55A2A" w14:textId="180DD850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="298F02A5">
+              <w:t>Health and safety lead</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2B4DBBDD" w14:textId="7B1D493F">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="66407FA6" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="66407FA6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="766DA877" w14:textId="0946AA38" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="766DA877" w14:textId="0946AA38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Volunteers unaware</w:t>
+            </w:r>
             <w:r w:rsidR="63C1E8CC">
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> risks</w:t>
             </w:r>
             <w:r w:rsidR="1754E2C5">
               <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Misuse of tools or inappropriate </w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> Misuse of tools or inappropriate behaviour.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="08BA1337" w14:textId="1AB20014" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="08BA1337" w14:textId="1AB20014">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Accident, injury or illness through incorrect practice, risky behavior or misuse of tools</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4A9FF0DE" w14:textId="455D9C2C" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="4A9FF0DE" w14:textId="455D9C2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols and public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3B290B39" w14:textId="32D41A9B" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="3B290B39" w14:textId="167EB959">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>All volunteers advised of hazards and control measures before work commences.</w:t>
             </w:r>
             <w:r w:rsidR="1B346449">
               <w:t xml:space="preserve"> Lead can check understanding of key points</w:t>
             </w:r>
             <w:r w:rsidR="485C9616">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="524B1D8E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="3C750366">
-              <w:t>demonstrating</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> and </w:t>
+              <w:t xml:space="preserve">demonstrating safer practise and </w:t>
             </w:r>
             <w:r w:rsidR="1B346449">
               <w:t>monitor</w:t>
             </w:r>
             <w:r w:rsidR="0CF07CA8">
               <w:t xml:space="preserve">ing </w:t>
             </w:r>
             <w:r w:rsidR="1B346449">
               <w:t>throughout.</w:t>
             </w:r>
             <w:r w:rsidR="7B88C605">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> must have</w:t>
+              <w:t xml:space="preserve"> Lead must have</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> access to a </w:t>
             </w:r>
             <w:r w:rsidR="0F7DC031">
               <w:t xml:space="preserve">charged </w:t>
             </w:r>
             <w:r>
               <w:t>mobile phone at all times</w:t>
             </w:r>
             <w:r w:rsidR="0AEA867B">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="63653EA2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">A qualified </w:t>
             </w:r>
             <w:r w:rsidR="75291142">
               <w:t>f</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">irst </w:t>
             </w:r>
             <w:r w:rsidR="2263DA9D">
               <w:t>a</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">ider should attend when </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> is advisable for activities using larger tools with blades (including slashers, scythes, mattocks)</w:t>
+              <w:t>ider should attend when possible, and is advisable for activities using larger tools with blades (including slashers, scythes, mattocks)</w:t>
             </w:r>
             <w:r w:rsidR="781E0025">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:t>Hand washing, wet wipes / alcohol gel should be made available and used before handling food, drink or smoking.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0E8198FE" w14:textId="253AA721" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0E8198FE" w14:textId="253AA721">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="616068CB" w14:textId="76FA3F9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FF3A129" w14:textId="37C1184A" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6FF3A129" w14:textId="37C1184A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="1023B01C" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="1023B01C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2D9C12B5" w14:textId="4D7B8FEF" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2D9C12B5" w14:textId="4D7B8FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Lone working  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="690B3C7C" w14:textId="4D777DED" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="690B3C7C" w14:textId="4D777DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Accident or injury without trusted person to help</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="61D0A823" w14:textId="78F97C88" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="61D0A823" w14:textId="78F97C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Lone Vol </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="47B7CE96" w14:textId="1A677BF4" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="47B7CE96" w14:textId="11C90E91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Only work alone if agreed by your </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> operations lead, at safer</w:t>
+              <w:t>Only work alone if agreed by your parks operations lead, at safer</w:t>
             </w:r>
             <w:r w:rsidR="6B12F72F">
               <w:t xml:space="preserve"> times.</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> and activities</w:t>
+              <w:t xml:space="preserve"> Agreement will depend on site and activities</w:t>
             </w:r>
             <w:r w:rsidR="6CD4B5B5">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:t>If agreed you can lone work, carry out a dynamic risk assessment on arrival</w:t>
             </w:r>
             <w:r w:rsidR="385DB160">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Things that may impact safety are people on site (Anti-Social </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> – ASB); high levels of drug use; type of waste; time of day and how busy the area is. Do not start a conversation you think could escalate into a conflict or insight an abusive response. </w:t>
+              <w:t xml:space="preserve"> Things that may impact safety are people on site (Anti-Social Behaviour – ASB) ; high levels of drug use; type of waste; time of day and how busy the area is. Do not start a conversation you think could escalate into a conflict or insight an abusive response. </w:t>
             </w:r>
             <w:r w:rsidR="7CD86DD0">
               <w:t xml:space="preserve"> B</w:t>
             </w:r>
             <w:r>
-              <w:t>e prepared to call for help if needed. Make sure someone knows where you are, how long the session is</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> and what to do if you do</w:t>
+              <w:t>e prepared to call for help if needed. Make sure someone knows where you are, how long the session is and what to do if you do</w:t>
             </w:r>
             <w:r w:rsidR="1D8DCC9A">
               <w:t xml:space="preserve">n’t </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">check back at </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">. If </w:t>
+              <w:t xml:space="preserve">check back  at end. If </w:t>
             </w:r>
             <w:r w:rsidR="684E37A6">
               <w:t xml:space="preserve">you plan to </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">on your own regularly </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> on BCC lone worker e-learning. More info: </w:t>
+              <w:t xml:space="preserve">on your own regularly enrol on BCC lone worker e-learning. More info: </w:t>
             </w:r>
             <w:hyperlink r:id="rId11">
               <w:r w:rsidRPr="298F02A5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>BCC Lone Worker policy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009E7683">
-[...1 lines deleted...]
-            </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7DDB9FBA" w14:textId="42ED26E3" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="7DDB9FBA" w14:textId="42ED26E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0A9792B3" w14:textId="6BB92BCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10949589" w14:textId="19F807BC" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5"/>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="10949589" w14:textId="19F807BC"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="12E979C9" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="12E979C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="20151F98" w14:textId="2C0C1BC4" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="20151F98" w14:textId="2C0C1BC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Violence and aggression </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5FAD4BB7" w14:textId="6DC04201" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5FAD4BB7" w14:textId="6DC04201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Members of the public or participants in the group </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> agitated or aggressive leading to distress of other volunteers or escalation to violence</w:t>
+              <w:t>Members of the public or participants in the group becoming agitated or aggressive leading to distress of other volunteers or escalation to violence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0680E4AF" w14:textId="2DE935F0" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0680E4AF" w14:textId="2DE935F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Vols </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1F0A868F" w14:textId="3F9485B8" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="1A69CC4F" w:rsidRDefault="298F02A5" w14:paraId="1F0A868F" w14:textId="3F9485B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1A69CC4F">
+              <w:t xml:space="preserve">Be aware of site emergency exits and places in public view to move too. Have a charged mobile phone to hand. Do not start conversations that may escalate into a conflict or insight a violent or abusive response. If someone in your group or a member of the public has approached you and appears to becoming agitated, adopt body language and facial expressions that communicate confidence and patience. Where possible and comfortable, make eye contact but be mindful not to stare.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="121D51C1" w14:textId="2A73A5FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Be aware of site emergency exits and places in public view to move too. Have a charged mobile phone to hand. Do not start conversations that may escalate into a conflict or insight a violent or abusive response. If someone in your group or a member of the public has approached you and appears to </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>If things escalate remove yourself and your group to a safer place. If there is immediate danger call 999 and ask for police.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="298F02A5" w:rsidR="0C5DB451">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>becoming</w:t>
-[...32 lines deleted...]
-              </w:rPr>
               <w:t>A BCC incident form should be completed and ASB reported to the police here:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04013F05" w14:textId="1F83E567" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="04013F05" w14:textId="1F83E567">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidRPr="298F02A5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Report anti-social behaviour | Avon and Somerset Police</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7C06E720" w14:textId="5FAE35E9" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="7C06E720" w14:textId="5FAE35E9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Refer to your site</w:t>
             </w:r>
-            <w:r w:rsidR="78BFDB07" w:rsidRPr="298F02A5">
+            <w:r w:rsidRPr="298F02A5" w:rsidR="78BFDB07">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">specific risk assessment for location </w:t>
             </w:r>
-            <w:r w:rsidR="7A4C0C25" w:rsidRPr="298F02A5">
+            <w:r w:rsidRPr="298F02A5" w:rsidR="7A4C0C25">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> park specific risks and control measures. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1E6B4E83" w14:textId="4C80E0B2" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="1E6B4E83" w14:textId="4C80E0B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="173EB685" w14:textId="687954B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="5435E0AE" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="5435E0AE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="225A9A5C" w14:textId="4E16CA34" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="225A9A5C" w14:textId="4E16CA34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Access to the site and within it</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="54530831" w14:textId="50168CFC" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="54530831" w14:textId="50168CFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Emergency vehicles </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="431D2E2D" w14:textId="0C4CA469" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:t>Emergency vehicles unable to gain access.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="431D2E2D" w14:textId="0C4CA469">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Volunteers blocked in site</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="75FF3053" w14:textId="456054E3" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="75FF3053" w14:textId="456054E3">
             <w:r>
               <w:t>Vol</w:t>
             </w:r>
             <w:r w:rsidR="6776278F">
               <w:t>s &amp; public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6A090DFE" w14:textId="4078B5C6" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6A090DFE" w14:textId="4078B5C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>All volunteers should be advised beforehand of both formal and informal access routes and the access gate for use in an emergency and by emergency vehicles. All access routes to and around the site kept clear from obstruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2F2F5882" w14:textId="4AB74CBC" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2F2F5882" w14:textId="4AB74CBC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="544C5C4F" w14:textId="40D57A9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Health and safety lead </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="1B1584BC" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="1B1584BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="40F28274" w14:textId="58B51D5C" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="40F28274" w14:textId="58B51D5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Weather</w:t>
             </w:r>
             <w:r w:rsidR="7C4AA0E0">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:t>sun</w:t>
             </w:r>
             <w:r w:rsidR="7C4AA0E0">
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="278FD214">
               <w:t>r</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ain; </w:t>
             </w:r>
             <w:r w:rsidR="3F08A5FD">
               <w:t>w</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ind; </w:t>
             </w:r>
             <w:r w:rsidR="3842A36E">
               <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:t>old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3EEF9F25" w14:textId="3BD56C35" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="3EEF9F25" w14:textId="3BD56C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Sunburn </w:t>
             </w:r>
             <w:r w:rsidR="3F80925A">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">fatigue in hot weather. </w:t>
             </w:r>
             <w:r w:rsidR="4A7366E0">
               <w:t>E</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">quipment may </w:t>
-[...11 lines deleted...]
-              <w:t>misdirected when windy. Increased risk of slips and falls</w:t>
+              <w:t>quipment may be become heavier or slippery when wet, blow down, become misdirected when windy. Increased risk of slips and falls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="61C29C20" w14:textId="66BA0362" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="61C29C20" w14:textId="66BA0362">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Vols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on promotion</w:t>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2354B294" w14:textId="2CAAB320">
+            <w:r>
+              <w:t>Advise on promotion</w:t>
             </w:r>
             <w:r w:rsidR="7311ADE2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="1C0B62E9">
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidR="7311ADE2">
               <w:t xml:space="preserve"> wear </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">appropriate clothing and footwear. </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> o</w:t>
+              <w:t>appropriate clothing and footwear. Advise o</w:t>
             </w:r>
             <w:r w:rsidR="2DE1A4A6">
               <w:t xml:space="preserve">n </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">local hazards affected by weather. Stop </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> windy, wet, cold or hot. Grit/sand could be spread on slippery surfaces. Protective sunblock </w:t>
+              <w:t xml:space="preserve">local hazards affected by weather. Stop work if it too windy, wet, cold or hot. Grit/sand could be spread on slippery surfaces. Protective sunblock </w:t>
             </w:r>
             <w:r w:rsidR="070354E0">
-              <w:t xml:space="preserve">and water available if hot and shade </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">identified. </w:t>
+              <w:t xml:space="preserve">and water available if hot and shade identified. </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Swinging tools should not be used when wet or stored where they may become wet. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="570E3B80" w14:textId="5ECD5F7C" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="570E3B80" w14:textId="5ECD5F7C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="28D51AE3" w14:textId="5D4D62CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Health and safety lead </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="08B66590" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="08B66590" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6534CB29" w14:textId="2B425F50" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6534CB29" w14:textId="2B425F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Ticks and insect bites</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1D2A6360" w14:textId="6BD2747F" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="1D2A6360" w14:textId="6BD2747F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Allergic reaction</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74F28A88" w14:textId="0BCF57ED" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="74F28A88" w14:textId="0BCF57ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Illness, such as Lyme Disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="605C2AA7" w14:textId="3EE77474" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="605C2AA7" w14:textId="3EE77474">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3FD7EDE0" w14:textId="5C29EF54" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="3FD7EDE0" w14:textId="5C29EF54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ask sufferers of anaphylactic shock to make themselves known. Leave areas if </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> encountered. Participants asked to wear long sleeves and trousers during activities with high risk of encountering ticks. </w:t>
+              <w:t xml:space="preserve">Ask sufferers of anaphylactic shock to make themselves known. Leave areas if bee’s encountered. Participants asked to wear long sleeves and trousers during activities with high risk of encountering ticks. </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Check for ticks regularly</w:t>
             </w:r>
             <w:r w:rsidR="0973E7A2">
               <w:t>. F</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ollow guidance on removal: </w:t>
             </w:r>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="298F02A5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.cdc.gov/ticks/removing_a_tick.html</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Participants with allergies should carry their own medication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="64D0667D" w14:textId="3A4620A1" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="64D0667D" w14:textId="3A4620A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="19C721EA" w14:textId="74728FDC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="6219B344" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="6219B344" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="108FBD9D" w14:textId="670C64EF" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="108FBD9D" w14:textId="670C64EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Dogs (on or off leads)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6A47B4EB" w14:textId="3F0DAAE7" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6A47B4EB" w14:textId="3F0DAAE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Dogs may interfere with volunteer activity or become vicious towards volunteers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6BE982E1" w14:textId="5C029DB7" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="6BE982E1" w14:textId="5C029DB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols &amp; public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="49BAC2D0" w14:textId="0331F654" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="49BAC2D0" w14:textId="0331F654">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Volunteers to keep an eye out for dogs which appear a threat. Volunteers to keep tools in </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> to avoid dogs picking up. Never approach an angry dog.</w:t>
+              <w:t>Volunteers to keep an eye out for dogs which appear a threat. Volunteers to keep tools in eye-sight to avoid dogs picking up. Never approach an angry dog.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2F1FF3FE" w14:textId="5F259107" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2F1FF3FE" w14:textId="5F259107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3122853F" w14:textId="5913F609" w:rsidR="26E0FC20" w:rsidRDefault="26E0FC20" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="26E0FC20" w:rsidP="298F02A5" w:rsidRDefault="26E0FC20" w14:paraId="3122853F" w14:textId="5913F609">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="3024A111" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="3024A111" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-            <w:r>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="4EC2838A" w:rsidP="298F02A5" w:rsidRDefault="4EC2838A" w14:paraId="0BBADBDD" w14:textId="70FEE29E">
+            <w:r w:rsidR="4EC2838A">
+              <w:rPr/>
               <w:t>Hypodermic</w:t>
             </w:r>
             <w:r w:rsidR="298F02A5">
+              <w:rPr/>
               <w:t xml:space="preserve"> needles</w:t>
             </w:r>
             <w:r w:rsidR="152E074C">
-              <w:t xml:space="preserve"> (drug litter)</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2D56F641" w14:textId="40C28248" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2D56F641" w14:textId="40C28248">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Emergency services </w:t>
             </w:r>
             <w:r w:rsidR="6AE471D6">
               <w:t>may</w:t>
             </w:r>
             <w:r w:rsidR="0D935D8C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="6AE471D6">
               <w:t xml:space="preserve">be </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">required. Injury requiring </w:t>
             </w:r>
             <w:r w:rsidR="48E6FF6D">
               <w:t>f</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">irst </w:t>
             </w:r>
             <w:r w:rsidR="2F51A2B4">
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:t>id attention. Hypodermic needle injury</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2CD81A32" w14:textId="6D20E55D" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2CD81A32" w14:textId="6D20E55D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Vols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0AFC193A" w14:textId="1A731705" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0AFC193A" w14:textId="1A731705">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="231F20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Carry out visual survey before work starts. Only one H&amp;S lead </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Carry out visual survey before work starts. Only one H&amp;S lead collect singular needles using </w:t>
+            </w:r>
             <w:r w:rsidR="01ADB25D">
-              <w:t>litter</w:t>
-[...14 lines deleted...]
-              <w:t>. Report on 0117 9222100 (Mon-Fri 08:30-18:00) 0117 9222050 out of hours or via “Fix My Street”. If a needle pricks anyone, take needle with them to hospital.</w:t>
+              <w:t>litter picker</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and Sharps box.  If there are many needles, avoid area. Report on 0117 9222100 (Mon-Fri 08:30-18:00) 0117 9222050 out of hours or via “Fix My Street”. If a needle pricks anyone, take needle with them to hospital.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0CADE23D" w14:textId="3E0DB8D3" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="0CADE23D" w14:textId="3E0DB8D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2D256390" w14:textId="79C25592" w:rsidR="0B8E66B9" w:rsidRDefault="0B8E66B9" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0B8E66B9" w:rsidP="298F02A5" w:rsidRDefault="0B8E66B9" w14:paraId="2D256390" w14:textId="79C25592">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5852B490" w14:textId="2B6A13EC" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5852B490" w14:textId="2B6A13EC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="298F02A5" w14:paraId="23B3F6A0" w14:textId="77777777" w:rsidTr="298F02A5">
+      <w:tr w:rsidR="298F02A5" w:rsidTr="253F719F" w14:paraId="23B3F6A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="192E9383" w14:textId="0B71A137" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="192E9383" w14:textId="0B71A137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Animal or human fouling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="72680178" w14:textId="4F4104D1" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="72680178" w14:textId="4F4104D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Can result in accidental hand- to-mouth transfer of </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> parasite</w:t>
+              <w:t>Can result in accidental hand- to-mouth transfer of Toxocara parasite</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5ED0F9CA" w14:textId="055B256E" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5ED0F9CA" w14:textId="055B256E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Vols </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6735" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2DC721A8" w14:textId="11D92F36" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="2DC721A8" w14:textId="11D92F36">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Warn volunteers before work commences. Identify sites where there is fouling. Remove with shovel or point out and avoid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5D9064F5" w14:textId="0988A916" w:rsidR="298F02A5" w:rsidRDefault="298F02A5" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="298F02A5" w:rsidP="298F02A5" w:rsidRDefault="298F02A5" w14:paraId="5D9064F5" w14:textId="0988A916">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3E443727" w14:textId="1DEFC033" w:rsidR="2D8CF083" w:rsidRDefault="2D8CF083" w:rsidP="298F02A5">
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="2D8CF083" w:rsidP="298F02A5" w:rsidRDefault="2D8CF083" w14:paraId="3E443727" w14:textId="1DEFC033">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="298F02A5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health and safety lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18C4211F" w14:textId="72B4C30E" w:rsidR="4698FA3D" w:rsidRDefault="4698FA3D" w:rsidP="298F02A5">
+    <w:p w:rsidR="4698FA3D" w:rsidP="298F02A5" w:rsidRDefault="4698FA3D" w14:paraId="18C4211F" w14:textId="72B4C30E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="4698FA3D" w:rsidSect="008534C1">
       <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B331156" w14:textId="77777777" w:rsidR="009160B7" w:rsidRDefault="009160B7">
+    <w:p w:rsidR="00D35781" w:rsidRDefault="00D35781" w14:paraId="6074F76E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3211A554" w14:textId="77777777" w:rsidR="009160B7" w:rsidRDefault="009160B7">
+    <w:p w:rsidR="00D35781" w:rsidRDefault="00D35781" w14:paraId="3359A3D4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3194,1817 +2989,2096 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="3F199BDB" w14:textId="76D2DAF7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="122733D7" wp14:editId="6A27ED41">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="352425"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1300514905" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="352425"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidRPr="00F71A3C" w:rsidR="00F71A3C" w:rsidP="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="0CFEA57C" w14:textId="201F41B1">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F71A3C">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="122733D7">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27.75pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCg5efpEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykddcZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0o2Um6bqdhF5kiaX689zS/67UiB+F8C6ai00lOiTAc6tbsKvrjZfXp&#10;lhIfmKmZAiMqehSe3i0+fph3thQzaEDVwhEsYnzZ2Yo2IdgyyzxvhGZ+AlYYDEpwmgW8ul1WO9Zh&#10;da2yWZ7fZB242jrgwnv0PgxBukj1pRQ8PEnpRSCqojhbSKdL5zae2WLOyp1jtmn5OAb7hyk0aw02&#10;PZd6YIGRvWv/KKVb7sCDDBMOOgMpWy7SDrjNNH+3zaZhVqRdEBxvzzD5/1eWPx429tmR0H+FHgmM&#10;gHTWlx6dcZ9eOh2/OCnBOEJ4PMMm+kA4Oj/f3F4VGOEYuipm17MiVskuP1vnwzcBmkSjog5ZSWCx&#10;w9qHIfWUEnsZWLVKJWaU+c2BNaMnu0wYrdBve9LWb6bfQn3EpRwMfHvLVy22XjMfnplDgnFaFG14&#10;wkMq6CoKo0VJA+7n3/wxH3HHKCUdCqaiBhVNifpukI9ZcZ3nUWDphoY7GdtkTL/kRYybvb4H1OIU&#10;n4XlyYzJQZ1M6UC/oqaXsRuGmOHYs6Lbk3kfBvnim+BiuUxJqCXLwtpsLI+lI2YR0Jf+lTk7oh6Q&#10;rkc4SYqV78AfcuOf3i73ASlIzER8BzRH2FGHidvxzUShv72nrMvLXvwCAAD//wMAUEsDBBQABgAI&#10;AAAAIQBTp6x82QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMkJvdtNAgsRs&#10;SrEqvRoFPU6y02xodjZmt23892696OXB4w3vfVNuZjuIM02+d6xgvUpAELdO99wpeH97vrsH4QOy&#10;xsExKfgmD5tqcVNiod2FX+lch07EEvYFKjAhjIWUvjVk0a/cSByzg5sshminTuoJL7HcDjJNklxa&#10;7DkuGBzp0VB7rE9WQb572ZrxI//8OqR+7xt3DLV7Ump5O28fQASaw98xXPEjOlSRqXEn1l4MCuIj&#10;4VevWbqOtlGQZRnIqpT/4asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKDl5+kRAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFOnrHzZ&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00F71A3C" w:rsidR="00F71A3C" w:rsidP="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="0CFEA57C" w14:textId="201F41B1">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F71A3C">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5230"/>
       <w:gridCol w:w="5230"/>
       <w:gridCol w:w="5230"/>
     </w:tblGrid>
-    <w:tr w:rsidR="46DE0E8A" w14:paraId="4053E82D" w14:textId="77777777" w:rsidTr="298F02A5">
+    <w:tr w:rsidR="46DE0E8A" w:rsidTr="253F719F" w14:paraId="4053E82D" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w14:paraId="5AC28C8E" w14:textId="78F21C29" w:rsidR="46DE0E8A" w:rsidRDefault="298F02A5" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="00F71A3C" w14:paraId="5AC28C8E" w14:textId="071147D7">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
-          <w:r>
-            <w:t>Last updated July 2025</w:t>
+          <w:r w:rsidR="253F719F">
+            <w:rPr/>
+            <w:t xml:space="preserve">Last updated </w:t>
+          </w:r>
+          <w:r w:rsidR="253F719F">
+            <w:rPr/>
+            <w:t>Feb</w:t>
+          </w:r>
+          <w:r w:rsidR="253F719F">
+            <w:rPr/>
+            <w:t xml:space="preserve"> 202</w:t>
+          </w:r>
+          <w:r w:rsidR="253F719F">
+            <w:rPr/>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="02E4E56C" w14:textId="4801EFD1" w:rsidR="2A782213" w:rsidRDefault="2A782213" w:rsidP="2A782213">
+        <w:p w:rsidR="2A782213" w:rsidP="2A782213" w:rsidRDefault="2A782213" w14:paraId="02E4E56C" w14:textId="4801EFD1">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="54E57F86" w14:textId="50725386" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="54E57F86" w14:textId="50725386">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w14:paraId="105D43A7" w14:textId="28BB0C3E" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="105D43A7" w14:textId="28BB0C3E">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w14:paraId="3C5E34DC" w14:textId="7645D661" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="3C5E34DC" w14:textId="7645D661">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5D4C80FF" w14:textId="1B9BEBD6" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+  <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="5D4C80FF" w14:textId="1B9BEBD6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="229B3F32" w14:textId="36CE6F1B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28893CFF" wp14:editId="38043700">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="352425"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1673646010" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="352425"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidRPr="00F71A3C" w:rsidR="00F71A3C" w:rsidP="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="0D39329B" w14:textId="665723C5">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F71A3C">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="28893CFF">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27.75pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtnoOCDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpuuMOEXWIsOA&#10;oC2QDj3LshQbkERBUmJnXz9KdpKu22nYRaZI+pF8fFrc9VqRg3C+BVPS6SSnRBgOdWt2Jf3xsv50&#10;S4kPzNRMgRElPQpP75YfPyw6W4gZNKBq4QiCGF90tqRNCLbIMs8boZmfgBUGgxKcZgGvbpfVjnWI&#10;rlU2y/ObrANXWwdceI/ehyFIlwlfSsHDk5ReBKJKir2FdLp0VvHMlgtW7ByzTcvHNtg/dKFZa7Do&#10;GeqBBUb2rv0DSrfcgQcZJhx0BlK2XKQZcJpp/m6abcOsSLMgOd6eafL/D5Y/Hrb22ZHQf4UeFxgJ&#10;6awvPDrjPL10On6xU4JxpPB4pk30gXB0fr65vZpjhGPoaj67ns0jSnb52TofvgnQJBoldbiVRBY7&#10;bHwYUk8psZaBdatU2owyvzkQM3qyS4fRCn3Vj21XUB9xGgfDor3l6xZrbpgPz8zhZrFNVGt4wkMq&#10;6EoKo0VJA+7n3/wxHwnHKCUdKqWkBqVMifpucBGz+XWeR2WlGxruZFTJmH7J5zFu9voeUIRTfA+W&#10;JzMmB3UypQP9imJexWoYYoZjzZJWJ/M+DLrFx8DFapWSUESWhY3ZWh6hI1mRyZf+lTk70h1wT49w&#10;0hIr3rE+5MY/vV3tA3KfVhKJHdgc+UYBpqWOjyUq/O09ZV2e9PIXAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAU6esfNkAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzJCb3bTQILEbEqx&#10;Kr0aBT1OstNsaHY2Zrdt/PduvejlweMN731TbmY7iDNNvnesYL1KQBC3TvfcKXh/e767B+EDssbB&#10;MSn4Jg+banFTYqHdhV/pXIdOxBL2BSowIYyFlL41ZNGv3Egcs4ObLIZop07qCS+x3A4yTZJcWuw5&#10;Lhgc6dFQe6xPVkG+e9ma8SP//Dqkfu8bdwy1e1JqeTtvH0AEmsPfMVzxIzpUkalxJ9ZeDAriI+FX&#10;r1m6jrZRkGUZyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDtnoOCDwIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBTp6x82QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00F71A3C" w:rsidR="00F71A3C" w:rsidP="00F71A3C" w:rsidRDefault="00F71A3C" w14:paraId="0D39329B" w14:textId="665723C5">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F71A3C">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19506CCA" w14:textId="77777777" w:rsidR="009160B7" w:rsidRDefault="009160B7">
+    <w:p w:rsidR="00D35781" w:rsidRDefault="00D35781" w14:paraId="3C86E23B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31E1A669" w14:textId="77777777" w:rsidR="009160B7" w:rsidRDefault="009160B7">
+    <w:p w:rsidR="00D35781" w:rsidRDefault="00D35781" w14:paraId="641401AF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5230"/>
       <w:gridCol w:w="5230"/>
       <w:gridCol w:w="5230"/>
     </w:tblGrid>
-    <w:tr w:rsidR="46DE0E8A" w14:paraId="4747FCCC" w14:textId="77777777" w:rsidTr="46DE0E8A">
+    <w:tr w:rsidR="46DE0E8A" w:rsidTr="46DE0E8A" w14:paraId="4747FCCC" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6F9171C6" w14:textId="423D78D6" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="6F9171C6" w14:textId="423D78D6">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="70ABF5AD" w14:textId="591CEC9C" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="70ABF5AD" w14:textId="591CEC9C">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5230" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="56812EC4" w14:textId="1AFA9344" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+        <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="56812EC4" w14:textId="1AFA9344">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="65111784" w14:textId="018AEEB3" w:rsidR="46DE0E8A" w:rsidRDefault="46DE0E8A" w:rsidP="46DE0E8A">
+  <w:p w:rsidR="46DE0E8A" w:rsidP="46DE0E8A" w:rsidRDefault="46DE0E8A" w14:paraId="65111784" w14:textId="018AEEB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03D0DF57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11FA2042"/>
     <w:lvl w:ilvl="0" w:tplc="04FC9738">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D23CCAF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4B1AB85E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9D10F4DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A6BC043A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85963984">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD56EE80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="43F4450E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BADADBFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088804E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B6CE8C58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA13F89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D8843D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F787CD7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="123E3184"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24C70C7C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2528EB40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9C7E05"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF8CEEDE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EC6F955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="622A5588"/>
     <w:lvl w:ilvl="0" w:tplc="C7BC25CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6FBE6790">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6F9C34FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="58EA6054">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D1EE3476">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="1B029966">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="704A3278">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="783AA9E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9470FA66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403AD7D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E485316"/>
     <w:lvl w:ilvl="0" w:tplc="DE923B9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9BBC2A6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8D4620C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B75A7F9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="07F0E6D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="61707F04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="26CCE2C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D858372C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1BFC03DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="407F04EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A3458E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71F6895F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02CA5652"/>
     <w:lvl w:ilvl="0" w:tplc="EA4A9C22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6AE8B17E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="AD1A31AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="490475D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="216A3C60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A8A08ADE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DEBED59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1D5E1C12">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3D5692E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75965E54"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD02B82E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1467815178">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="834154005">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1756825172">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1047493244">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="805704428">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="496845262">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1088039310">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1575773415">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1027098431">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1654484319">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="196741264">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="101"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D933A6"/>
     <w:rsid w:val="00002FBB"/>
     <w:rsid w:val="00005FB0"/>
     <w:rsid w:val="00013BA2"/>
     <w:rsid w:val="00014B48"/>
     <w:rsid w:val="00033485"/>
     <w:rsid w:val="00046404"/>
     <w:rsid w:val="000610C7"/>
     <w:rsid w:val="00067386"/>
     <w:rsid w:val="00073B7D"/>
     <w:rsid w:val="00075DCC"/>
     <w:rsid w:val="00080EF3"/>
     <w:rsid w:val="00081676"/>
     <w:rsid w:val="00090707"/>
     <w:rsid w:val="000916C1"/>
+    <w:rsid w:val="0009477A"/>
     <w:rsid w:val="000A0F22"/>
     <w:rsid w:val="000C559B"/>
     <w:rsid w:val="000C777A"/>
     <w:rsid w:val="000E106B"/>
     <w:rsid w:val="00120514"/>
     <w:rsid w:val="00141C0D"/>
     <w:rsid w:val="00144DBB"/>
     <w:rsid w:val="00145B10"/>
     <w:rsid w:val="001502AA"/>
     <w:rsid w:val="0015171F"/>
     <w:rsid w:val="001616A9"/>
     <w:rsid w:val="00172947"/>
     <w:rsid w:val="00176C5B"/>
     <w:rsid w:val="001839AB"/>
     <w:rsid w:val="0019184B"/>
     <w:rsid w:val="00193AE2"/>
     <w:rsid w:val="00196E9C"/>
     <w:rsid w:val="001A5B3D"/>
     <w:rsid w:val="001B1ADE"/>
-    <w:rsid w:val="001B6B40"/>
     <w:rsid w:val="001D13EB"/>
     <w:rsid w:val="001D491B"/>
     <w:rsid w:val="001E199E"/>
     <w:rsid w:val="001E3857"/>
     <w:rsid w:val="001F798F"/>
     <w:rsid w:val="00206EA5"/>
     <w:rsid w:val="0021134F"/>
     <w:rsid w:val="0021F966"/>
     <w:rsid w:val="0023198A"/>
     <w:rsid w:val="00233330"/>
     <w:rsid w:val="00236D2F"/>
     <w:rsid w:val="0025143B"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00292825"/>
     <w:rsid w:val="002A0CC3"/>
     <w:rsid w:val="002A3D1B"/>
     <w:rsid w:val="002B33DA"/>
     <w:rsid w:val="002D2F37"/>
     <w:rsid w:val="00300C46"/>
     <w:rsid w:val="00312640"/>
     <w:rsid w:val="0035269C"/>
     <w:rsid w:val="00353745"/>
     <w:rsid w:val="00365717"/>
     <w:rsid w:val="00365C39"/>
     <w:rsid w:val="00367E29"/>
@@ -5067,63 +5141,61 @@
     <w:rsid w:val="00772F41"/>
     <w:rsid w:val="00780659"/>
     <w:rsid w:val="00785647"/>
     <w:rsid w:val="00796BF0"/>
     <w:rsid w:val="00797A4A"/>
     <w:rsid w:val="007A6F09"/>
     <w:rsid w:val="007B434B"/>
     <w:rsid w:val="007B60F2"/>
     <w:rsid w:val="007C1AA8"/>
     <w:rsid w:val="007D00EF"/>
     <w:rsid w:val="007D23DE"/>
     <w:rsid w:val="007D75D9"/>
     <w:rsid w:val="00817019"/>
     <w:rsid w:val="00822415"/>
     <w:rsid w:val="0082295D"/>
     <w:rsid w:val="00837CEF"/>
     <w:rsid w:val="008534C1"/>
     <w:rsid w:val="0089041C"/>
     <w:rsid w:val="00892E26"/>
     <w:rsid w:val="008C19F8"/>
     <w:rsid w:val="008D6133"/>
     <w:rsid w:val="008F7817"/>
     <w:rsid w:val="009010F8"/>
     <w:rsid w:val="009100B2"/>
     <w:rsid w:val="0091507E"/>
-    <w:rsid w:val="009160B7"/>
     <w:rsid w:val="00943469"/>
     <w:rsid w:val="0095109A"/>
     <w:rsid w:val="00953049"/>
     <w:rsid w:val="00972AD7"/>
     <w:rsid w:val="00993B8A"/>
     <w:rsid w:val="009A0DB9"/>
     <w:rsid w:val="009B7861"/>
     <w:rsid w:val="009C3C89"/>
     <w:rsid w:val="009C44E5"/>
     <w:rsid w:val="009D6632"/>
     <w:rsid w:val="009E20C5"/>
-    <w:rsid w:val="009E7683"/>
     <w:rsid w:val="009F134A"/>
     <w:rsid w:val="009F24DF"/>
     <w:rsid w:val="00A05734"/>
     <w:rsid w:val="00A23B7B"/>
     <w:rsid w:val="00A32191"/>
     <w:rsid w:val="00A4196E"/>
     <w:rsid w:val="00A543A5"/>
     <w:rsid w:val="00A6702F"/>
     <w:rsid w:val="00A936C3"/>
     <w:rsid w:val="00A95F19"/>
     <w:rsid w:val="00A969E7"/>
     <w:rsid w:val="00AC357C"/>
     <w:rsid w:val="00AD786E"/>
     <w:rsid w:val="00AE0591"/>
     <w:rsid w:val="00AE1C71"/>
     <w:rsid w:val="00AE3F23"/>
     <w:rsid w:val="00AE6BE3"/>
     <w:rsid w:val="00AE7203"/>
     <w:rsid w:val="00AF4736"/>
     <w:rsid w:val="00B02D1C"/>
     <w:rsid w:val="00B04943"/>
     <w:rsid w:val="00B07B8E"/>
     <w:rsid w:val="00B07E5D"/>
     <w:rsid w:val="00B10AEF"/>
     <w:rsid w:val="00B14A7A"/>
@@ -5184,79 +5256,81 @@
     <w:rsid w:val="00E01A60"/>
     <w:rsid w:val="00E01D7C"/>
     <w:rsid w:val="00E05F62"/>
     <w:rsid w:val="00E25C95"/>
     <w:rsid w:val="00E263FE"/>
     <w:rsid w:val="00E32A61"/>
     <w:rsid w:val="00E33606"/>
     <w:rsid w:val="00E3696D"/>
     <w:rsid w:val="00E36E8C"/>
     <w:rsid w:val="00E6167C"/>
     <w:rsid w:val="00E7182B"/>
     <w:rsid w:val="00E839ED"/>
     <w:rsid w:val="00E9161A"/>
     <w:rsid w:val="00EA4094"/>
     <w:rsid w:val="00EA4847"/>
     <w:rsid w:val="00EB5F0A"/>
     <w:rsid w:val="00EC2B9D"/>
     <w:rsid w:val="00EC7044"/>
     <w:rsid w:val="00EF411C"/>
     <w:rsid w:val="00F170E8"/>
     <w:rsid w:val="00F21838"/>
     <w:rsid w:val="00F411B7"/>
     <w:rsid w:val="00F42385"/>
     <w:rsid w:val="00F6003F"/>
     <w:rsid w:val="00F63A51"/>
+    <w:rsid w:val="00F71A3C"/>
     <w:rsid w:val="00F76651"/>
     <w:rsid w:val="00F770EE"/>
     <w:rsid w:val="00F872C5"/>
     <w:rsid w:val="00FA0D9C"/>
     <w:rsid w:val="00FC06C5"/>
     <w:rsid w:val="00FF6B30"/>
     <w:rsid w:val="012B61AD"/>
     <w:rsid w:val="013E5E3E"/>
     <w:rsid w:val="0150F027"/>
     <w:rsid w:val="015FC145"/>
     <w:rsid w:val="017017BD"/>
     <w:rsid w:val="01ADB25D"/>
     <w:rsid w:val="01C66D7D"/>
     <w:rsid w:val="01EF9D43"/>
     <w:rsid w:val="0239ABF8"/>
     <w:rsid w:val="0313E9E9"/>
     <w:rsid w:val="03CBCE26"/>
     <w:rsid w:val="0435980D"/>
     <w:rsid w:val="043CBD8B"/>
     <w:rsid w:val="0507CF1C"/>
     <w:rsid w:val="053AFC1D"/>
     <w:rsid w:val="056A7EED"/>
     <w:rsid w:val="05B7D282"/>
     <w:rsid w:val="060D97DF"/>
     <w:rsid w:val="064D88C8"/>
     <w:rsid w:val="06AD8B98"/>
     <w:rsid w:val="06CE833E"/>
     <w:rsid w:val="070354E0"/>
     <w:rsid w:val="072F851C"/>
+    <w:rsid w:val="07AD3EE5"/>
     <w:rsid w:val="080CE4FF"/>
     <w:rsid w:val="08DC9210"/>
     <w:rsid w:val="08FC8A89"/>
     <w:rsid w:val="0957E87B"/>
     <w:rsid w:val="0973E7A2"/>
     <w:rsid w:val="0A691749"/>
     <w:rsid w:val="0AC86A9B"/>
     <w:rsid w:val="0AEA867B"/>
     <w:rsid w:val="0B150DD2"/>
     <w:rsid w:val="0B1C1006"/>
     <w:rsid w:val="0B433C89"/>
     <w:rsid w:val="0B73CC62"/>
     <w:rsid w:val="0B8E66B9"/>
     <w:rsid w:val="0B8F44D7"/>
     <w:rsid w:val="0C5DB451"/>
     <w:rsid w:val="0C654E5F"/>
     <w:rsid w:val="0C7BE561"/>
     <w:rsid w:val="0CA09BBD"/>
     <w:rsid w:val="0CA57D4E"/>
     <w:rsid w:val="0CCE6CEB"/>
     <w:rsid w:val="0CE561F3"/>
     <w:rsid w:val="0CF07CA8"/>
     <w:rsid w:val="0CF9DD05"/>
     <w:rsid w:val="0D0A6647"/>
     <w:rsid w:val="0D24A714"/>
@@ -5289,110 +5363,116 @@
     <w:rsid w:val="12D4BADA"/>
     <w:rsid w:val="12EC59A1"/>
     <w:rsid w:val="1317C404"/>
     <w:rsid w:val="131D1ED0"/>
     <w:rsid w:val="13448375"/>
     <w:rsid w:val="1396F16A"/>
     <w:rsid w:val="13FBED82"/>
     <w:rsid w:val="142034EC"/>
     <w:rsid w:val="14A5279C"/>
     <w:rsid w:val="14B37DF2"/>
     <w:rsid w:val="151F8AF3"/>
     <w:rsid w:val="152E074C"/>
     <w:rsid w:val="152F65A0"/>
     <w:rsid w:val="15562F53"/>
     <w:rsid w:val="158DA068"/>
     <w:rsid w:val="159816AC"/>
     <w:rsid w:val="15ACEDA5"/>
     <w:rsid w:val="15B48F29"/>
     <w:rsid w:val="15CED28C"/>
     <w:rsid w:val="1631E351"/>
     <w:rsid w:val="1640F7FD"/>
     <w:rsid w:val="1642335C"/>
     <w:rsid w:val="16C5E5C5"/>
     <w:rsid w:val="16EDF82F"/>
     <w:rsid w:val="171990B8"/>
+    <w:rsid w:val="17454768"/>
     <w:rsid w:val="1754E2C5"/>
     <w:rsid w:val="17DE206A"/>
     <w:rsid w:val="18045CBD"/>
     <w:rsid w:val="180D3AF5"/>
+    <w:rsid w:val="18543172"/>
     <w:rsid w:val="187CC9BE"/>
     <w:rsid w:val="18891047"/>
     <w:rsid w:val="18EFC700"/>
     <w:rsid w:val="1936B2EA"/>
     <w:rsid w:val="1A287E7F"/>
     <w:rsid w:val="1A58E634"/>
+    <w:rsid w:val="1A69CC4F"/>
     <w:rsid w:val="1A870340"/>
     <w:rsid w:val="1AA2E2A9"/>
     <w:rsid w:val="1AF0FD1B"/>
     <w:rsid w:val="1B330F72"/>
     <w:rsid w:val="1B346449"/>
     <w:rsid w:val="1B606510"/>
     <w:rsid w:val="1BB7A248"/>
     <w:rsid w:val="1BD15D97"/>
     <w:rsid w:val="1C045A2D"/>
     <w:rsid w:val="1C0B62E9"/>
     <w:rsid w:val="1C4ED1D9"/>
     <w:rsid w:val="1C7EF213"/>
     <w:rsid w:val="1C84EEB2"/>
     <w:rsid w:val="1CA8866F"/>
     <w:rsid w:val="1CD317E5"/>
     <w:rsid w:val="1D459391"/>
     <w:rsid w:val="1D46C136"/>
     <w:rsid w:val="1D5ADFA1"/>
     <w:rsid w:val="1D8C5018"/>
     <w:rsid w:val="1D8DCC9A"/>
     <w:rsid w:val="1E19F42F"/>
     <w:rsid w:val="1E258841"/>
     <w:rsid w:val="1E5B329D"/>
     <w:rsid w:val="1F96D420"/>
     <w:rsid w:val="1FB27E27"/>
     <w:rsid w:val="20214EA9"/>
     <w:rsid w:val="202E1623"/>
     <w:rsid w:val="2064B7A2"/>
     <w:rsid w:val="20753FE7"/>
     <w:rsid w:val="2075518D"/>
     <w:rsid w:val="20A4D550"/>
     <w:rsid w:val="20D4DCF7"/>
+    <w:rsid w:val="20ECDA39"/>
     <w:rsid w:val="21021F22"/>
     <w:rsid w:val="210F1D4B"/>
     <w:rsid w:val="2118DA7F"/>
     <w:rsid w:val="2203E7D0"/>
     <w:rsid w:val="222502C7"/>
     <w:rsid w:val="2263DA9D"/>
     <w:rsid w:val="22C66559"/>
     <w:rsid w:val="2304CF3C"/>
     <w:rsid w:val="232E8E54"/>
+    <w:rsid w:val="2391AD0E"/>
     <w:rsid w:val="2397E831"/>
     <w:rsid w:val="2415E721"/>
     <w:rsid w:val="247B268E"/>
     <w:rsid w:val="248F3C8C"/>
     <w:rsid w:val="249C3A88"/>
     <w:rsid w:val="24CCFDB4"/>
     <w:rsid w:val="24D7B50F"/>
     <w:rsid w:val="24D9F582"/>
     <w:rsid w:val="24F77DC6"/>
+    <w:rsid w:val="253F719F"/>
     <w:rsid w:val="2561F4AB"/>
     <w:rsid w:val="25921FD7"/>
     <w:rsid w:val="25A6EF58"/>
     <w:rsid w:val="25CD4782"/>
     <w:rsid w:val="26E0FC20"/>
     <w:rsid w:val="26EB4A8A"/>
     <w:rsid w:val="278FD214"/>
     <w:rsid w:val="279E980A"/>
     <w:rsid w:val="28049D3E"/>
     <w:rsid w:val="2895320C"/>
     <w:rsid w:val="28A764E4"/>
     <w:rsid w:val="28CEA6D1"/>
     <w:rsid w:val="28F12612"/>
     <w:rsid w:val="2985808B"/>
     <w:rsid w:val="298593AE"/>
     <w:rsid w:val="298F02A5"/>
     <w:rsid w:val="29AE5BE8"/>
     <w:rsid w:val="29B4F883"/>
     <w:rsid w:val="29F9BF5F"/>
     <w:rsid w:val="2A19B670"/>
     <w:rsid w:val="2A782213"/>
     <w:rsid w:val="2AA568AB"/>
     <w:rsid w:val="2AEA69E4"/>
     <w:rsid w:val="2B1AFD14"/>
     <w:rsid w:val="2B30E9CB"/>
@@ -5728,50 +5808,51 @@
     <w:rsid w:val="73F0DA5D"/>
     <w:rsid w:val="74775932"/>
     <w:rsid w:val="74B72191"/>
     <w:rsid w:val="74C3168D"/>
     <w:rsid w:val="75291142"/>
     <w:rsid w:val="7529E9DD"/>
     <w:rsid w:val="7576829D"/>
     <w:rsid w:val="758756F3"/>
     <w:rsid w:val="75929A8C"/>
     <w:rsid w:val="75B43A0A"/>
     <w:rsid w:val="75F2D66F"/>
     <w:rsid w:val="7654A859"/>
     <w:rsid w:val="765E19E0"/>
     <w:rsid w:val="768D51B4"/>
     <w:rsid w:val="76927DD2"/>
     <w:rsid w:val="769ED68E"/>
     <w:rsid w:val="779D18C0"/>
     <w:rsid w:val="77BC67D1"/>
     <w:rsid w:val="77C79345"/>
     <w:rsid w:val="77E323FD"/>
     <w:rsid w:val="77F7B071"/>
     <w:rsid w:val="780178BE"/>
     <w:rsid w:val="781E0025"/>
     <w:rsid w:val="782C4B2D"/>
     <w:rsid w:val="785079AB"/>
+    <w:rsid w:val="78A8CFC8"/>
     <w:rsid w:val="78B2B61B"/>
     <w:rsid w:val="78BFDB07"/>
     <w:rsid w:val="78E45976"/>
     <w:rsid w:val="79176AFC"/>
     <w:rsid w:val="79757D81"/>
     <w:rsid w:val="7A4C0C25"/>
     <w:rsid w:val="7A6EE09A"/>
     <w:rsid w:val="7AC75EC1"/>
     <w:rsid w:val="7B88C605"/>
     <w:rsid w:val="7B8B1AC5"/>
     <w:rsid w:val="7BDAECE4"/>
     <w:rsid w:val="7BE24B34"/>
     <w:rsid w:val="7C19C7A7"/>
     <w:rsid w:val="7C4AA0E0"/>
     <w:rsid w:val="7C4EDB6E"/>
     <w:rsid w:val="7C5ACDD8"/>
     <w:rsid w:val="7C93A49B"/>
     <w:rsid w:val="7CA8E91A"/>
     <w:rsid w:val="7CD86DD0"/>
     <w:rsid w:val="7CF7C7F1"/>
     <w:rsid w:val="7D625C86"/>
     <w:rsid w:val="7E477915"/>
     <w:rsid w:val="7E9FF6CC"/>
     <w:rsid w:val="7EF40036"/>
     <w:rsid w:val="7F06B2DC"/>
@@ -5793,129 +5874,129 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5BB93790"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ECC2D6C2-561F-4813-A49F-572C30279041}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6071,52 +6152,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6183,347 +6264,347 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00D933A6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="8" w:space="4"/>
       </w:pBdr>
       <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D933A6"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="298F02A5"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00033485"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00033485"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="298F02A5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="298F02A5"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:noProof w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="298F02A5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6602,56 +6683,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1705205580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ticks/removing_a_tick.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avonandsomerset.police.uk/report/anti-social-behaviour/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bristolcouncil.sharepoint.com/sites/HealthSafetyandWellbeing/Shared%20Documents/Forms/Public%20view.aspx?id=%2Fsites%2FHealthSafetyandWellbeing%2FShared%20Documents%2FLone%20working%20policy%2Epdf&amp;parent=%2Fsites%2FHealthSafetyandWellbeing%2FShared%20Documents" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ticks/removing_a_tick.html" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avonandsomerset.police.uk/report/anti-social-behaviour/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bristolcouncil.sharepoint.com/sites/HealthSafetyandWellbeing/Shared%20Documents/Forms/Public%20view.aspx?id=%2Fsites%2FHealthSafetyandWellbeing%2FShared%20Documents%2FLone%20working%20policy%2Epdf&amp;parent=%2Fsites%2FHealthSafetyandWellbeing%2FShared%20Documents" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6914,52 +6994,67 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100708486052300824BA4D620CF95E9C978" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1dd9352a7ca8c74cc3b7575a675f0ac7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="657e269d384cf008a275d5cae1d91d62" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100708486052300824BA4D620CF95E9C978" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2541a160a9daaf70bb32d466996cc7b9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee57888a-cf71-422e-9a19-54eb89d6805c" xmlns:ns3="5546626c-f3fd-4f02-8a63-221a7cd464fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0f2b3a1c226269fc39a71fdeae7ffbbf" ns2:_="" ns3:_="">
     <xsd:import namespace="ee57888a-cf71-422e-9a19-54eb89d6805c"/>
     <xsd:import namespace="5546626c-f3fd-4f02-8a63-221a7cd464fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee57888a-cf71-422e-9a19-54eb89d6805c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -7090,118 +7185,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1399050-7ECE-46F2-9C27-2B8295DE9D30}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B887A4EF-333C-4DB5-9A16-55EC947F0D2D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62AA4068-E914-47D7-8026-6DECB118FC52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A7AC857-AC33-4DB4-B314-B27309D420B3}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joe Aslett</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100708486052300824BA4D620CF95E9C978</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>63c1cfba,4d844859,529557c5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-12-23T07:48:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>e2bd35e7-6d72-4703-9ce4-fad34a47c838</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>