--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -9,61 +9,61 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="58431F60" w14:textId="04DB32A5" w:rsidR="008E3906" w:rsidRDefault="008E3906" w:rsidP="008E3906">
+    <w:p w14:paraId="58431F60" w14:textId="7A40C507" w:rsidR="008E3906" w:rsidRDefault="007C34A2" w:rsidP="008E3906">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:object w:dxaOrig="7109" w:dyaOrig="7156" w14:anchorId="42D65998">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:114.1pt;height:114.85pt" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Bristol City Council logo " style="width:114.1pt;height:114.85pt" o:ole="">
             <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1821509081" r:id="rId9"/>
+          <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1832152432" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="2217979E" w14:textId="683292B2" w:rsidR="008E3906" w:rsidRDefault="008E3906" w:rsidP="008E3906">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E2057E5" w14:textId="77777777" w:rsidR="008E3906" w:rsidRPr="008E3906" w:rsidRDefault="008E3906" w:rsidP="008E3906">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E3906">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>General Data Protection Regulation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D8E1AE" w14:textId="77777777" w:rsidR="008E3906" w:rsidRPr="008E3906" w:rsidRDefault="008E3906" w:rsidP="008E3906">
@@ -1139,100 +1139,151 @@
       <w:r w:rsidR="00540629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Team, </w:t>
       </w:r>
       <w:r w:rsidR="00540629" w:rsidRPr="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
       <w:r w:rsidRPr="00154F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> City Council,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D639593" w14:textId="77777777" w:rsidR="00154F78" w:rsidRPr="00154F78" w:rsidRDefault="00154F78" w:rsidP="00154F78">
-      <w:pPr>
+    <w:p w14:paraId="7F4B5539" w14:textId="3A133DC4" w:rsidR="00835C98" w:rsidRPr="00835C98" w:rsidRDefault="00154F78" w:rsidP="00835C98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidR="00835C98" w:rsidRPr="00835C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0811586F" w14:textId="77777777" w:rsidR="00835C98" w:rsidRPr="00835C98" w:rsidRDefault="00835C98" w:rsidP="00835C98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO Box 3300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7A3D05" w14:textId="77777777" w:rsidR="00835C98" w:rsidRPr="00835C98" w:rsidRDefault="00835C98" w:rsidP="00835C98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1883A01E" w14:textId="77777777" w:rsidR="00835C98" w:rsidRPr="00835C98" w:rsidRDefault="00835C98" w:rsidP="00835C98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BS1 9LN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D639593" w14:textId="2B789EF5" w:rsidR="00154F78" w:rsidRPr="00835C98" w:rsidRDefault="00154F78" w:rsidP="00154F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00154F78">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A3B92F" w14:textId="77777777" w:rsidR="00835C98" w:rsidRPr="00154F78" w:rsidRDefault="00835C98" w:rsidP="00154F78">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>City Hall</w:t>
-[...34 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1FFB08BD" w14:textId="460A29DF" w:rsidR="00D943C6" w:rsidRPr="00D943C6" w:rsidRDefault="00D943C6" w:rsidP="00D943C6">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D943C6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Insurance claims</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC98F09" w14:textId="77777777" w:rsidR="004C71D2" w:rsidRDefault="00515B01" w:rsidP="00515B01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1322,50 +1373,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cannot include identification of a third party. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099DDE64" w14:textId="448FDACC" w:rsidR="00515B01" w:rsidRPr="00890006" w:rsidRDefault="00515B01" w:rsidP="00515B01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00890006">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Please contact one of these options to request CCTV footage on your behalf.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086954FC" w14:textId="77777777" w:rsidR="00515B01" w:rsidRPr="004C71D2" w:rsidRDefault="00515B01" w:rsidP="00515B01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C71D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">We would like to remind you that we only keep CCTV images for 28 days. </w:t>
       </w:r>
@@ -1712,51 +1764,51 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6EAE9F67" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:15.85pt;width:532.5pt;height:72.75pt;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGM8YbhAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0gTKB0VKapATJMQ&#10;Q4OJZ+PYxJLj82y3affX72wnacXQHqb1wbVzd9/dfffj8mrXabIVziswNS1PZpQIw6FR5rWmP55u&#10;P32mxAdmGqbBiJruhadXq48fLnu7FBW0oBvhCIIYv+xtTdsQ7LIoPG9Fx/wJWGFQKMF1LODTvRaN&#10;Yz2id7qoZrPzogfXWAdceI9fb7KQrhK+lIKHb1J6EYiuKcYW0unS+RLPYnXJlq+O2VbxIQz2D1F0&#10;TBl0OkHdsMDIxqk/oDrFHXiQ4YRDV4CUiouUA2ZTzt5k89gyK1IuSI63E03+/8Hy++2jfXBIQ2/9&#10;0uM1ZrGTrov/GB/ZJbL2E1liFwjHj+eL82oxR045yi6q04tqHtksDtbW+fBFQEfipaYOi5E4Yts7&#10;H7LqqBKdGbhVWqeCaEP6mp6Wi3ky8KBVE4VRLbWGuNaObBkWNezKwe2RFgahDcZyyCndwl6LCKHN&#10;dyGJajCLKjuI7XbAZJwLE8osalkjsqv5DH+js9EiZZwAI7LEICfsAWDUzCAjds5/0I+mInXrZDz7&#10;W2DZeLJInsGEybhTBtx7ABqzGjxn/ZGkTE1k6QWa/YMjDvKseMtvFdbvjvnwwBwOB5YcBz58w0Nq&#10;wDrBcKOkBffrve9RH3sWpZT0OGw19T83zAlK9FeD3XxRnp3F6UyPs/miwoc7lrwcS8ymuwYsfYmr&#10;xfJ0jfpBj1fpoHvGvbCOXlHEDEffNeXBjY/rkJcAbhYu1uukhhNpWbgzj5ZH8Mhq7M+n3TNzdmji&#10;gO1/D+NgsuWbXs660dLAehNAqtToB14HvnGaU+MMmyeui+N30jrsx9VvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA5syNnN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZG6qVK7KQl&#10;RBQTRZW4VmoatVcHb4AGrxE2Af6+5tTedndGs2/Sw2gadsfO1ZYkbNYCGFJhdU2lhPNnvtoDc16R&#10;Vo0llDChg0O2eEhVou1AH3g/+ZKFEHKJklB53yacu6JCo9zatkhBu9rOKB/WruS6U0MINw3fCrHj&#10;RtUUPlSqxbcKi9upNxJevt3T1/6dT8Kb848xUx71Qy7l43I8vgLzOPo/M8z4AR2ywHSxPWnHGgmr&#10;OApOCc+bGNisi2i+XMIUx1vgWcr/V8h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYz&#10;xhuEAgAAZwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AObMjZzeAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="584F9CD5" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:15.85pt;width:532.5pt;height:72.75pt;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGM8YbhAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0gTKB0VKapATJMQ&#10;Q4OJZ+PYxJLj82y3affX72wnacXQHqb1wbVzd9/dfffj8mrXabIVziswNS1PZpQIw6FR5rWmP55u&#10;P32mxAdmGqbBiJruhadXq48fLnu7FBW0oBvhCIIYv+xtTdsQ7LIoPG9Fx/wJWGFQKMF1LODTvRaN&#10;Yz2id7qoZrPzogfXWAdceI9fb7KQrhK+lIKHb1J6EYiuKcYW0unS+RLPYnXJlq+O2VbxIQz2D1F0&#10;TBl0OkHdsMDIxqk/oDrFHXiQ4YRDV4CUiouUA2ZTzt5k89gyK1IuSI63E03+/8Hy++2jfXBIQ2/9&#10;0uM1ZrGTrov/GB/ZJbL2E1liFwjHj+eL82oxR045yi6q04tqHtksDtbW+fBFQEfipaYOi5E4Yts7&#10;H7LqqBKdGbhVWqeCaEP6mp6Wi3ky8KBVE4VRLbWGuNaObBkWNezKwe2RFgahDcZyyCndwl6LCKHN&#10;dyGJajCLKjuI7XbAZJwLE8osalkjsqv5DH+js9EiZZwAI7LEICfsAWDUzCAjds5/0I+mInXrZDz7&#10;W2DZeLJInsGEybhTBtx7ABqzGjxn/ZGkTE1k6QWa/YMjDvKseMtvFdbvjvnwwBwOB5YcBz58w0Nq&#10;wDrBcKOkBffrve9RH3sWpZT0OGw19T83zAlK9FeD3XxRnp3F6UyPs/miwoc7lrwcS8ymuwYsfYmr&#10;xfJ0jfpBj1fpoHvGvbCOXlHEDEffNeXBjY/rkJcAbhYu1uukhhNpWbgzj5ZH8Mhq7M+n3TNzdmji&#10;gO1/D+NgsuWbXs660dLAehNAqtToB14HvnGaU+MMmyeui+N30jrsx9VvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA5syNnN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZG6qVK7KQl&#10;RBQTRZW4VmoatVcHb4AGrxE2Af6+5tTedndGs2/Sw2gadsfO1ZYkbNYCGFJhdU2lhPNnvtoDc16R&#10;Vo0llDChg0O2eEhVou1AH3g/+ZKFEHKJklB53yacu6JCo9zatkhBu9rOKB/WruS6U0MINw3fCrHj&#10;RtUUPlSqxbcKi9upNxJevt3T1/6dT8Kb848xUx71Qy7l43I8vgLzOPo/M8z4AR2ywHSxPWnHGgmr&#10;OApOCc+bGNisi2i+XMIUx1vgWcr/V8h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYz&#10;xhuEAgAAZwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AObMjZzeAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2E4D5E" w14:textId="77777777" w:rsidR="00AB7A05" w:rsidRPr="00E61713" w:rsidRDefault="00AB7A05" w:rsidP="00AB7A05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Description of the information</w:t>
       </w:r>
       <w:r w:rsidR="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -1855,51 +1907,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="699E3CB0" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:28.65pt;width:532.5pt;height:29.25pt;z-index:251678208;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0B+Wv3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXMI3SOBVC&#10;yhWJUsHVjbdJIF5HsdMkf49zorfdndHsm2w/2ZZdsPeNIwWbtQCGVDrTUKXg+FmsEmA+aDK6dYQK&#10;ZvSwz29vMp0aN9IHXg6hYjGEfKoV1CF0Kee+rNFqv3YdUtTOrrc6xLWvuOn1GMNtyx+FeOFWNxQ/&#10;1LrDtxrL38NgFTx/+4ev5J3PItjjj7VzIYexUOr+bnrdAQs4hX8zLPgRHfLIdHIDGc9aBautjE4F&#10;cvsEbNGFXC6nOG1kAjzP+HWF/A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAx1iKlgAIA&#10;AGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0B+Wv&#10;3QAAAAoBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="60EB0BA6" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:28.65pt;width:532.5pt;height:29.25pt;z-index:251678208;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0B+Wv3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXMI3SOBVC&#10;yhWJUsHVjbdJIF5HsdMkf49zorfdndHsm2w/2ZZdsPeNIwWbtQCGVDrTUKXg+FmsEmA+aDK6dYQK&#10;ZvSwz29vMp0aN9IHXg6hYjGEfKoV1CF0Kee+rNFqv3YdUtTOrrc6xLWvuOn1GMNtyx+FeOFWNxQ/&#10;1LrDtxrL38NgFTx/+4ev5J3PItjjj7VzIYexUOr+bnrdAQs4hX8zLPgRHfLIdHIDGc9aBautjE4F&#10;cvsEbNGFXC6nOG1kAjzP+HWF/A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAx1iKlgAIA&#10;AGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0B+Wv&#10;3QAAAAoBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="78611843" w14:textId="77777777" w:rsidR="00E91A6A" w:rsidRPr="00E61713" w:rsidRDefault="00AB7A05" w:rsidP="00E91A6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Place</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FECBE6C" w14:textId="77777777" w:rsidR="00E61713" w:rsidRPr="00E61713" w:rsidRDefault="00E61713" w:rsidP="00E91A6A">
@@ -1975,51 +2027,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="06C89678" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:.5pt;width:532.5pt;height:29.25pt;z-index:251680256;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJGvWX2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOuAMLQhToWQ&#10;ckWireDqxtskEK+j2GmSv2dzguPOjGbfZLvJteKCfWg8abhfJyCQSm8bqjQcD8VqAyJEQ9a0nlDD&#10;jAF2+fVVZlLrR/rAyz5WgksopEZDHWOXShnKGp0Ja98hsXf2vTORz76Stjcjl7tWPiTJk3SmIf5Q&#10;mw7faix/9oPT8PgV7j4373JOojt+OzcXahgLrW9vptcXEBGn+BeGBZ/RIWemkx/IBtFqWD0rTrLO&#10;ixY7UYtw0qC2CmSeyf8D8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMdYipYACAABn&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiRr1l9sA&#10;AAAIAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="6B181846" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:.5pt;width:532.5pt;height:29.25pt;z-index:251680256;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJGvWX2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOuAMLQhToWQ&#10;ckWireDqxtskEK+j2GmSv2dzguPOjGbfZLvJteKCfWg8abhfJyCQSm8bqjQcD8VqAyJEQ9a0nlDD&#10;jAF2+fVVZlLrR/rAyz5WgksopEZDHWOXShnKGp0Ja98hsXf2vTORz76Stjcjl7tWPiTJk3SmIf5Q&#10;mw7faix/9oPT8PgV7j4373JOojt+OzcXahgLrW9vptcXEBGn+BeGBZ/RIWemkx/IBtFqWD0rTrLO&#10;ixY7UYtw0qC2CmSeyf8D8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMdYipYACAABn&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiRr1l9sA&#10;AAAIAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AB7A05" w:rsidRPr="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEE2B05" w14:textId="77777777" w:rsidR="00E61713" w:rsidRPr="00E61713" w:rsidRDefault="00E61713" w:rsidP="00E91A6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E61713">
         <w:rPr>
@@ -2075,51 +2127,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="406BE8EB" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:13.05pt;width:532.5pt;height:29.25pt;z-index:251682304;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvHttH3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me3SpiBBhsaY&#10;cDWxNnrdsiOg7CxhlwL/3uWkxzfv5b1v8uNsOnGlwbWWEXbbCARxZXXLNcL5vdykIJxXrFVnmRAW&#10;cnAsbm9ylWk78RtdT74WoYRdphAa7/tMSlc1ZJTb2p44eF92MMoHOdRSD2oK5aaT+yhKpFEth4VG&#10;9fTSUPVzGg3C4dM9fKSvcom8OX8bs5TxOJWI93fz8xMIT7P/C8OKH9ChCEwXO7J2okPYPMYhibBP&#10;diBWP4rXywUhPSQgi1z+/6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADHWIqWAAgAA&#10;ZwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8e20fc&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="0338CF83" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:13.05pt;width:532.5pt;height:29.25pt;z-index:251682304;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx1iKlgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nSbMFdYqgRYcB&#10;RRusHXpWZakWIIuapMTJfv0oyXayrthhWA6KZJKP5OPHxeW+1WQnnFdgKlqeTSgRhkOtzEtFvz/e&#10;fPhEiQ/M1EyDERU9CE8vV+/fXXR2KabQgK6FIwhi/LKzFW1CsMui8LwRLfNnYIVBoQTXsoBP91LU&#10;jnWI3upiOpmcFx242jrgwnv8ep2FdJXwpRQ83EvpRSC6ohhbSKdL53M8i9UFW744ZhvF+zDYP0TR&#10;MmXQ6Qh1zQIjW6f+gGoVd+BBhjMObQFSKi5SDphNOXmVzUPDrEi5IDnejjT5/wfL73YPduOQhs76&#10;pcdrzGIvXRv/MT6yT2QdRrLEPhCOH88X59PFHDnlKPu4KGeLeWSzOFpb58MXAS2Jl4o6LEbiiO1u&#10;fciqg0p0ZuBGaZ0Kog3pELREyCjxoFUdhekRW0NcaUd2DIsa9mXv9kQLg9AGYznmlG7hoEWE0Oab&#10;kETVmMU0O/gdk3EuTCizqGG1yK7mE/wNzgaLlHECjMgSgxyxe4BBM4MM2Dn/Xj+aitSto/Hkb4Fl&#10;49EieQYTRuNWGXBvAWjMqvec9QeSMjWRpWeoDxtHHORZ8ZbfKKzfLfNhwxwOB5YcBz7c4yE1YJ2g&#10;v1HSgPv51veojz2LUko6HLaK+h9b5gQl+qvBbv5czmZxOtNjNl9M8eFOJc+nErNtrwBLX+JqsTxd&#10;o37Qw1U6aJ9wL6yjVxQxw9F3RXlww+Mq5CWAm4WL9Tqp4URaFm7Ng+URPLIa+/Nx/8Sc7Zs4YPvf&#10;wTCYbPmql7NutDSw3gaQKjX6kdeeb5zm1Dj95onr4vSdtI77cfULAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvHttH3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me3SpiBBhsaY&#10;cDWxNnrdsiOg7CxhlwL/3uWkxzfv5b1v8uNsOnGlwbWWEXbbCARxZXXLNcL5vdykIJxXrFVnmRAW&#10;cnAsbm9ylWk78RtdT74WoYRdphAa7/tMSlc1ZJTb2p44eF92MMoHOdRSD2oK5aaT+yhKpFEth4VG&#10;9fTSUPVzGg3C4dM9fKSvcom8OX8bs5TxOJWI93fz8xMIT7P/C8OKH9ChCEwXO7J2okPYPMYhibBP&#10;diBWP4rXywUhPSQgi1z+/6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADHWIqWAAgAA&#10;ZwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8e20fc&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F56550" w14:textId="77777777" w:rsidR="00E91A6A" w:rsidRPr="004223E3" w:rsidRDefault="00AB7A05" w:rsidP="00E91A6A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E61713">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Time</w:t>
       </w:r>
       <w:r w:rsidR="00997EF4" w:rsidRPr="00E61713">
         <w:rPr>
@@ -2195,51 +2247,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7562C640" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:9.3pt;width:532.5pt;height:83.25pt;z-index:251684352;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBY8psRgAIAAGgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztN2COkWQosOA&#10;oi3WDj2rslQLkEVNUuJkXz9Ksp2sK3YYloMimuQj+UTy4nLXabIVziswNa1OSkqE4dAo81LT74/X&#10;Hz5R4gMzDdNgRE33wtPL5ft3F71diBm0oBvhCIIYv+htTdsQ7KIoPG9Fx/wJWGFQKcF1LKDoXorG&#10;sR7RO13MyvKs6ME11gEX3uPXq6yky4QvpeDhTkovAtE1xdxCOl06n+NZLC/Y4sUx2yo+pMH+IYuO&#10;KYNBJ6grFhjZOPUHVKe4Aw8ynHDoCpBScZFqwGqq8lU1Dy2zItWC5Hg70eT/Hyy/3T7Ye4c09NYv&#10;PF5jFTvpuviP+ZFdIms/kSV2gXD8eHZ+Njs/RU456qry9BylSGdxcLfOhy8COhIvNXX4Gokktr3x&#10;IZuOJjGagWuldXoRbUhf048VQkaNB62aqExC7A2x1o5sGb5q2FVD2CMrTEIbzOVQVLqFvRYRQptv&#10;QhLVYBmzHOB3TMa5MKHKqpY1Ioc6LfE3Bhs9UsUJMCJLTHLCHgBGywwyYuf6B/voKlK7Ts7l3xLL&#10;zpNHigwmTM6dMuDeAtBY1RA5248kZWoiS8/Q7O8dcZCHxVt+rfD9bpgP98zhdOCb48SHOzykBnwn&#10;GG6UtOB+vvU92mPTopaSHqetpv7HhjlBif5qsJ0/V/N5HM8kzLGXUHDHmudjjdl0a8Cnr3C3WJ6u&#10;0T7o8SoddE+4GFYxKqqY4Ri7pjy4UViHvAVwtXCxWiUzHEnLwo15sDyCR1Zjfz7unpizQxMH7P9b&#10;GCeTLV71craNngZWmwBSpUY/8DrwjeOcGmdYPXFfHMvJ6rAgl78AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiMCLm2wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8mN12jawEKRtj&#10;wtXEdaPXLh0BpVNCywL/3uGkx/ney5v38sPsOnHBIbSeNOy2CgRS5W1LtYbTe7lJQYRoyJrOE2pY&#10;MMChuL7KTWb9RG94OcZacAiFzGhoYuwzKUPVoDNh63sk1r784Ezkc6ilHczE4a6T90rtpTMt8YfG&#10;9PjSYPVzHJ2Gh89w95G+ykVFd/p2bimTcSq1vr2Zn59ARJzjnxnW+lwdCu509iPZIDoNm8eEnczT&#10;PYhVV8lKzitJdiCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWPKbEYACAABo&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4jAi5tsA&#10;AAAKAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="392A3892" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.75pt;margin-top:9.3pt;width:532.5pt;height:83.25pt;z-index:251684352;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBY8psRgAIAAGgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztN2COkWQosOA&#10;oi3WDj2rslQLkEVNUuJkXz9Ksp2sK3YYloMimuQj+UTy4nLXabIVziswNa1OSkqE4dAo81LT74/X&#10;Hz5R4gMzDdNgRE33wtPL5ft3F71diBm0oBvhCIIYv+htTdsQ7KIoPG9Fx/wJWGFQKcF1LKDoXorG&#10;sR7RO13MyvKs6ME11gEX3uPXq6yky4QvpeDhTkovAtE1xdxCOl06n+NZLC/Y4sUx2yo+pMH+IYuO&#10;KYNBJ6grFhjZOPUHVKe4Aw8ynHDoCpBScZFqwGqq8lU1Dy2zItWC5Hg70eT/Hyy/3T7Ye4c09NYv&#10;PF5jFTvpuviP+ZFdIms/kSV2gXD8eHZ+Njs/RU456qry9BylSGdxcLfOhy8COhIvNXX4Gokktr3x&#10;IZuOJjGagWuldXoRbUhf048VQkaNB62aqExC7A2x1o5sGb5q2FVD2CMrTEIbzOVQVLqFvRYRQptv&#10;QhLVYBmzHOB3TMa5MKHKqpY1Ioc6LfE3Bhs9UsUJMCJLTHLCHgBGywwyYuf6B/voKlK7Ts7l3xLL&#10;zpNHigwmTM6dMuDeAtBY1RA5248kZWoiS8/Q7O8dcZCHxVt+rfD9bpgP98zhdOCb48SHOzykBnwn&#10;GG6UtOB+vvU92mPTopaSHqetpv7HhjlBif5qsJ0/V/N5HM8kzLGXUHDHmudjjdl0a8Cnr3C3WJ6u&#10;0T7o8SoddE+4GFYxKqqY4Ri7pjy4UViHvAVwtXCxWiUzHEnLwo15sDyCR1Zjfz7unpizQxMH7P9b&#10;GCeTLV71craNngZWmwBSpUY/8DrwjeOcGmdYPXFfHMvJ6rAgl78AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiMCLm2wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8mN12jawEKRtj&#10;wtXEdaPXLh0BpVNCywL/3uGkx/ney5v38sPsOnHBIbSeNOy2CgRS5W1LtYbTe7lJQYRoyJrOE2pY&#10;MMChuL7KTWb9RG94OcZacAiFzGhoYuwzKUPVoDNh63sk1r784Ezkc6ilHczE4a6T90rtpTMt8YfG&#10;9PjSYPVzHJ2Gh89w95G+ykVFd/p2bimTcSq1vr2Zn59ARJzjnxnW+lwdCu509iPZIDoNm8eEnczT&#10;PYhVV8lKzitJdiCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWPKbEYACAABo&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4jAi5tsA&#10;AAAKAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7B777D" w14:textId="77777777" w:rsidR="00E91A6A" w:rsidRPr="004223E3" w:rsidRDefault="00AB7A05" w:rsidP="00AB7A05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004223E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="00E61713">
@@ -3227,51 +3279,51 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7C75CA61" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6pt;margin-top:13.8pt;width:536.1pt;height:81pt;z-index:251691520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5UNoWhQIAAGgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21naZMFdYqgRYcB&#10;RRusHXpWZCkWIIuapMTJfv0o+ZGgK3YYloMimeRH8uPj+ubQaLIXziswJS0uckqE4VApsy3pj5f7&#10;T3NKfGCmYhqMKOlReHqz/PjhurULMYEadCUcQRDjF60taR2CXWSZ57VomL8AKwwKJbiGBXy6bVY5&#10;1iJ6o7NJnl9lLbjKOuDCe/x61wnpMuFLKXh4ktKLQHRJMbaQTpfOTTyz5TVbbB2zteJ9GOwfomiY&#10;Muh0hLpjgZGdU39ANYo78CDDBYcmAykVFykHzKbI32TzXDMrUi5IjrcjTf7/wfLH/bNdO6ShtX7h&#10;8RqzOEjXxH+MjxwSWceRLHEIhOPHq3k+n86QU46yIp/MZ3miMzuZW+fDVwENiZeSOqxGIontH3xA&#10;l6g6qERvBu6V1qki2pC2pJ+L2WUy8KBVFYVRLfWGuNWO7BlWNRyKWEXEOtPClzb48ZRUuoWjFhFC&#10;m+9CElVhGpPOQey3EybjXJhQdKKaVaJzdZnjb3A2WCTXCTAiSwxyxO4BBs0OZMDuYu71o6lI7Toa&#10;538LrDMeLZJnMGE0bpQB9x6Axqx6z53+QFJHTWRpA9Vx7YiDbli85fcK6/fAfFgzh9OBNceJD094&#10;SA1YJ+hvlNTgfr33Pepj06KUkhanraT+5445QYn+ZrCdvxTTaRzP9Jhezib4cOeSzbnE7JpbwNIX&#10;uFssT9eoH/RwlQ6aV1wMq+gVRcxw9F1SHtzwuA3dFsDVwsVqldRwJC0LD+bZ8ggeWY39+XJ4Zc72&#10;TRyw/x9hmEy2eNPLnW60NLDaBZAqNfqJ155vHOfUOP3qifvi/J20Tgty+RsAAP//AwBQSwMEFAAG&#10;AAgAAAAhACgvyr/fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAQRO+V+g/WRuqlSuyg&#10;lhKKiapKXCs1idKrgzdAg9cImwB/X+fU3GY1o9k32XYyLbti7xpLEtYrAQyptLqhSsJhXywTYM4r&#10;0qq1hBJmdLDNHx8ylWo70jded75ioYRcqiTU3ncp566s0Si3sh1S8M62N8qHs6+47tUYyk3LIyFi&#10;blRD4UOtOvyssbzsBiPh5cc9H5MvPgtvDr/GzMXrMBZSPi2mj3dgHif/H4YbfkCHPDCd7EDasVbC&#10;ch2FLV5C9BYDuwVELCJgp6CSTQw8z/j9hvwPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;eVDaFoUCAABoBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAKC/Kv98AAAALAQAADwAAAAAAAAAAAAAAAADfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="15BC9A7C" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6pt;margin-top:13.8pt;width:536.1pt;height:81pt;z-index:251691520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5UNoWhQIAAGgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21naZMFdYqgRYcB&#10;RRusHXpWZCkWIIuapMTJfv0o+ZGgK3YYloMimeRH8uPj+ubQaLIXziswJS0uckqE4VApsy3pj5f7&#10;T3NKfGCmYhqMKOlReHqz/PjhurULMYEadCUcQRDjF60taR2CXWSZ57VomL8AKwwKJbiGBXy6bVY5&#10;1iJ6o7NJnl9lLbjKOuDCe/x61wnpMuFLKXh4ktKLQHRJMbaQTpfOTTyz5TVbbB2zteJ9GOwfomiY&#10;Muh0hLpjgZGdU39ANYo78CDDBYcmAykVFykHzKbI32TzXDMrUi5IjrcjTf7/wfLH/bNdO6ShtX7h&#10;8RqzOEjXxH+MjxwSWceRLHEIhOPHq3k+n86QU46yIp/MZ3miMzuZW+fDVwENiZeSOqxGIontH3xA&#10;l6g6qERvBu6V1qki2pC2pJ+L2WUy8KBVFYVRLfWGuNWO7BlWNRyKWEXEOtPClzb48ZRUuoWjFhFC&#10;m+9CElVhGpPOQey3EybjXJhQdKKaVaJzdZnjb3A2WCTXCTAiSwxyxO4BBs0OZMDuYu71o6lI7Toa&#10;538LrDMeLZJnMGE0bpQB9x6Axqx6z53+QFJHTWRpA9Vx7YiDbli85fcK6/fAfFgzh9OBNceJD094&#10;SA1YJ+hvlNTgfr33Pepj06KUkhanraT+5445QYn+ZrCdvxTTaRzP9Jhezib4cOeSzbnE7JpbwNIX&#10;uFssT9eoH/RwlQ6aV1wMq+gVRcxw9F1SHtzwuA3dFsDVwsVqldRwJC0LD+bZ8ggeWY39+XJ4Zc72&#10;TRyw/x9hmEy2eNPLnW60NLDaBZAqNfqJ155vHOfUOP3qifvi/J20Tgty+RsAAP//AwBQSwMEFAAG&#10;AAgAAAAhACgvyr/fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAQRO+V+g/WRuqlSuyg&#10;lhKKiapKXCs1idKrgzdAg9cImwB/X+fU3GY1o9k32XYyLbti7xpLEtYrAQyptLqhSsJhXywTYM4r&#10;0qq1hBJmdLDNHx8ylWo70jded75ioYRcqiTU3ncp566s0Si3sh1S8M62N8qHs6+47tUYyk3LIyFi&#10;blRD4UOtOvyssbzsBiPh5cc9H5MvPgtvDr/GzMXrMBZSPi2mj3dgHif/H4YbfkCHPDCd7EDasVbC&#10;ch2FLV5C9BYDuwVELCJgp6CSTQw8z/j9hvwPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;eVDaFoUCAABoBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAKC/Kv98AAAALAQAADwAAAAAAAAAAAAAAAADfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2070AFCD" w14:textId="77777777" w:rsidR="009E7BC2" w:rsidRDefault="009E7BC2" w:rsidP="009E7BC2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Address of Child: </w:t>
       </w:r>
     </w:p>
@@ -3373,51 +3425,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="68A5EAE1" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-4.5pt;margin-top:15.9pt;width:536.1pt;height:23.25pt;z-index:251693568;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACIxcbggIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nSR9BnSJIkWFA&#10;0QZrh55VWaoNyKImKXGyXz9Ksp2sK3YYloMimeRH8uPj+mbfKrIT1jWgS1qc5ZQIzaFq9GtJvz+t&#10;P11S4jzTFVOgRUkPwtGbxccP152ZiwnUoCphCYJoN+9MSWvvzTzLHK9Fy9wZGKFRKMG2zOPTvmaV&#10;ZR2ityqb5Pl51oGtjAUunMOvt0lIFxFfSsH9g5ROeKJKirH5eNp4voQzW1yz+atlpm54Hwb7hyha&#10;1mh0OkLdMs/I1jZ/QLUNt+BA+jMObQZSNlzEHDCbIn+TzWPNjIi5IDnOjDS5/wfL73ePZmORhs64&#10;ucNryGIvbRv+MT6yj2QdRrLE3hOOH88v88vpBXLKUTa5mk0uZoHN7GhtrPNfBLQkXEpqsRiRI7a7&#10;cz6pDirBmYZ1o1QsiNKkK+nnAiGDxIFqqiCMj9AaYqUs2TEsqt8XvdsTLQxCaYzlmFO8+YMSAULp&#10;b0KSpsIsJsnB75iMc6F9kUQ1q0RyNcvxNzgbLGLGETAgSwxyxO4BBs0EMmCn/Hv9YCpit47G+d8C&#10;S8ajRfQM2o/GbaPBvgegMKvec9IfSErUBJZeoDpsLLGQZsUZvm6wfnfM+Q2zOBxYchx4/4CHVIB1&#10;gv5GSQ3253vfgz72LEop6XDYSup+bJkVlKivGrv5qphOw3TGx3R2McGHPZW8nEr0tl0Blr7A1WJ4&#10;vAZ9r4artNA+415YBq8oYpqj75Jyb4fHyqclgJuFi+UyquFEGubv9KPhATywGvrzaf/MrOmb2GP7&#10;38MwmGz+ppeTbrDUsNx6kE1s9COvPd84zbFx+s0T1sXpO2od9+PiFwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhACS4yEDeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx7dKiLUWG&#10;xphwNbE2et2yI6DsLGGXAv/e7ckeJ2/y3vdl+8m04ky9aywjrJYRCOLS6oYrhONHsUhAOK9Yq9Yy&#10;IczkYJ/f3mQq1XbkdzoffCVCCbtUIdTed6mUrqzJKLe0HXHIvm1vlA9nX0ndqzGUm1auo2gjjWo4&#10;LNSqo9eayt/DYBAev9zDZ/Im58ib448xc/E0jAXi/d308gzC0+T/n+GCH9AhD0wnO7B2okVY7IKK&#10;R4hXweCSR5t4DeKEsE1ikHkmrw3yPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACIxcb&#10;ggIAAGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAk&#10;uMhA3gAAAAkBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
+              <v:rect w14:anchorId="2419B826" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-4.5pt;margin-top:15.9pt;width:536.1pt;height:23.25pt;z-index:251693568;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACIxcbggIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nSR9BnSJIkWFA&#10;0QZrh55VWaoNyKImKXGyXz9Ksp2sK3YYloMimeRH8uPj+mbfKrIT1jWgS1qc5ZQIzaFq9GtJvz+t&#10;P11S4jzTFVOgRUkPwtGbxccP152ZiwnUoCphCYJoN+9MSWvvzTzLHK9Fy9wZGKFRKMG2zOPTvmaV&#10;ZR2ityqb5Pl51oGtjAUunMOvt0lIFxFfSsH9g5ROeKJKirH5eNp4voQzW1yz+atlpm54Hwb7hyha&#10;1mh0OkLdMs/I1jZ/QLUNt+BA+jMObQZSNlzEHDCbIn+TzWPNjIi5IDnOjDS5/wfL73ePZmORhs64&#10;ucNryGIvbRv+MT6yj2QdRrLE3hOOH88v88vpBXLKUTa5mk0uZoHN7GhtrPNfBLQkXEpqsRiRI7a7&#10;cz6pDirBmYZ1o1QsiNKkK+nnAiGDxIFqqiCMj9AaYqUs2TEsqt8XvdsTLQxCaYzlmFO8+YMSAULp&#10;b0KSpsIsJsnB75iMc6F9kUQ1q0RyNcvxNzgbLGLGETAgSwxyxO4BBs0EMmCn/Hv9YCpit47G+d8C&#10;S8ajRfQM2o/GbaPBvgegMKvec9IfSErUBJZeoDpsLLGQZsUZvm6wfnfM+Q2zOBxYchx4/4CHVIB1&#10;gv5GSQ3253vfgz72LEop6XDYSup+bJkVlKivGrv5qphOw3TGx3R2McGHPZW8nEr0tl0Blr7A1WJ4&#10;vAZ9r4artNA+415YBq8oYpqj75Jyb4fHyqclgJuFi+UyquFEGubv9KPhATywGvrzaf/MrOmb2GP7&#10;38MwmGz+ppeTbrDUsNx6kE1s9COvPd84zbFx+s0T1sXpO2od9+PiFwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhACS4yEDeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx7dKiLUWG&#10;xphwNbE2et2yI6DsLGGXAv/e7ckeJ2/y3vdl+8m04ky9aywjrJYRCOLS6oYrhONHsUhAOK9Yq9Yy&#10;IczkYJ/f3mQq1XbkdzoffCVCCbtUIdTed6mUrqzJKLe0HXHIvm1vlA9nX0ndqzGUm1auo2gjjWo4&#10;LNSqo9eayt/DYBAev9zDZ/Im58ib448xc/E0jAXi/d308gzC0+T/n+GCH9AhD0wnO7B2okVY7IKK&#10;R4hXweCSR5t4DeKEsE1ikHkmrw3yPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACIxcb&#10;ggIAAGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAk&#10;uMhA3gAAAAkBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D44A03" w14:textId="77777777" w:rsidR="00E726FB" w:rsidRPr="009E7BC2" w:rsidRDefault="00E726FB" w:rsidP="009E7BC2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">I: </w:t>
       </w:r>
       <w:r w:rsidR="005A7AB5">
@@ -3808,51 +3860,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="678F9077" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.8pt;margin-top:-.25pt;width:36.6pt;height:35.25pt;z-index:-251654656;mso-position-horizontal-relative:page" coordorigin="10336,-5" coordsize="732,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBb8CnGeAQAABwXAAAOAAAAZHJzL2Uyb0RvYy54bWzsmN1u2zYUx+8H7B0IXW5ILNmyHAtxiqFt&#10;ggHdVqDuA9AS9YFJokbKltOn35+kJEuK06Zekm2Ac+FQ5uHh+fyR8vWbfZ6RHRMy5cXKci5ti7Ai&#10;4GFaxCvr8/r24soisqJFSDNesJV1z6T15ubHH67r0mdTnvAsZIJASSH9ulxZSVWV/mQig4TlVF7y&#10;khWYjLjIaYVHEU9CQWtoz7PJ1La9Sc1FWAoeMCnx7Tszad1o/VHEguqPKJKsItnKgm2V/hT6c6M+&#10;JzfX1I8FLZM0aMygJ1iR07TApp2qd7SiZCvSB6ryNBBc8qi6DHg+4VGUBkz7AG8ce+TNneDbUvsS&#10;+3VcdmFCaEdxOllt8PvuTpSfyo/CWI/hBx78KRGXSV3Gfn9ePcdGmGzq33iIfNJtxbXj+0jkSgVc&#10;Insd3/suvmxfkQBfup57NUUWAky57sJbzE38gwRJUqscezbzLILpi27qfbN4MZualQtbz02ob/bU&#10;djZ2qbw3Rpoh7P8oSBpiw5lFCprDZh1W4szU5mMfVQafKwbwxoXN8MYxfrZxWLRBmD70f7giSDr3&#10;B2sedR5dJA+FIv9ZoXxKaMl0/UlVCG0g3TaQt4Ix1ZrEcU0stVhbTLJfSb2ZupS+RMF9s4aeGL8u&#10;FtQPtrK6Y1wXIt19kJVp7xAjXd5hUwFrFGGUZ+j0ny+ITfRG5tMkJO4EnVbwpwlZ26QmKneN1lYZ&#10;ctxX5tje9LgyVKARVMqmB2XwIG5tpElrdrAvGrsxIlQB1datVnKpmmUN29oegwYIKR8fkcXWY1mz&#10;ptlCgJRjRgqLgJEb425JK2WZ2kINSb2yVCjUc853bM31TDXqfexxmM2KvpRugp5NZhYLlHrQxwz0&#10;lsrSXmYLfptmmU5CVmhDZoultkTyLA3VpDJGinjzNhNkRxX79Z9yBcoGYmBsEWplCaPh+2Zc0TQz&#10;Y8hniCwoY8pWMUP6Gx7eo4QFNycKTkAMEi6+WKTGabKy5F9bKphFsl8LdOHScV11/OgHd659F/2Z&#10;TX+GFgFUrazKQtrV8G1ljqxtKdI4wU6OdrfgvwC/UarKXNtnrGoeAAI9GvBQ063DXtvR87ajGzRq&#10;wL40Gg3oPVNeLRobxntXmijIe+9ocAcrDmgcrkG+jp8Lr4FGWGjOmAMatYOqZEDQZ0XjIBrH49fF&#10;YthA34FGjzQJOo5EjySky9VBZEhEb2k/1NJnoRLo9MDmE2CI5gJLgETT4V+FYSOrz3/spmXN/1Nh&#10;mKwsFYXTYWhMaiIJW84wxIXNYPLVYbhoe7iB4ULV1EvDEB2D+vWWDfbadtYHhbouP35T7NYcgDhc&#10;hXL694CI178xEK9MPJ8fiE+KYReNk5F4vi36//Pbouedb4vdHfb7b4vLtqcbQC5fHJCOPQeVFSDV&#10;VtRv8Ti8+fVvi+MVBzgO13Q4GP+K8Aq3xTlO/REczcvls98Wx9E4Hr8uFiej8XxbxCs6wbua+Nqr&#10;83/rtniG4RNenTUd8BMsYDn4jbf/rEF6+FH75m8AAAD//wMAUEsDBBQABgAIAAAAIQALzYRB3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq96W4aTEvMRkTanqRQLRRvYzIm&#10;wexuyK5J/PcdT/X4mI8338tWk2nFQL1vnNUQzRUIsoUrG1tp+Nl/zN5A+IC2xNZZ0nAlD6v88SHD&#10;tHSj/aZhFyrBJdanqKEOoUul9EVNBv3cdWT5dnK9wcCxr2TZ48jlppUvSiXSYGP5Q40dbWoqzruL&#10;0fA54riOo/dhez5trof94ut3G5HWz0/Tegki0BT+Ybjpszrk7HR0F1t60XJWcZwwq2G2AHEDIpXw&#10;mKOGV6VA5pm8n5D/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFvwKcZ4BAAAHBcAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAvNhEHfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA0gYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADeBwAAAAA=&#10;">
+              <v:group w14:anchorId="62CA7F90" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.8pt;margin-top:-.25pt;width:36.6pt;height:35.25pt;z-index:-251654656;mso-position-horizontal-relative:page" coordorigin="10336,-5" coordsize="732,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBb8CnGeAQAABwXAAAOAAAAZHJzL2Uyb0RvYy54bWzsmN1u2zYUx+8H7B0IXW5ILNmyHAtxiqFt&#10;ggHdVqDuA9AS9YFJokbKltOn35+kJEuK06Zekm2Ac+FQ5uHh+fyR8vWbfZ6RHRMy5cXKci5ti7Ai&#10;4GFaxCvr8/r24soisqJFSDNesJV1z6T15ubHH67r0mdTnvAsZIJASSH9ulxZSVWV/mQig4TlVF7y&#10;khWYjLjIaYVHEU9CQWtoz7PJ1La9Sc1FWAoeMCnx7Tszad1o/VHEguqPKJKsItnKgm2V/hT6c6M+&#10;JzfX1I8FLZM0aMygJ1iR07TApp2qd7SiZCvSB6ryNBBc8qi6DHg+4VGUBkz7AG8ce+TNneDbUvsS&#10;+3VcdmFCaEdxOllt8PvuTpSfyo/CWI/hBx78KRGXSV3Gfn9ePcdGmGzq33iIfNJtxbXj+0jkSgVc&#10;Insd3/suvmxfkQBfup57NUUWAky57sJbzE38gwRJUqscezbzLILpi27qfbN4MZualQtbz02ob/bU&#10;djZ2qbw3Rpoh7P8oSBpiw5lFCprDZh1W4szU5mMfVQafKwbwxoXN8MYxfrZxWLRBmD70f7giSDr3&#10;B2sedR5dJA+FIv9ZoXxKaMl0/UlVCG0g3TaQt4Ix1ZrEcU0stVhbTLJfSb2ZupS+RMF9s4aeGL8u&#10;FtQPtrK6Y1wXIt19kJVp7xAjXd5hUwFrFGGUZ+j0ny+ITfRG5tMkJO4EnVbwpwlZ26QmKneN1lYZ&#10;ctxX5tje9LgyVKARVMqmB2XwIG5tpElrdrAvGrsxIlQB1datVnKpmmUN29oegwYIKR8fkcXWY1mz&#10;ptlCgJRjRgqLgJEb425JK2WZ2kINSb2yVCjUc853bM31TDXqfexxmM2KvpRugp5NZhYLlHrQxwz0&#10;lsrSXmYLfptmmU5CVmhDZoultkTyLA3VpDJGinjzNhNkRxX79Z9yBcoGYmBsEWplCaPh+2Zc0TQz&#10;Y8hniCwoY8pWMUP6Gx7eo4QFNycKTkAMEi6+WKTGabKy5F9bKphFsl8LdOHScV11/OgHd659F/2Z&#10;TX+GFgFUrazKQtrV8G1ljqxtKdI4wU6OdrfgvwC/UarKXNtnrGoeAAI9GvBQ063DXtvR87ajGzRq&#10;wL40Gg3oPVNeLRobxntXmijIe+9ocAcrDmgcrkG+jp8Lr4FGWGjOmAMatYOqZEDQZ0XjIBrH49fF&#10;YthA34FGjzQJOo5EjySky9VBZEhEb2k/1NJnoRLo9MDmE2CI5gJLgETT4V+FYSOrz3/spmXN/1Nh&#10;mKwsFYXTYWhMaiIJW84wxIXNYPLVYbhoe7iB4ULV1EvDEB2D+vWWDfbadtYHhbouP35T7NYcgDhc&#10;hXL694CI178xEK9MPJ8fiE+KYReNk5F4vi36//Pbouedb4vdHfb7b4vLtqcbQC5fHJCOPQeVFSDV&#10;VtRv8Ti8+fVvi+MVBzgO13Q4GP+K8Aq3xTlO/REczcvls98Wx9E4Hr8uFiej8XxbxCs6wbua+Nqr&#10;83/rtniG4RNenTUd8BMsYDn4jbf/rEF6+FH75m8AAAD//wMAUEsDBBQABgAIAAAAIQALzYRB3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq96W4aTEvMRkTanqRQLRRvYzIm&#10;wexuyK5J/PcdT/X4mI8338tWk2nFQL1vnNUQzRUIsoUrG1tp+Nl/zN5A+IC2xNZZ0nAlD6v88SHD&#10;tHSj/aZhFyrBJdanqKEOoUul9EVNBv3cdWT5dnK9wcCxr2TZ48jlppUvSiXSYGP5Q40dbWoqzruL&#10;0fA54riOo/dhez5trof94ut3G5HWz0/Tegki0BT+Ybjpszrk7HR0F1t60XJWcZwwq2G2AHEDIpXw&#10;mKOGV6VA5pm8n5D/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFvwKcZ4BAAAHBcAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAvNhEHfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA0gYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADeBwAAAAA=&#10;">
                 <v:group id="Group 13" o:spid="_x0000_s1027" style="position:absolute;left:10342;top:1;width:720;height:2" coordorigin="10342,1" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOXHNwxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva1p1RapRRFzxIIJ/QLw9mmdbbF5Kk23rt98sCHscZuY3zGLVmVI0VLvCsoJ4GIEg&#10;Tq0uOFNwvXx/zkA4j6yxtEwKXuRgtex9LDDRtuUTNWefiQBhl6CC3PsqkdKlORl0Q1sRB+9ha4M+&#10;yDqTusY2wE0pR1E0lQYLDgs5VrTJKX2ef4yCXYvtehxvm8PzsXndL1/H2yEmpQb9bj0H4anz/+F3&#10;e68VTMbw9yX8ALn8BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA5cc3DEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 14" o:spid="_x0000_s1028" style="position:absolute;left:10342;top:1;width:720;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAaK2izxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3Bd9huEJ3OtGGKtFRpNRS6EKMbtxdMtckmLkTZ8aY9uk7BaHLw/n5OMt1bxrRkfO1ZQWTcQKC&#10;uLC65lLB8bAdzUH4gKyxsUwKvsnDejV4WmKm7Z331OWhFHGEfYYKqhDaTEpfVGTQj21LHL2zdQZD&#10;lK6U2uE9jptGTpPkVRqsORIqbOmtouKS30zk9sdrl+/4/Ws62f3M0w+HL6eZUs/DfrMAEagP/+FH&#10;+1MrSFP4+xJ/gFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABoraLPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l720,e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;720,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 15" o:spid="_x0000_s1029" style="position:absolute;left:10346;top:6;width:2;height:684" coordorigin="10346,6" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDu+U6fxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6M5u0WiRmFZG29BAEtSDeHtlnEsy+Ddlt/nx7t1DocZiZ3zDZZjSN6KlztWUFSRSD&#10;IC6srrlU8H36mC1BOI+ssbFMCiZysFk/PmSYajvwgfqjL0WAsEtRQeV9m0rpiooMusi2xMG72s6g&#10;D7Irpe5wCHDTyJc4fpMGaw4LFba0q6i4HX+Mgs8Bh+1r8t7nt+tuupwW+3OekFLPT+N2BcLT6P/D&#10;f+0vrWC+gN8v4QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDu+U6fxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 16" o:spid="_x0000_s1030" style="position:absolute;left:10346;top:6;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKZ9jAxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjZxS8uNECcGhppBTnFJyXKyNZWKtjKXa7ttXgUKPw8x8w2z3o21ET52vHSuYzxIQ&#10;xKXTNVcKPi/vLysQPiBrbByTgh/ysN9NnraYajfwmfoiVCJC2KeowITQplL60pBFP3MtcfRurrMY&#10;ouwqqTscItw28jVJFtJizXHBYEuZofJefFsF/T0zeb5cZ6fxeLnJ4vg1XA+5Us/T8bABEWgM/+G/&#10;9odW8LaAx5f4A+TuFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIpn2MDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,684e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,6;0,690" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 17" o:spid="_x0000_s1031" style="position:absolute;left:10342;top:694;width:720;height:2" coordorigin="10342,694" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxZ3VzxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfC/6H5Qh9q5vYViVmFRFb+iCCFxDfDtmTC2bPhuw2if++Wyj0cZiZb5h0PZhadNS6yrKCeBKB&#10;IM6srrhQcDl/vCxAOI+ssbZMCh7kYL0aPaWYaNvzkbqTL0SAsEtQQel9k0jpspIMuoltiIOX29ag&#10;D7ItpG6xD3BTy2kUzaTBisNCiQ1tS8rup2+j4LPHfvMa77r9Pd8+buf3w3Ufk1LP42GzBOFp8P/h&#10;v/aXVvA2h98v4QfI1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcWd1c8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 18" o:spid="_x0000_s1032" style="position:absolute;left:10342;top:694;width:720;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFr+sWwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hDHYzNHGOIZ1RRBjMiznsfIBjc9aUNScliW19++VC8PLj+19tRteKnkJsPGuYzxQI4sqb&#10;hmsNp5+P6RJETMgGW8+k4UoRNuvJwwoL4wc+Ul+mWuQQjgVqsCl1hZSxsuQwznxHnLlfHxymDEMt&#10;TcAhh7tWvij1Jh02nBssdrSzVP2VF6dhbIZQ9pfzt9pHfj5WytjF4Uvrp8dx+w4i0Zju4pv702h4&#10;zWPzl/wD5PofAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxa/rFsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l720,e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;720,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 19" o:spid="_x0000_s1033" style="position:absolute;left:11057;top:6;width:2;height:684" coordorigin="11057,6" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvtESaxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfC/6H5Qh9q5vYVjRmFRFb+iCCFxDfDtmTC2bPhuw2if++Wyj0cZiZb5h0PZhadNS6yrKCeBKB&#10;IM6srrhQcDl/vMxBOI+ssbZMCh7kYL0aPaWYaNvzkbqTL0SAsEtQQel9k0jpspIMuoltiIOX29ag&#10;D7ItpG6xD3BTy2kUzaTBisNCiQ1tS8rup2+j4LPHfvMa77r9Pd8+buf3w3Ufk1LP42GzBOFp8P/h&#10;v/aXVvC2gN8v4QfI1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAb7REmsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 20" o:spid="_x0000_s1034" style="position:absolute;left:11057;top:6;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrETeDwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L/g/hCd40cTDZqlFEGbje1Lrzo3m2xealJFmt++uXw2DHj+/3ejvYVvTkQ+NYw2KuQBCXzjRc&#10;aSguH7M3ECEiG2wdk4YnBdhuxqM1ZsY9+ET9OVYihXDIUEMdY5dJGcqaLIa564gTd3PeYkzQV9J4&#10;fKRw28oXpZbSYsOpocaO9jWV9/O31dD7r/fDMS94cfq89nl+VcXyR2k9nQy7FYhIQ/wX/7mPRsNr&#10;Wp++pB8gN78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqxE3g8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l,684e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,6;0,690" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -4942,51 +4994,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="531AA9C3" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.75pt;margin-top:-.25pt;width:430.5pt;height:35.25pt;z-index:-251653632;mso-position-horizontal-relative:page" coordorigin="561,-986" coordsize="8947,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADhLMQhwQAAEMXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1vo0YQ/l6p/2HFx1YONgZjUJxTdXeJ&#10;Kl3bk879AWtYXlRg6S42Tn99Z2dZDI5zTZxc2kqOFLyws7Mzz848M3D9bl8WZMeEzHm1smZXU4uw&#10;KuJxXqUr6/f17WRpEdnQKqYFr9jKumfSenfz/XfXbR0yh2e8iJkgoKSSYVuvrKxp6tC2ZZSxksor&#10;XrMKJhMuStrArUjtWNAWtJeF7UynC7vlIq4Fj5iU8PSDnrRuUH+SsKj5LUkka0ixssC2Bq8Crxt1&#10;tW+uaZgKWmd51JlBz7CipHkFm/aqPtCGkq3IH6gq80hwyZPmKuKlzZMkjxj6AN7Mpkfe3Am+rdGX&#10;NGzTuocJoD3C6Wy10a+7O1F/qT8LbT0MP/HoDwm42G2dhsN5dZ9qYbJpf+ExnCfdNhwd3yeiVCrA&#10;JbJHfO97fNm+IRE89NyFP/fgGCKYc11/4Xv6AKIMTkkt8xYzi8DkJFguzNTHbvUycH291J/iOpuG&#10;ele0tLNMnXxnph6CB58FyWOIzoVFKlqC1QgscRy1xbGX6gxfCwVvAVtqd7pQM1Asg7mnnUEjaDiA&#10;4HhNlB0gGK16FADIJXkIF/mycPmS0ZphFEoVDgZMOAsN5q1gTCUoceYaTxQzISWH8TSYaWsZSgi7&#10;f4ykJ2PYowFgbmVzxzgGJN19ko1O8xhGGOZxZ/oaYjEpC8j4HydkSmAr9a8DL+2FICS10A82WU9J&#10;S/DwOpVGk2OEUFPgTZ1TquZGSqlyBqrA+NSYRzNjcbSvOpNhRKji1ClmW82lSpe1zhaMLdAAQsq9&#10;R2Rhb5OSRlb/dlsIIMtjmhQWAZrcaERq2ijL1BZqSNqVhUioByXfsTXHqeYo/2GTw2xRDaVguQ52&#10;44GehhVqA6AgPcBNla2DY634bV4UeAhFpUzx536A2Ehe5LGaVNZIkW7eF4LsqCoA+KecAWUjMSDa&#10;KkZlGaPxx27c0LzQY5AvAFsgGh21ijZkuOHxPUSw4LqsQBmEQcbFXxZpoaSsLPnnlgpmkeLnCpIw&#10;mLmuqkF443q+AzdiOLMZztAqAlUrq7Hg4NXwfaPr1rYWeZrBTjN0t+I/AQcnuYpxtE9b1d0AD+Bo&#10;RIlIcD3zmYSGSj1iR1dn87gGvCo7+obsTR0w7AjJpErEYok2wMH39eHBkgM5jhfBiZ0uDm/BjYGB&#10;8sCNWLFU0ACFvh43PoDjNII9GOMcegY1TgLfI+ryNXJEoYz0x3ag0DE7TpxgdlLZkB5RqFcGHpzB&#10;j5BgEEbAkjrlv8qPnSzWMNgNZfXvufyY6Qg+nx61SR2cYMuL2BHqGhLihR2Bs5/NjoqrR+yIXcKb&#10;9I6OaYVNbj+hd+zXHOjxaBWE07/Gjw7w/nHv6Otq88r8aPrvHo9HMOzROJsgL73j/7p3vLDjS3pH&#10;eJMes+PyW/eOgRvACyi+WpuexKT2uA8cNI8n1hzocbyq54PjTwtv0D3Ca/QDdgy+BTuewOM0hj0a&#10;Z7PjpX0Mn/16/d9qHy8v108gSGQL+FIL7aV6UcavyupT8PAeW8+w//Z98zcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDp/YOB3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcFbuxsl&#10;VWMmpRT1VARbofS2zU6T0OxuyG6T9N87nvT05vEeb758OdlWDNSHxjuEZK5AkCu9aVyF8L17nz2D&#10;CFE7o1vvCOFKAZbF7U2uM+NH90XDNlaCR1zINEIdY5dJGcqarA5z35Hj7OR7qyPbvpKm1yOP21Y+&#10;KLWQVjeOP9S6o3VN5Xl7sQgfox5Xj8nbsDmf1tfDLv3cbxJCvL+bVq8gIk3xrwy/+IwOBTMd/cWZ&#10;IFqENE25iTBj4fglWfBxRHhSCmSRy//8xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;A4SzEIcEAABDFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA6f2Dgd4AAAAHAQAADwAAAAAAAAAAAAAAAADhBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOwHAAAAAA==&#10;">
+              <v:group w14:anchorId="2560845A" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.75pt;margin-top:-.25pt;width:430.5pt;height:35.25pt;z-index:-251653632;mso-position-horizontal-relative:page" coordorigin="561,-986" coordsize="8947,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADhLMQhwQAAEMXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1vo0YQ/l6p/2HFx1YONgZjUJxTdXeJ&#10;Kl3bk879AWtYXlRg6S42Tn99Z2dZDI5zTZxc2kqOFLyws7Mzz848M3D9bl8WZMeEzHm1smZXU4uw&#10;KuJxXqUr6/f17WRpEdnQKqYFr9jKumfSenfz/XfXbR0yh2e8iJkgoKSSYVuvrKxp6tC2ZZSxksor&#10;XrMKJhMuStrArUjtWNAWtJeF7UynC7vlIq4Fj5iU8PSDnrRuUH+SsKj5LUkka0ixssC2Bq8Crxt1&#10;tW+uaZgKWmd51JlBz7CipHkFm/aqPtCGkq3IH6gq80hwyZPmKuKlzZMkjxj6AN7Mpkfe3Am+rdGX&#10;NGzTuocJoD3C6Wy10a+7O1F/qT8LbT0MP/HoDwm42G2dhsN5dZ9qYbJpf+ExnCfdNhwd3yeiVCrA&#10;JbJHfO97fNm+IRE89NyFP/fgGCKYc11/4Xv6AKIMTkkt8xYzi8DkJFguzNTHbvUycH291J/iOpuG&#10;ele0tLNMnXxnph6CB58FyWOIzoVFKlqC1QgscRy1xbGX6gxfCwVvAVtqd7pQM1Asg7mnnUEjaDiA&#10;4HhNlB0gGK16FADIJXkIF/mycPmS0ZphFEoVDgZMOAsN5q1gTCUoceYaTxQzISWH8TSYaWsZSgi7&#10;f4ykJ2PYowFgbmVzxzgGJN19ko1O8xhGGOZxZ/oaYjEpC8j4HydkSmAr9a8DL+2FICS10A82WU9J&#10;S/DwOpVGk2OEUFPgTZ1TquZGSqlyBqrA+NSYRzNjcbSvOpNhRKji1ClmW82lSpe1zhaMLdAAQsq9&#10;R2Rhb5OSRlb/dlsIIMtjmhQWAZrcaERq2ijL1BZqSNqVhUioByXfsTXHqeYo/2GTw2xRDaVguQ52&#10;44GehhVqA6AgPcBNla2DY634bV4UeAhFpUzx536A2Ehe5LGaVNZIkW7eF4LsqCoA+KecAWUjMSDa&#10;KkZlGaPxx27c0LzQY5AvAFsgGh21ijZkuOHxPUSw4LqsQBmEQcbFXxZpoaSsLPnnlgpmkeLnCpIw&#10;mLmuqkF443q+AzdiOLMZztAqAlUrq7Hg4NXwfaPr1rYWeZrBTjN0t+I/AQcnuYpxtE9b1d0AD+Bo&#10;RIlIcD3zmYSGSj1iR1dn87gGvCo7+obsTR0w7AjJpErEYok2wMH39eHBkgM5jhfBiZ0uDm/BjYGB&#10;8sCNWLFU0ACFvh43PoDjNII9GOMcegY1TgLfI+ryNXJEoYz0x3ag0DE7TpxgdlLZkB5RqFcGHpzB&#10;j5BgEEbAkjrlv8qPnSzWMNgNZfXvufyY6Qg+nx61SR2cYMuL2BHqGhLihR2Bs5/NjoqrR+yIXcKb&#10;9I6OaYVNbj+hd+zXHOjxaBWE07/Gjw7w/nHv6Otq88r8aPrvHo9HMOzROJsgL73j/7p3vLDjS3pH&#10;eJMes+PyW/eOgRvACyi+WpuexKT2uA8cNI8n1hzocbyq54PjTwtv0D3Ca/QDdgy+BTuewOM0hj0a&#10;Z7PjpX0Mn/16/d9qHy8v108gSGQL+FIL7aV6UcavyupT8PAeW8+w//Z98zcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDp/YOB3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcFbuxsl&#10;VWMmpRT1VARbofS2zU6T0OxuyG6T9N87nvT05vEeb758OdlWDNSHxjuEZK5AkCu9aVyF8L17nz2D&#10;CFE7o1vvCOFKAZbF7U2uM+NH90XDNlaCR1zINEIdY5dJGcqarA5z35Hj7OR7qyPbvpKm1yOP21Y+&#10;KLWQVjeOP9S6o3VN5Xl7sQgfox5Xj8nbsDmf1tfDLv3cbxJCvL+bVq8gIk3xrwy/+IwOBTMd/cWZ&#10;IFqENE25iTBj4fglWfBxRHhSCmSRy//8xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;A4SzEIcEAABDFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA6f2Dgd4AAAAHAQAADwAAAAAAAAAAAAAAAADhBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOwHAAAAAA==&#10;">
                 <v:group id="Group 22" o:spid="_x0000_s1027" style="position:absolute;left:566;top:-980;width:8935;height:2" coordorigin="566,-980" coordsize="8935,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQANmP/1wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0H+h+WCfSWrLZEislGJLSlBynEFEpvgztRiTsr7lbNv+8GCrnN433OLptNJ0YaXGtZQbyOQBBX&#10;VrdcK/g6va1eQDiPrLGzTAqu5CDbPyx2mGo78ZHG0tcihLBLUUHjfZ9K6aqGDLq17YkDd7aDQR/g&#10;UEs94BTCTSefoiiRBlsODQ32dGioupS/RsH7hFP+HL+OxeV8uP6cNp/fRUxKPS7nfAvC0+zv4n/3&#10;hw7zE7j9Eg6Q+z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADZj/9cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 23" o:spid="_x0000_s1028" style="position:absolute;left:566;top:-980;width:8935;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8935,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAv/0ePwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VjS2tEl1FC8XSWxMFvQ3ZMVnNzobsJqb/vlsoeJvH+5zlerC16Kn1xrGC6SQBQVw4&#10;bbhUsM8/nuYgfEDWWDsmBT/kYb0aPSwx1e7G39RnoRQxhH2KCqoQmlRKX1Rk0U9cQxy5s2sthgjb&#10;UuoWbzHc1vI5Sd6kRcOxocKG3isqrllnFewu+WlXZl+H7vVszLGr5fVl2yv1OB42CxCBhnAX/7s/&#10;dZw/g79f4gFy9QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAv/0ePwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l8936,e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8936,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 24" o:spid="_x0000_s1029" style="position:absolute;left:571;top:-975;width:2;height:684" coordorigin="571,-975" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATS84cxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBNLS0ndiEiVHqRQLYi3ITv5g9nZkF2T+O07h0JvM7w37/1mtZ5cqwbqQ+PZQLpI&#10;QBEX3jZcGfg57eZvoEJEtth6JgN3CrDOH2YrzKwf+ZuGY6yUhHDI0EAdY5dpHYqaHIaF74hFK33v&#10;MMraV9r2OEq4a/UySV61w4alocaOtjUV1+PNGdiPOG6e04/hcC2398vp5et8SMmYp8dp8w4q0hT/&#10;zX/Xn1bwBVZ+kQF0/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATS84cxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 25" o:spid="_x0000_s1030" style="position:absolute;left:571;top:-975;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCsQSfewAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hBG81sQepW6OIIujetGvPw2bcXdxMliRdV399Uyj0No/3Ocv1YFvRkw+NYw2zqQJBXDrT&#10;cKWh+Ny/voMIEdlg65g0PCjAejV6WWJm3J1P1J9jJVIIhww11DF2mZShrMlimLqOOHFX5y3GBH0l&#10;jcd7CretfFNqLi02nBpq7GhbU3k7f1sNvf9a7A55wbPT8dLn+UUV86fSejIeNh8gIg3xX/znPpg0&#10;fwG/v6QD5OoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArEEn3sAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l,684e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,-975;0,-291" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 26" o:spid="_x0000_s1031" style="position:absolute;left:566;top:-286;width:8935;height:2" coordorigin="566,-286" coordsize="8935,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjUQinwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LSsNA&#10;FN0L/YfhFrqzk7QoJXYSSlHpoggmgri7ZG4eJHMnZMYk/fvOQnB5OO9jtpheTDS61rKCeBuBIC6t&#10;brlW8FW8PR5AOI+ssbdMCm7kIEtXD0dMtJ35k6bc1yKEsEtQQeP9kEjpyoYMuq0diANX2dGgD3Cs&#10;pR5xDuGml7soepYGWw4NDQ50bqjs8l+j4H3G+bSPX6drV51vP8XTx/c1JqU26+X0AsLT4v/Ff+6L&#10;VrAL68OX8ANkegcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjUQinwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 27" o:spid="_x0000_s1032" style="position:absolute;left:566;top:-286;width:8935;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8935,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOK508wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6rCrlSjiCCK0MNWxeuzebbF5qU00VZ//WZhweMwM98w82VnKvGgxpWWFYyGEQji&#10;zOqScwXHw+ZzCsJ5ZI2VZVLwJAfLRe9jjrG2Lf/QI/W5CBB2MSoovK9jKV1WkEE3tDVx8K62MeiD&#10;bHKpG2wD3FRyHEVf0mDJYaHAmtYFZbf0bhScvveXKSfJ+fxyaXScyG2bbCZKDfrdagbCU+ff4f/2&#10;TisYj+DvS/gBcvELAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAziudPMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l8936,e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8936,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 28" o:spid="_x0000_s1033" style="position:absolute;left:9497;top:-975;width:2;height:684" coordorigin="9497,-975" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8zzNLwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva9qKy1KNIuKKBxFWF8Tbo3m2xealNNm2/nsjCB6HmfmGmS97U4mWGldaVhCPIxDE&#10;mdUl5wr+Tj+f3yCcR9ZYWSYFd3KwXAw+5phq2/EvtUefiwBhl6KCwvs6ldJlBRl0Y1sTB+9qG4M+&#10;yCaXusEuwE0lkyj6kgZLDgsF1rQuKLsd/42CbYfdahJv2v3tur5fTtPDeR+TUqNhv5qB8NT7d/jV&#10;3mkFSQLPL+EHyMUDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvM8zS8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 29" o:spid="_x0000_s1034" style="position:absolute;left:9497;top:-975;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBHz574xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYLrUZXkUhDwVNjKR4f2Wc2mH0bstsk/fddQfA4zMw3zGY32kb01PnasYL5LAFB&#10;XDpdc6Xg+/TxsgThA7LGxjEp+CMPu+3kaYOpdgN/UV+ESkQI+xQVmBDaVEpfGrLoZ64ljt7FdRZD&#10;lF0ldYdDhNtGLpLkTVqsOS4YbCkzVF6LX6ugv2Ymz99X2XE8nC6yOPwM532u1PN03K9BBBrDI3xv&#10;f2oFi1e4fYk/QG7/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEfPnvjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,684e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,-975;0,-291" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -5326,51 +5378,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1C85BDDD" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.8pt;margin-top:-.35pt;width:36.6pt;height:35.25pt;z-index:-251652608;mso-position-horizontal-relative:page" coordorigin="10336,-7" coordsize="732,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnsba/cgQAAB8XAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4Hgxw2JZEuRHSFKMbRN&#10;MKDbCtT7AbREvWCSqJGy5fTX73jUe+Mu9ZJsA5wPCmUej3fP3T086ubNocjJnkuViTKgi0ubEl6G&#10;IsrKJKC/b+4u1pSompURy0XJA/rAFX1z+/13N03l86VIRR5xSUBJqfymCmha15VvWSpMecHUpah4&#10;CZOxkAWr4VUmViRZA9qL3Fratmc1QkaVFCFXCn59ZybpLeqPYx7Wv8Wx4jXJAwq21fiU+Nzqp3V7&#10;w/xEsirNwtYMdoIVBctK2LRX9Y7VjOxk9oWqIgulUCKuL0NRWCKOs5CjD+DNwp55cy/FrkJfEr9J&#10;qh4mgHaG08lqw1/397L6VH2UxnoYfhDhHwpwsZoq8cfz+j0xwmTb/CIiiCfb1QIdP8Sy0CrAJXJA&#10;fB96fPmhJiH86HrueglRCGHKdVfe6srgH6YQJL1qYTuORwlMX6y6qfft4pWzNCtXNi6zmG/2RDtb&#10;u3TcWyPNEOz/KEkWBdRxKSlZATYjrMRZ6B3mPuoIPhcG4I0LNmtvcC/md0CsOhSWnZcDALMlYdoD&#10;MFl01H2oIzWkivpnqfIpZRXHDFQ6FToorzoo7yTnujgJBAfRRLEundQ4l0YzTaV8BSn3t1n0VAR7&#10;MJgf7lR9zwXmItt/ULWp8AhGmOFRmwQbyMO4yKHYf7wgNsGdzNOEJOkFF53gDxbZ2KQhOnqt1k4Z&#10;hHmsbGF7y8eVOZ2gVrYclIEHSWcjSzuzw0PZ2g0jwjSn2lhtlVC6XjZgW1dmoAGEtI9HZGHruaxZ&#10;024hgSznNCkpAZrcGncrVmvL9BZ6SJqAaij0eyH2fCNwpp6VP+wxzOblWArLYGSTmYUFWj0QkBng&#10;ltrSUWRLcZflOQYhL9EQZ3WNliiRZ5Ge1MYomWzf5pLsmaZ//NOugLKJGNBsGaGylLPofTuuWZab&#10;McjngCwQjclbTRvK34roAXJYCnOowCEIg1TIz5Q0cKAEVP25Y5JTkv9cQhleL1xXn0D44l6h73I8&#10;sx3PsDIEVQGtKYRdD9/W5tTaVTJLUthpge6W4idg4DjTaY72GavaF2ACHE0oEQmuZ76upIF2J+zo&#10;aKBemh0N1+NWAzm2NO+tXZN249PBnawYuHG6BuL1+NHwGty46oAcuBEd0SkDFPqs3DhBoztcjmAx&#10;LaBvoEaHtAF6nBIdkpI+VoMIWDFiRG+9+lLLmAu1QK8H4ncCGUJxAZcAJZoK/yoZtrLoGOyGsub/&#10;qWSYBlSjcDoZGpNaJMGWMxlCk2ho8tXJEC4tEzLEhvOlyRAqBvLXu257wq6c8aDQHfPxXrFfMxDi&#10;dBWk079HiNcdmAMheuZweX5CfBKGPRonU+K5W/T/592i5527xb6H/eZuUTeyE4LE2/qLEuTCvoLO&#10;Cmjwyd3ifMVAjkc6pPmHhFfoFl24wBkgB3Jcvwg5ztHojpcjWJxMjeduEa7oBO5q8mtX5/9Wt3gm&#10;wydcnZEd4CsskOXkM+/4HYl0+K59+xcAAAD//wMAUEsDBBQABgAIAAAAIQCbltL14AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbuxuDsY3ZlFLUUxFsBeltmkyT0OxsyG6T&#10;9N+7PenxMR9vvpetJtOKgXrXWNYQzRUI4sKWDVcavvfvswUI55FLbC2This5WOX3dxmmpR35i4ad&#10;r0QoYZeihtr7LpXSFTUZdHPbEYfbyfYGfYh9Jcsex1BuWvmkVCINNhw+1NjRpqbivLsYDR8jjus4&#10;ehu259Pmetg/f/5sI9L68WFav4LwNPk/GG76QR3y4HS0Fy6daENWcZwEVsPsBcQNiFQSxhw1JMsF&#10;yDyT/yfkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnsba/cgQAAB8XAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbltL14AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAMwGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2QcAAAAA&#10;">
+              <v:group w14:anchorId="6B5E197E" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.8pt;margin-top:-.35pt;width:36.6pt;height:35.25pt;z-index:-251652608;mso-position-horizontal-relative:page" coordorigin="10336,-7" coordsize="732,705" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnsba/cgQAAB8XAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4Hgxw2JZEuRHSFKMbRN&#10;MKDbCtT7AbREvWCSqJGy5fTX73jUe+Mu9ZJsA5wPCmUej3fP3T086ubNocjJnkuViTKgi0ubEl6G&#10;IsrKJKC/b+4u1pSompURy0XJA/rAFX1z+/13N03l86VIRR5xSUBJqfymCmha15VvWSpMecHUpah4&#10;CZOxkAWr4VUmViRZA9qL3Fratmc1QkaVFCFXCn59ZybpLeqPYx7Wv8Wx4jXJAwq21fiU+Nzqp3V7&#10;w/xEsirNwtYMdoIVBctK2LRX9Y7VjOxk9oWqIgulUCKuL0NRWCKOs5CjD+DNwp55cy/FrkJfEr9J&#10;qh4mgHaG08lqw1/397L6VH2UxnoYfhDhHwpwsZoq8cfz+j0xwmTb/CIiiCfb1QIdP8Sy0CrAJXJA&#10;fB96fPmhJiH86HrueglRCGHKdVfe6srgH6YQJL1qYTuORwlMX6y6qfft4pWzNCtXNi6zmG/2RDtb&#10;u3TcWyPNEOz/KEkWBdRxKSlZATYjrMRZ6B3mPuoIPhcG4I0LNmtvcC/md0CsOhSWnZcDALMlYdoD&#10;MFl01H2oIzWkivpnqfIpZRXHDFQ6FToorzoo7yTnujgJBAfRRLEundQ4l0YzTaV8BSn3t1n0VAR7&#10;MJgf7lR9zwXmItt/ULWp8AhGmOFRmwQbyMO4yKHYf7wgNsGdzNOEJOkFF53gDxbZ2KQhOnqt1k4Z&#10;hHmsbGF7y8eVOZ2gVrYclIEHSWcjSzuzw0PZ2g0jwjSn2lhtlVC6XjZgW1dmoAGEtI9HZGHruaxZ&#10;024hgSznNCkpAZrcGncrVmvL9BZ6SJqAaij0eyH2fCNwpp6VP+wxzOblWArLYGSTmYUFWj0QkBng&#10;ltrSUWRLcZflOQYhL9EQZ3WNliiRZ5Ge1MYomWzf5pLsmaZ//NOugLKJGNBsGaGylLPofTuuWZab&#10;McjngCwQjclbTRvK34roAXJYCnOowCEIg1TIz5Q0cKAEVP25Y5JTkv9cQhleL1xXn0D44l6h73I8&#10;sx3PsDIEVQGtKYRdD9/W5tTaVTJLUthpge6W4idg4DjTaY72GavaF2ACHE0oEQmuZ76upIF2J+zo&#10;aKBemh0N1+NWAzm2NO+tXZN249PBnawYuHG6BuL1+NHwGty46oAcuBEd0SkDFPqs3DhBoztcjmAx&#10;LaBvoEaHtAF6nBIdkpI+VoMIWDFiRG+9+lLLmAu1QK8H4ncCGUJxAZcAJZoK/yoZtrLoGOyGsub/&#10;qWSYBlSjcDoZGpNaJMGWMxlCk2ho8tXJEC4tEzLEhvOlyRAqBvLXu257wq6c8aDQHfPxXrFfMxDi&#10;dBWk079HiNcdmAMheuZweX5CfBKGPRonU+K5W/T/592i5527xb6H/eZuUTeyE4LE2/qLEuTCvoLO&#10;Cmjwyd3ifMVAjkc6pPmHhFfoFl24wBkgB3Jcvwg5ztHojpcjWJxMjeduEa7oBO5q8mtX5/9Wt3gm&#10;wydcnZEd4CsskOXkM+/4HYl0+K59+xcAAAD//wMAUEsDBBQABgAIAAAAIQCbltL14AAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbuxuDsY3ZlFLUUxFsBeltmkyT0OxsyG6T&#10;9N+7PenxMR9vvpetJtOKgXrXWNYQzRUI4sKWDVcavvfvswUI55FLbC2This5WOX3dxmmpR35i4ad&#10;r0QoYZeihtr7LpXSFTUZdHPbEYfbyfYGfYh9Jcsex1BuWvmkVCINNhw+1NjRpqbivLsYDR8jjus4&#10;ehu259Pmetg/f/5sI9L68WFav4LwNPk/GG76QR3y4HS0Fy6daENWcZwEVsPsBcQNiFQSxhw1JMsF&#10;yDyT/yfkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnsba/cgQAAB8XAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbltL14AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAMwGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2QcAAAAA&#10;">
                 <v:group id="Group 31" o:spid="_x0000_s1027" style="position:absolute;left:10342;top:-1;width:720;height:2" coordorigin="10342,-1" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZs5h5xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva1p1RapRRFzxIIJ/QLw9mmdbbF5Kk23rt98sCHscZuY3zGLVmVI0VLvCsoJ4GIEg&#10;Tq0uOFNwvXx/zkA4j6yxtEwKXuRgtex9LDDRtuUTNWefiQBhl6CC3PsqkdKlORl0Q1sRB+9ha4M+&#10;yDqTusY2wE0pR1E0lQYLDgs5VrTJKX2ef4yCXYvtehxvm8PzsXndL1/H2yEmpQb9bj0H4anz/+F3&#10;e68VjCfw9yX8ALn8BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANmzmHnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 32" o:spid="_x0000_s1028" style="position:absolute;left:10342;top:-1;width:720;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAtYb5VxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvd6cRXK6mjFKkiuJCmbrq7ZG6T0MydODPG6K93hILLw3l8nPmyM7VoyfnKsoLhIAFB&#10;nFtdcaHg8L3uz0D4gKyxtkwKLuRhuXjqzTHV9sxf1GahEHGEfYoKyhCaVEqfl2TQD2xDHL1f6wyG&#10;KF0htcNzHDe1HCXJqzRYcSSU2NCqpPwvO5nI7Q7HNtvz52403F9nk43D8c+bUi/P3cc7iEBdeIT/&#10;21utYDyF+5f4A+TiBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC1hvlXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l720,e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;720,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="_x0000_s1029" style="position:absolute;left:10346;top:3;width:2;height:684" coordorigin="10346,3" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBGLaOVxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aVpFka5RRFzxIAtWQfb2aJ5tsXkpTbat/94ICx6HmfmGWa57U4mWGldaVhCPIxDE&#10;mdUl5wou5+/RAoTzyBory6TgQQ7Wq4/BEhNtOz5Rm/pcBAi7BBUU3teJlC4ryKAb25o4eDfbGPRB&#10;NrnUDXYBbio5iaK5NFhyWCiwpm1B2T39Mwr2HXababxrj/fb9vF7nv1cjzEpNfzsN18gPPX+Hf5v&#10;H7SC6RxeX8IPkKsnAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEYto5XEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 34" o:spid="_x0000_s1030" style="position:absolute;left:10346;top:3;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9LQ4mxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgbyD2EBviZwW8uNECcGhptBTnVJyXKyNZWKtjKXa7ttXgUKPw8x8w+yPo21ET52vHStYLhIQ&#10;xKXTNVcKPi+v8w0IH5A1No5JwQ95OB6mkz2m2g38QX0RKhEh7FNUYEJoUyl9aciiX7iWOHo311kM&#10;UXaV1B0OEW4b+ZwkK2mx5rhgsKXMUHkvvq2C/p6ZPF9vs/fxfLnJ4vw1XE+5Uk+z8bQDEWgM/+G/&#10;9ptW8LKGx5f4A+ThFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0tDibEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,684e" filled="f" strokeweight=".20497mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,3;0,687" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 35" o:spid="_x0000_s1031" style="position:absolute;left:10342;top:692;width:720;height:2" coordorigin="10342,692" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBY/pJ8wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qJkqLRNcgYqUHKTQRxNuQHZOQ7GzIbpP477uHQo+P971LJ9OKgXpXW1YQLyMQxIXV&#10;NZcKrvnH6waE88gaW8uk4EkO0v3sZYeJtiN/05D5UoQQdgkqqLzvEildUZFBt7QdceAetjfoA+xL&#10;qXscQ7hp5SqK3qXBmkNDhR0dKyqa7McoOI84Htbxabg0j+Pznr993S4xKbWYT4ctCE+T/xf/uT+1&#10;gnUYG76EHyD3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBY/pJ8wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 36" o:spid="_x0000_s1032" style="position:absolute;left:10342;top:692;width:720;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDy5T3wwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfB/sP4Qp7GS5xg6F1aRmCoA86Vv0B1+baFJubkmRt/fdGEHw8nHO+wzlUs+vFSCF2njXcbBQI&#10;4sabjlsN72+P17cgYkI22HsmDd8UoSqXiwMWxk98prFOrcgQjgVqsCkNhZSxseQwbvxAnL1PHxym&#10;LEMrTcApw10vt0rtpcOO84LFgR4sNV/1xWmYuynU4+XjpJ4jr8+NMnb3+qL16mo+3oNINKf/8F/7&#10;yWjY3cHvl/wDZPkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8uU98MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l720,e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;720,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 37" o:spid="_x0000_s1033" style="position:absolute;left:11057;top:3;width:2;height:684" coordorigin="11057,3" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+ju0HwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/YfhFrozk7RaSnQUCW3pQgSTQnF3yVyTYOZOyEzz+HtnUejycN7b/WRaMVDvGssKkigGQVxa&#10;3XCl4Lv4WL6BcB5ZY2uZFMzkYL97WGwx1XbkMw25r0QIYZeigtr7LpXSlTUZdJHtiAN3tb1BH2Bf&#10;Sd3jGMJNK5/j+FUabDg01NhRVlN5y3+Ngs8Rx8NL8j4cb9dsvhTr088xIaWeHqfDBoSnyf+L/9xf&#10;WsEqrA9fwg+QuzsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/o7tB8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 38" o:spid="_x0000_s1034" style="position:absolute;left:11057;top:3;width:2;height:684;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,684" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBhATFwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q7spRTR1ldJS0NzU2PMj+0yC2bdhdxtjf31XEDwOM/MNs1iNthMD+dA61pBNFAji&#10;ypmWaw3l/vtlBiJEZIOdY9JwoQCr5ePDAnPjzrylYRdrkSAcctTQxNjnUoaqIYth4nri5B2dtxiT&#10;9LU0Hs8Jbjv5qtRUWmw5LTTY02dD1Wn3azUM/mf+tS5Kzrabw1AUB1VO/5TWz0/jxzuISGO8h2/t&#10;tdHwlsH1S/oBcvkPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQYQExcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,684e" filled="f" strokeweight=".58pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,3;0,687" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -10315,51 +10367,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27A056AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D1A6988"/>
     <w:lvl w:ilvl="0" w:tplc="5F2A5D78">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -11418,153 +11470,158 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="707998860">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="875628936">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1617567233">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="976300727">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1278948649">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="209078601">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E726FB"/>
     <w:rsid w:val="000308C4"/>
     <w:rsid w:val="00066992"/>
     <w:rsid w:val="000D6A47"/>
     <w:rsid w:val="000F2774"/>
     <w:rsid w:val="000F5447"/>
     <w:rsid w:val="001214A7"/>
     <w:rsid w:val="00145854"/>
+    <w:rsid w:val="00145AAA"/>
     <w:rsid w:val="00154F78"/>
     <w:rsid w:val="0017631A"/>
     <w:rsid w:val="001F69F1"/>
     <w:rsid w:val="0022284D"/>
     <w:rsid w:val="002811E3"/>
     <w:rsid w:val="002F238A"/>
     <w:rsid w:val="003A28AD"/>
     <w:rsid w:val="004223E3"/>
     <w:rsid w:val="004323B6"/>
     <w:rsid w:val="004C71D2"/>
     <w:rsid w:val="004F1010"/>
     <w:rsid w:val="00515B01"/>
+    <w:rsid w:val="00516A69"/>
     <w:rsid w:val="005246E5"/>
     <w:rsid w:val="00540629"/>
     <w:rsid w:val="005A7AB5"/>
     <w:rsid w:val="005D493F"/>
     <w:rsid w:val="005E3441"/>
     <w:rsid w:val="00636574"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="006E20A2"/>
     <w:rsid w:val="006E2AAA"/>
     <w:rsid w:val="007046D4"/>
     <w:rsid w:val="00710AEB"/>
     <w:rsid w:val="007874D3"/>
+    <w:rsid w:val="007C34A2"/>
+    <w:rsid w:val="00835C98"/>
     <w:rsid w:val="00855647"/>
     <w:rsid w:val="00890006"/>
     <w:rsid w:val="008905D8"/>
     <w:rsid w:val="008E3906"/>
     <w:rsid w:val="009358F9"/>
     <w:rsid w:val="00956DE1"/>
     <w:rsid w:val="00997EF4"/>
     <w:rsid w:val="009A690B"/>
     <w:rsid w:val="009C2BAE"/>
     <w:rsid w:val="009E7BC2"/>
+    <w:rsid w:val="00A06714"/>
     <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00B7162B"/>
     <w:rsid w:val="00BA094C"/>
     <w:rsid w:val="00C85C2D"/>
     <w:rsid w:val="00D33018"/>
     <w:rsid w:val="00D33A1D"/>
     <w:rsid w:val="00D5176B"/>
     <w:rsid w:val="00D943C6"/>
     <w:rsid w:val="00DB344D"/>
     <w:rsid w:val="00DD3789"/>
     <w:rsid w:val="00DF2B8D"/>
     <w:rsid w:val="00DF4FD3"/>
     <w:rsid w:val="00E37584"/>
     <w:rsid w:val="00E443F1"/>
     <w:rsid w:val="00E576B7"/>
     <w:rsid w:val="00E61713"/>
     <w:rsid w:val="00E726FB"/>
     <w:rsid w:val="00E91A6A"/>
     <w:rsid w:val="00EF76BB"/>
     <w:rsid w:val="00F072F1"/>
     <w:rsid w:val="00F247B9"/>
     <w:rsid w:val="00FF090B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1960FEB5"/>
   <w15:docId w15:val="{44E146E2-F264-4F95-9F3E-A3E533345D3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -12832,85 +12889,86 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A56C81F-E7A8-41E7-B88B-61D7B5D648DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>5898</Characters>
+  <Pages>9</Pages>
+  <Words>1322</Words>
+  <Characters>6518</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>256</Lines>
-  <Paragraphs>119</Paragraphs>
+  <Lines>296</Lines>
+  <Paragraphs>156</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bristol City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7196</CharactersWithSpaces>
+  <CharactersWithSpaces>7684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Caroline Davies</dc:creator>
+  <dc:title>Subject access forms</dc:title>
+  <dc:creator>Bristol City Council</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>79c654f4,1992e930,27ca8d6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
     <vt:lpwstr>2025-10-07T06:28:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">