--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,70 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="27DAE837" w14:textId="5352D086" w:rsidR="006B09D8" w:rsidRPr="005A2D51" w:rsidRDefault="00D97641" w:rsidP="005A2D51">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2D51">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FB46B4B" wp14:editId="3E567A7F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>346594</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>219249</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="688975" cy="694690"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1129020339" name="Picture 2">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -133,669 +140,947 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2D51">
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Planning Practical Nature Conservation Work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D4F54A" w14:textId="5779BB71" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="005A2D51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidSect="00DF273A">
-[...5 lines deleted...]
-        </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>In Bristol Parks and Green Space</w:t>
       </w:r>
-      <w:r w:rsidR="00DF273A" w:rsidRPr="005A2D51">
+      <w:r w:rsidR="00DF273A" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A074CBA" w14:textId="77777777" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="00DF273A" w:rsidP="00634296">
+    <w:p w14:paraId="338B2839" w14:textId="5B16C282" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9"/>
+    <w:p w14:paraId="67C7B7A1" w14:textId="6E7F7A62" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidSect="00DF273A">
+        <w:sectPr w:rsidR="6FA058B9" w:rsidSect="00DF273A">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="400" w:right="520" w:bottom="940" w:left="500" w:header="0" w:footer="754" w:gutter="0"/>
           <w:cols w:space="40"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6038AAF1" w14:textId="7F5670ED" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="00DF273A" w:rsidP="00634296">
+    <w:p w14:paraId="6A074CBA" w14:textId="77777777" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="00DF273A" w:rsidP="00634296">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidSect="00DF273A">
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="400" w:right="520" w:bottom="940" w:left="500" w:header="0" w:footer="754" w:gutter="0"/>
+          <w:cols w:space="40"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B35259" w14:textId="0B6A67A1" w:rsidR="00C508F5" w:rsidRPr="009C00BA" w:rsidRDefault="00C508F5" w:rsidP="6FA058B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...11 lines deleted...]
-      <w:r w:rsidR="007E72FA" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">heck with </w:t>
+      </w:r>
+      <w:r w:rsidR="0A99778F" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E72FA" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Park Operations Lead</w:t>
       </w:r>
-      <w:r w:rsidR="006B09D8" w:rsidRPr="005A2D51">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> whether there are existing plans for the green space.</w:t>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3260C90B" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>there are existing plans for the green space</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2649568A" w14:textId="6A0C134D" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="2649568A" w14:textId="143D0420" w:rsidR="00DF273A" w:rsidRPr="009C00BA" w:rsidRDefault="006B09D8" w:rsidP="73D059A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...5 lines deleted...]
-      <w:r w:rsidR="002D2617" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Find out about </w:t>
+      </w:r>
+      <w:r w:rsidR="44AB2172" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>existing wildlife value of the site. This will reduce the risk of damage to wildlife that you don’t know is there.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2617" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Some plant and animal species are protected by law, and it is an offence to damage or disturb them. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5182AC" w14:textId="07B963EF" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="6A5182AC" w14:textId="5E21BE7D" w:rsidR="00DF273A" w:rsidRPr="009C00BA" w:rsidRDefault="006B09D8" w:rsidP="73D059A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...5 lines deleted...]
-      <w:r w:rsidR="007E72FA" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask </w:t>
+      </w:r>
+      <w:r w:rsidR="1D61D39C" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="007E72FA" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Park Operations Lead</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2D51">
-[...5 lines deleted...]
-      <w:r w:rsidR="000A7DA2" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6C6EA12A" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">there are </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A2D51">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="005A2D51">
+      <w:r w:rsidR="1FA2802E" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any site </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>surveys</w:t>
+      </w:r>
+      <w:r w:rsidR="70F262F1" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Contact Bristol and Regional Environmental Records Centre (BRERC)</w:t>
+      </w:r>
+      <w:r w:rsidR="67F21007" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ask if </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">there are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>wildlife records for the site. Local people may also have useful information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468A6A14" w14:textId="77777777" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="7E5643DF" w14:textId="21488583" w:rsidR="000A7DA2" w:rsidRPr="006F64C5" w:rsidRDefault="00C508F5" w:rsidP="006F64C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arrange a site visit with BCC parks officers to discuss your ideas. You may be signposted to </w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ecological expert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>s to input</w:t>
+      </w:r>
+      <w:r w:rsidR="7AE26F60" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bristol Parks Nature Conservation Team or Avon Wildlife Trust</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F64C5" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B09D8" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>If funding is available you may find it helpful to pay an ecologist to carry out a survey</w:t>
+      </w:r>
+      <w:r w:rsidR="006F64C5" w:rsidRPr="73D059A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11813169" w14:textId="58494817" w:rsidR="00C508F5" w:rsidRPr="009C00BA" w:rsidRDefault="006B09D8" w:rsidP="73D059A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Seek advice from an ecological expert if possible. Bristol Parks Nature Conservation Team or Avon Wildlife Trust may be able to help. </w:t>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once you have </w:t>
+      </w:r>
+      <w:r w:rsidR="277CFA4C" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expert </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>information and advice</w:t>
+      </w:r>
+      <w:r w:rsidR="6518AE73" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>put together a p</w:t>
+      </w:r>
+      <w:r w:rsidR="172A7423" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roposal </w:t>
+      </w:r>
+      <w:r w:rsidR="002354F0" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>including maps of</w:t>
+      </w:r>
+      <w:r w:rsidR="604FF51C" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any new </w:t>
+      </w:r>
+      <w:r w:rsidR="002354F0" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>features.</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Share plans with your operational lead for early input.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5643DF" w14:textId="77777777" w:rsidR="000A7DA2" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="245142EB" w14:textId="5608B7A0" w:rsidR="00C508F5" w:rsidRPr="009C00BA" w:rsidRDefault="00C508F5" w:rsidP="00C508F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...3 lines deleted...]
-        <w:t>If funding is available, you may find it helpful to pay an ecologist to carry out a survey and give you some advice.</w:t>
+      <w:r w:rsidRPr="009C00BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are </w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">considering </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C00BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applying for funding get support </w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for your ideas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C00BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from your parks operations lead before submitting a funding bid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302DD9BF" w14:textId="7340219C" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="302DD9BF" w14:textId="48FF9EF0" w:rsidR="00DF273A" w:rsidRPr="009C00BA" w:rsidRDefault="006B09D8" w:rsidP="00634296">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Once you have obtained all the information and advice you can, put together a plan. Engage with local people about your plan, especially if it involves ideas which may be controversial. </w:t>
+      <w:r w:rsidRPr="009C00BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engage with local people about your plan, especially if it involves ideas which may be controversial. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203B8AF6" w14:textId="77777777" w:rsidR="000A7DA2" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00FC034A">
+    <w:p w14:paraId="203B8AF6" w14:textId="77777777" w:rsidR="000A7DA2" w:rsidRPr="009C00BA" w:rsidRDefault="006B09D8" w:rsidP="00FC034A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="009C00BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>For example, turning an area of closely mown amenity grassland into a wildflower meadow may cause problems if local children play football there.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525812ED" w14:textId="4A46815B" w:rsidR="000A7DA2" w:rsidRPr="005A2D51" w:rsidRDefault="000A7DA2" w:rsidP="00634296">
+    <w:p w14:paraId="3D52C04F" w14:textId="56AA7291" w:rsidR="000A7DA2" w:rsidRPr="009C00BA" w:rsidRDefault="000A7DA2" w:rsidP="6FA058B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...37 lines deleted...]
-      <w:r w:rsidR="003F32B7" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Remember any changes to park</w:t>
+      </w:r>
+      <w:r w:rsidR="1FD5E94D" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>s and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> green space</w:t>
+      </w:r>
+      <w:r w:rsidR="340DB45D" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidR="4F7A13C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ve operational and </w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">management implications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525812ED" w14:textId="25A85395" w:rsidR="000A7DA2" w:rsidRPr="009C00BA" w:rsidRDefault="70E25AEA" w:rsidP="6FA058B9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>For example, checks are needed for underground cables and pipelines before trees are planted. Creating areas of longer grass should account for increased risk of fires</w:t>
+      </w:r>
+      <w:r w:rsidR="2AC8625B" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New hedges need </w:t>
+      </w:r>
+      <w:r w:rsidR="42E2E105" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trimming </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>and wildflower meadows need cutting. It</w:t>
+      </w:r>
+      <w:r w:rsidR="009C00BA" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>important Bristol Parks commi</w:t>
+      </w:r>
+      <w:r w:rsidR="380BA4E7" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DA2" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the project even if volunteers </w:t>
+      </w:r>
+      <w:r w:rsidR="71BABEDA" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00831194" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the </w:t>
+      </w:r>
+      <w:r w:rsidR="003F32B7" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>site.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF1CED0" w14:textId="0DA7EDA3" w:rsidR="00B853D7" w:rsidRPr="005A2D51" w:rsidRDefault="00CC54C4" w:rsidP="00634296">
+    <w:p w14:paraId="572F8FFB" w14:textId="20F12E7C" w:rsidR="00E4DC0B" w:rsidRDefault="00E4DC0B" w:rsidP="6FA058B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...103 lines deleted...]
-        <w:t>for possible planting in the winter planting season.</w:t>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>If you are proposing new planting aim to discuss and submit plans a year in advance. Plans should include native species wherever possible and plants that originate from this part of the country. Talk to parks operations coordinator about trusted suppliers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DAF26E" w14:textId="77777777" w:rsidR="000A7DA2" w:rsidRPr="005A2D51" w:rsidRDefault="000A7DA2" w:rsidP="00634296">
+    <w:p w14:paraId="3DF1CED0" w14:textId="127E1C41" w:rsidR="00B853D7" w:rsidRPr="009C00BA" w:rsidRDefault="00C508F5" w:rsidP="00634296">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Any proposals should consider operational impacts within the site. For example, check for underground cables and pipelines before any trees are planted. Creating areas of longer grass should account for increased risk of wildfires during droughts, particularly when near to residential areas. </w:t>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC54C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC54C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>TreeBristol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC54C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to agree any</w:t>
+      </w:r>
+      <w:r w:rsidR="00B853D7" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tree</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC54C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>, hedge or orchard</w:t>
+      </w:r>
+      <w:r w:rsidR="00B853D7" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintenance</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC54C4" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before a date is planned. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2370C" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For any new tree, </w:t>
+      </w:r>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>hedge or orchard planting</w:t>
+      </w:r>
+      <w:r w:rsidR="00184569" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00204F8A" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>ubmit a p</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>roposal</w:t>
+      </w:r>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Tree</w:t>
+      </w:r>
+      <w:r w:rsidR="00F436C3" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>ristol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261CDE" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by June </w:t>
+      </w:r>
+      <w:r w:rsidR="00184569" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>for winter planting</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E68" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153B34AF" w14:textId="57F0E313" w:rsidR="009F4E68" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="3342579E" w14:textId="54971F8A" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Make sure you have correct training and permission to carry out work sessions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2629E923" w14:textId="459E96DA" w:rsidR="000A7DA2" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="0D46CEAE" w14:textId="22C5F193" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...5 lines deleted...]
-      <w:r w:rsidR="00CC54C4" w:rsidRPr="005A2D51">
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Make sure that you carry out practical conservation work at the right time of year</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2617" w:rsidRPr="6FA058B9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See timetable more information</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0D46CEAE" w14:textId="7E543FE8" w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="00634296">
+    <w:p w14:paraId="2E28FA9F" w14:textId="787DE16C" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:sectPr w:rsidR="00DF273A" w:rsidRPr="005A2D51" w:rsidSect="00DF273A">
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436F0406" w14:textId="747E718B" w:rsidR="69354BA1" w:rsidRDefault="69354BA1" w:rsidP="6FA058B9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="69354BA1" w:rsidSect="00DF273A">
+          <w:headerReference w:type="default" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="400" w:right="520" w:bottom="940" w:left="500" w:header="0" w:footer="754" w:gutter="0"/>
           <w:cols w:space="40"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A2D51">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> See timetable more information</w:t>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you for </w:t>
+      </w:r>
+      <w:r w:rsidR="5B0CC50D" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">working with us to </w:t>
+      </w:r>
+      <w:r w:rsidR="30F8F3F1" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">improve </w:t>
+      </w:r>
+      <w:r w:rsidR="3DFED42C" w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6FA058B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ristol green spaces for people and nature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0C4241" w14:textId="7B61A57D" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="00AB51A4">
-[...11 lines deleted...]
-    <w:p w14:paraId="1DFCBD78" w14:textId="77777777" w:rsidR="008456EC" w:rsidRPr="005A2D51" w:rsidRDefault="007D294C" w:rsidP="008456EC">
+    <w:p w14:paraId="1DFCBD78" w14:textId="1C49C46D" w:rsidR="008456EC" w:rsidRPr="005A2D51" w:rsidRDefault="006B09D8" w:rsidP="008456EC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2D51">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B09D8" w:rsidRPr="005A2D51">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Timetable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3A069B" w14:textId="590E8B24" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="00D55697" w:rsidP="008456EC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2D51">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:tab/>
@@ -803,51 +1088,51 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblInd w:w="274" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0160" w:firstRow="1" w:lastRow="1" w:firstColumn="0" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="5953"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="41E8DF76" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="41E8DF76" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBFFD7"/>
           </w:tcPr>
           <w:p w14:paraId="201C4DB0" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="24"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -945,51 +1230,51 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="002E1AD7" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="002E1AD7" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DD178C0" w14:textId="0B28BC1F" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="00D66AAB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1363,51 +1648,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00DF273A" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Winter planting</w:t>
             </w:r>
             <w:r w:rsidR="00E06CBA" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2166F5F0" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2166F5F0" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="1337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03C8581E" w14:textId="2DC30E36" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="1C343F9B" w:rsidP="00D66AAB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="189"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sowing wildflower </w:t>
@@ -1444,51 +1729,51 @@
           </w:tcPr>
           <w:p w14:paraId="37E9183E" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sep–Nov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0453E438" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="00D66AAB">
+          <w:p w14:paraId="249D7A9F" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="5B440BC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Some seeds need to overwinter to germinate. Others can be planted in </w:t>
             </w:r>
             <w:r w:rsidR="7CCD4F71" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>spring but</w:t>
@@ -1591,53 +1876,113 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>drought</w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>at this time of year.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="0453E438" w14:textId="4CA86241" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="70EBCCF7" w:rsidP="00D66AAB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For Autumn sowing contact Bristol Parks </w:t>
+            </w:r>
+            <w:r w:rsidR="3E399D48" w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidR="26E485A1" w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">early </w:t>
+            </w:r>
+            <w:r w:rsidR="3E399D48" w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Summer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with your propos</w:t>
+            </w:r>
+            <w:r w:rsidR="12905420" w:rsidRPr="5B440BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="604DE5F5" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="604DE5F5" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="2724"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05F5B781" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="00D66AAB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Cutting a wildflower </w:t>
@@ -1732,187 +2077,153 @@
           </w:p>
           <w:p w14:paraId="3E8D95FF" w14:textId="70D43398" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jun–Sep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C03213" w14:textId="6E1A0B50" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="00027F26">
+          <w:p w14:paraId="58C03213" w14:textId="7CB512B4" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="2BC2B590" w:rsidP="00027F26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A2D51">
+            <w:r w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Cut meadows once the plants have finished flowering but during the growing season so that nutrients are removed. </w:t>
             </w:r>
-            <w:r w:rsidR="70BF52E5" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="1611471B" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Newly established wildflower meadows may benefit from a</w:t>
             </w:r>
-            <w:r w:rsidR="1B89C343" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="3E4F1D32" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n additional</w:t>
             </w:r>
-            <w:r w:rsidR="70BF52E5" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="1611471B" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> cut </w:t>
             </w:r>
-            <w:r w:rsidR="00027F26" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="723689C3" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidR="70BF52E5" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="1611471B" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> early Spring to </w:t>
             </w:r>
-            <w:r w:rsidR="00027F26" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="723689C3" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>help</w:t>
             </w:r>
-            <w:r w:rsidR="1BE9F35B" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="1AD6607E" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> reduce nutrient levels. </w:t>
             </w:r>
-            <w:r w:rsidR="587FAD99" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="312AE257" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>However, m</w:t>
             </w:r>
-            <w:r w:rsidR="1BE9F35B" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="1AD6607E" w:rsidRPr="6FA058B9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ake sure you check for Spring-flowering species, and delay the cut if these are present. </w:t>
             </w:r>
-            <w:r w:rsidR="70BF52E5" w:rsidRPr="005A2D51">
-[...39 lines deleted...]
-              <w:t>which will encourage plants like nettles and thistles).</w:t>
+            <w:r w:rsidR="1611471B" w:rsidRPr="6FA058B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Remove all cuttings to avoid nutrient build-up (which will encourage plants like nettles and thistles).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="09BD7235" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="09BD7235" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="277BC6CA" w14:textId="164580DF" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cutting</w:t>
@@ -2099,51 +2410,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00754970" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="527E4E46" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Note that this also applies to invasive woody species such as cherry laurel. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2C8BF175" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2C8BF175" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43D2FE8C" w14:textId="124A37BA" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trimming</w:t>
             </w:r>
@@ -2340,51 +2651,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bird</w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-17"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nesting season, and ideally after the hedge shrubs have borne fruit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="264AAE93" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="264AAE93" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FBADAAB" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laying</w:t>
@@ -2532,51 +2843,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">dormant </w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>season.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="782CC08E" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="782CC08E" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A1802D3" w14:textId="403C82C8" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Coppicing</w:t>
@@ -2814,51 +3125,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> if </w:t>
             </w:r>
             <w:r w:rsidR="00D97641" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>working on</w:t>
             </w:r>
             <w:r w:rsidR="0050326B" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCC managed green space.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="6ECD51A0" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="6ECD51A0" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67E3FA39" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Removal of </w:t>
@@ -3070,66 +3381,66 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>it sets seed in June.</w:t>
             </w:r>
             <w:r w:rsidR="05D7EB3B" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> More guidance here: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B91AE03" w14:textId="1D7D019E" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="05D7EB3B" w:rsidP="00D66AAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12">
+            <w:hyperlink r:id="rId17">
               <w:r w:rsidRPr="005A2D51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Balsam Bashing Guide (edenriverstrust.org.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="6120645A" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="6120645A" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="1050"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55C14B3A" w14:textId="03CAC61F" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cleaning</w:t>
             </w:r>
@@ -3414,51 +3725,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">cological advice should be sought for </w:t>
             </w:r>
             <w:r w:rsidR="1D3635EE" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
             <w:r w:rsidR="27AC41DC" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">major pond restoration work. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="48FBF3DF" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="48FBF3DF" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="848"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32B6BAA5" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Creating</w:t>
@@ -3526,209 +3837,205 @@
           <w:p w14:paraId="27231FA3" w14:textId="2ABB4A7B" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="00D45738" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-16"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sep - Nov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098185F0" w14:textId="4324EA41" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="00D45738" w:rsidP="00D66AAB">
+          <w:p w14:paraId="098185F0" w14:textId="748F4372" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="68681116" w:rsidP="00D66AAB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidR="007533C0" w:rsidRPr="005A2D51">
+            <w:r w:rsidRPr="005A2D51">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Best time to create</w:t>
+            </w:r>
+            <w:r w:rsidR="2148CBCF" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ponds</w:t>
             </w:r>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> is Autumn </w:t>
             </w:r>
-            <w:r w:rsidR="00D97641" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="57F73D37" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">so the </w:t>
             </w:r>
-            <w:r w:rsidR="007533C0" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2148CBCF" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pond</w:t>
             </w:r>
-            <w:r w:rsidR="00D97641" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="57F73D37" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="007533C0" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2148CBCF" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> can fill up naturally over winter and be </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>colonised</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>wildlife</w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0005302D" w:rsidRPr="005A2D51">
+            <w:r w:rsidR="2BC2B590" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>spring</w:t>
+            </w:r>
+            <w:r w:rsidR="4F2DDDF4" w:rsidRPr="005A2D51">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Propose a new pond in Spring / Summer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2136AC1D" w14:textId="77777777" w:rsidTr="004D6526">
+      <w:tr w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w14:paraId="2136AC1D" w14:textId="77777777" w:rsidTr="6FA058B9">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04C787E2" w14:textId="6602B4D9" w:rsidR="00AB51A4" w:rsidRPr="005A2D51" w:rsidRDefault="0005302D" w:rsidP="0423F763">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Putting</w:t>
             </w:r>
@@ -3828,51 +4135,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DD360D6" w14:textId="65CEFC68" w:rsidR="00ED5B76" w:rsidRPr="005A2D51" w:rsidRDefault="00ED5B76" w:rsidP="00330ABD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="005A2D51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>parksvolunteers@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance</w:t>
             </w:r>
             <w:r w:rsidR="002B5F68" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -3917,167 +4224,420 @@
               </w:rPr>
               <w:t xml:space="preserve">not a supported </w:t>
             </w:r>
             <w:r w:rsidR="00330ABD" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>volunteer activity.</w:t>
             </w:r>
             <w:r w:rsidR="00BF6CEE" w:rsidRPr="005A2D51">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49759B1E" w14:textId="77777777" w:rsidR="0005302D" w:rsidRDefault="0005302D"/>
     <w:sectPr w:rsidR="0005302D">
+      <w:headerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="220" w:right="520" w:bottom="940" w:left="500" w:header="0" w:footer="754" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FD551B9" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048">
+    <w:p w14:paraId="3C55FA7B" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66A303A8" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048">
+    <w:p w14:paraId="79C59266" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="497B6128" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048"/>
+    <w:p w14:paraId="0E61D99F" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21393E67" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRDefault="0005302D">
+  <w:p w14:paraId="4531ED86" w14:textId="6E7F7E0B" w:rsidR="00C508F5" w:rsidRDefault="00C508F5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C1362C3" wp14:editId="61D2F39F">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="747931632" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="74A58BF1" w14:textId="0DF69FFA" w:rsidR="00C508F5" w:rsidRPr="00C508F5" w:rsidRDefault="00C508F5" w:rsidP="00C508F5">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C508F5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2C1362C3">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:27.2pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGAGQiDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynyboZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0o2Um2bqdhF/mJpPnx+LS467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhFMYnzZ2Yo2IdgyyzxvhGZ+AlYYdEpwmgW8un1WO9Zh&#10;dq2yaZ5/zDpwtXXAhfdofRicdJnySyl4eJLSi0BURbG3kE6Xzl08s+WClXvHbNPysQ32D11o1hos&#10;ekn1wAIjB9f+kUq33IEHGSYcdAZStlykGXCaIn8zzbZhVqRZkBxvLzT5/5eWPx639tmR0H+BHhcY&#10;CemsLz0a4zy9dDp+sVOCfqTwdKFN9IFwNN4WN7cz9HB03czmM8SYJbv+bJ0PXwVoEkFFHW4lkcWO&#10;Gx+G0HNIrGVg3SqVNqPMbwbMGS3ZtcOIQr/rx7Z3UJ9wGgfDor3l6xZrbpgPz8zhZrFNVGt4wkMq&#10;6CoKI6KkAffjb/YYj4Sjl5IOlVJRg1KmRH0zuIjpfJbnUVnphsCdwS6B4nM+j35z0PeAIizwPVie&#10;YAwO6gylA/2KYl7FauhihmPNiu7O8D4MusXHwMVqlYJQRJaFjdlaHlNHsiKTL/0rc3akO+CeHuGs&#10;JVa+YX2IjX96uzoE5D6tJBI7sDnyjQJMSx0fS1T4r/cUdX3Sy58AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDG74I2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UadRiFCaTVXx&#10;J66kSHB04m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d4ywWiYgiFune+4Q3nfPt/cgfFCs1eCY&#10;EL7Jw6a6vipVod2Z3+hUh07EEvaFQjAhjIWUvjVklV+6kTh6ezdZFaKcOqkndY7ldpBpkuTSqp7j&#10;glEjPRhqD/XRIuSPL1szfuSfX/vUv/rGHULtnhBvFvN2DSLQHP7CcMGP6FBFpsYdWXsxIMRHwu+9&#10;eKs0A9Eg3GUZyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGAGQiDgIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBDG74I2gAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C508F5" w:rsidR="00C508F5" w:rsidP="00C508F5" w:rsidRDefault="00C508F5" w14:paraId="74A58BF1" w14:textId="0DF69FFA">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C508F5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21393E67" w14:textId="447F8ED9" w:rsidR="00AB51A4" w:rsidRDefault="00C508F5">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C97EB3A" wp14:editId="13101A9D">
+              <wp:simplePos x="317500" y="10153650"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2083645664" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="467FE969" w14:textId="342A42A1" w:rsidR="00C508F5" w:rsidRPr="00C508F5" w:rsidRDefault="00C508F5" w:rsidP="00C508F5">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C508F5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6C97EB3A">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:27.2pt;z-index:251658243;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA//a7UEAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Icu0kFy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo807SnIhVrurvYxM5zd9lqRvXC+BVPRYpRTIgyHujXbiv56Xn65&#10;ocQHZmqmwIiKHoSnt/PPn2adLcUYGlC1cASLGF92tqJNCLbMMs8boZkfgRUGgxKcZgGvbpvVjnVY&#10;XatsnOdfsw5cbR1w4T1674cgnaf6UgoeHqX0IhBVUZwtpNOlcxPPbD5j5dYx27T8OAZ7xxSatQab&#10;nkvds8DIzrX/lNItd+BBhhEHnYGULRdpB9ymyN9ss26YFWkXBMfbM0z+48ryh/3aPjkS+u/QI4ER&#10;kM760qMz7tNLp+MXJyUYRwgPZ9hEHwhH53VxdT3BCMfQ1WQ6QRurZJefrfPhhwBNolFRh6wksNh+&#10;5cOQekqJvQwsW6USM8r85cCa0ZNdJoxW6Dc9aetX02+gPuBSDga+veXLFluvmA9PzCHBOC2KNjzi&#10;IRV0FYWjRUkD7vf//DEfcccoJR0KpqIGFU2J+mmQj/F0kudRYOmGhjsZm2QU3/JpjJudvgPUYoHP&#10;wvJkxuSgTqZ0oF9Q04vYDUPMcOxZ0c3JvAuDfPFNcLFYpCTUkmVhZdaWx9IRswjoc//CnD2iHpCu&#10;BzhJipVvwB9y45/eLnYBKUjMRHwHNI+wow4Tt8c3E4X++p6yLi97/gcAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEMbvgjaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhRp1GIUJpN&#10;VfEnrqRIcHTibRw1XofYbcPb43KBy0qjGc18W25mO4gTTb53jLBaJiCIW6d77hDed8+39yB8UKzV&#10;4JgQvsnDprq+KlWh3Znf6FSHTsQS9oVCMCGMhZS+NWSVX7qROHp7N1kVopw6qSd1juV2kGmS5NKq&#10;nuOCUSM9GGoP9dEi5I8vWzN+5J9f+9S/+sYdQu2eEG8W83YNItAc/sJwwY/oUEWmxh1ZezEgxEfC&#10;7714qzQD0SDcZRnIqpT/4asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD/9rtQQAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEMbvgja&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C508F5" w:rsidR="00C508F5" w:rsidP="00C508F5" w:rsidRDefault="00C508F5" w14:paraId="467FE969" w14:textId="342A42A1">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C508F5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="0005302D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48B70FB0" wp14:editId="60185A6C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3706593</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10074706</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="186690" cy="223520"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -4132,60 +4692,56 @@
                               <w:spacing w:val="-10"/>
                               <w:sz w:val="28"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="518A4D"/>
                               <w:spacing w:val="-10"/>
                               <w:sz w:val="28"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
-            <v:shapetype w14:anchorId="48B70FB0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:291.85pt;margin-top:793.3pt;width:14.7pt;height:17.6pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0qENwkwEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L0o9LOiMOMXaYsOA&#10;YhvQ7gMUWYqNWaJKKrHz96NUJxm227ALTZnU43uPWt9OfhAHi9RDaOT1YimFDQbaPuwa+eP509sb&#10;KSjp0OoBgm3k0ZK83Vy9WY+xthV0MLQWBYMEqsfYyC6lWCtFprNe0wKiDVx0gF4nPuJOtahHRveD&#10;qpbLlRoB24hgLBH/fXgtyk3Bd86a9M05skkMjWRuqUQscZuj2qx1vUMdu97MNPQ/sPC6Dzz0DPWg&#10;kxZ77P+C8r1BIHBpYcArcK43tmhgNdfLP9Q8dTraooXNoXi2if4frPl6eIrfUaTpDiZeYBFB8RHM&#10;T2Jv1Bipnnuyp1QTd2ehk0OfvyxB8EX29nj2005JmIx2s1p94IrhUlW9e18Vv9XlckRKny14kZNG&#10;Iq+rENCHR0p5vK5PLTOX1/GZSJq2E7fkdAvtkTWMvMZG0steo5Vi+BLYp7zzU4KnZHtKMA33UF5G&#10;lhLg4z6B68vkC+48mRdQCM2PJW/493PpujzpzS8AAAD//wMAUEsDBBQABgAIAAAAIQCoUwUL4QAA&#10;AA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLO2mhVKaThOCE9JEVw4c0yZr&#10;ozVOabKtvD3eCY72/+n352Izu4GdzRSsRwnpIgFmsPXaYifhs357yICFqFCrwaOR8GMCbMrbm0Ll&#10;2l+wMud97BiVYMiVhD7GMec8tL1xKiz8aJCyg5+cijROHdeTulC5G/gySQR3yiJd6NVoXnrTHvcn&#10;J2H7hdWr/d41H9WhsnX9lOC7OEp5fzdvn4FFM8c/GK76pA4lOTX+hDqwQcI6Wz0SSsE6EwIYISJd&#10;pcAaWollmgEvC/7/i/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANKhDcJMBAAAaAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqFMFC+EAAAAN&#10;AQAADwAAAAAAAAAAAAAAAADtAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:291.85pt;margin-top:793.3pt;width:14.7pt;height:17.6pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmcp43lgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUl9v0zAQf0fad7D8TtMFUY2o6cQ2gZAm&#10;QNr4AK5jNxaxz7tzm/Tbc/bSFsEb4sU5584///54fTv5QRwMkoPQyuvFUgoTNHQu7Fr54/nT2xsp&#10;KKnQqQGCaeXRkLzdXL1Zj7ExNfQwdAYFgwRqxtjKPqXYVBXp3nhFC4gmcNMCepV4i7uqQzUyuh+q&#10;erlcVSNgFxG0IeK/D69NuSn41hqdvllLJomhlcwtlRXLus1rtVmrZocq9k7PNNQ/sPDKBb70DPWg&#10;khJ7dH9BeacRCGxaaPAVWOu0KRpYzfXyDzVPvYqmaGFzKJ5tov8Hq78enuJ3FGm6g4kDLCIoPoL+&#10;SexNNUZq5pnsKTXE01noZNHnL0sQfJC9PZ79NFMSOqPdrFYfuKO5Vdfv3tfF7+pyOCKlzwa8yEUr&#10;keMqBNThkVK+XjWnkZnL6/WZSJq2k3AdI+cQ858tdEeWMnKaraSXvUIjxfAlsF05+lOBp2J7KjAN&#10;91AeSFYU4OM+gXWFwAV3JsA5FF7zm8lB/74vU5eXvfkFAAD//wMAUEsDBBQABgAIAAAAIQCoUwUL&#10;4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLO2mhVKaThOCE9JEVw4c&#10;0yZrozVOabKtvD3eCY72/+n352Izu4GdzRSsRwnpIgFmsPXaYifhs357yICFqFCrwaOR8GMCbMrb&#10;m0Ll2l+wMud97BiVYMiVhD7GMec8tL1xKiz8aJCyg5+cijROHdeTulC5G/gySQR3yiJd6NVoXnrT&#10;HvcnJ2H7hdWr/d41H9WhsnX9lOC7OEp5fzdvn4FFM8c/GK76pA4lOTX+hDqwQcI6Wz0SSsE6EwIY&#10;ISJdpcAaWollmgEvC/7/i/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZnKeN5YBAAAh&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqFMFC+EA&#10;AAANAQAADwAAAAAAAAAAAAAAAADwAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" w14:anchorId="48B70FB0">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="385715AA" w14:textId="77777777" w:rsidR="00AB51A4" w:rsidRDefault="0005302D">
+                  <w:p w:rsidR="00AB51A4" w:rsidRDefault="0005302D" w14:paraId="385715AA" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="319" w:lineRule="exact"/>
                       <w:ind w:left="60"/>
                       <w:rPr>
                         <w:sz w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="518A4D"/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="518A4D"/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -4202,70 +4758,453 @@
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="518A4D"/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DCFB9B6" w14:textId="5E29B8E2" w:rsidR="00C508F5" w:rsidRDefault="00C508F5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01A68DFF" wp14:editId="34DF9431">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="713740" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="10160" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2047235272" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="713740" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="18C539A7" w14:textId="614175D0" w:rsidR="00C508F5" w:rsidRPr="00C508F5" w:rsidRDefault="00C508F5" w:rsidP="00C508F5">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C508F5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="01A68DFF">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1029" style="position:absolute;margin-left:0;margin-top:0;width:56.2pt;height:27.2pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCe5NweEgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynyboZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU62bqdhF/mJpPnx+LS467UiR+F8C6aixSSnRBgOdWv2Ff3+sv7w&#10;iRIfmKmZAiMqehKe3i3fv1t0thRTaEDVwhFMYnzZ2Yo2IdgyyzxvhGZ+AlYYdEpwmgW8un1WO9Zh&#10;dq2yaZ5/zDpwtXXAhfdofRicdJnySyl4eJLSi0BURbG3kE6Xzl08s+WClXvHbNPycxvsH7rQrDVY&#10;9JLqgQVGDq79I5VuuQMPMkw46AykbLlIM+A0Rf5mmm3DrEizIDneXmjy/y8tfzxu7bMjof8CPS4w&#10;EtJZX3o0xnl66XT8YqcE/Ujh6UKb6APhaLwtbm5n6OHoupnNZ4gxS3b92TofvgrQJIKKOtxKIosd&#10;Nz4MoWNIrGVg3SqVNqPMbwbMGS3ZtcOIQr/rSVtj8bH7HdQnHMrBsG9v+brF0hvmwzNzuGDsFkUb&#10;nvCQCrqKwhlR0oD78Td7jEfe0UtJh4KpqEFFU6K+GdzHdD7L8yiwdEPgRrBLoPicz6PfHPQ9oBYL&#10;fBaWJxiDgxqhdKBfUdOrWA1dzHCsWdHdCO/DIF98E1ysVikItWRZ2Jit5TF15CwS+tK/MmfPrAdc&#10;1yOMkmLlG/KH2Pint6tDwBWkzUR+BzbPtKMO027PbyYK/dd7irq+7OVPAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAQxu+CNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFGnUYhQ&#10;mk1V8SeupEhwdOJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvneMsFomIIhbp3vuEN53z7f3IHxQ&#10;rNXgmBC+ycOmur4qVaHdmd/oVIdOxBL2hUIwIYyFlL41ZJVfupE4ens3WRWinDqpJ3WO5XaQaZLk&#10;0qqe44JRIz0Yag/10SLkjy9bM37kn1/71L/6xh1C7Z4Qbxbzdg0i0Bz+wnDBj+hQRabGHVl7MSDE&#10;R8LvvXirNAPRINxlGciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnuTcHhIC&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQxu+&#10;CNoAAAAEAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="00C508F5" w:rsidR="00C508F5" w:rsidP="00C508F5" w:rsidRDefault="00C508F5" w14:paraId="18C539A7" w14:textId="614175D0">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C508F5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="208C42AE" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048">
+    <w:p w14:paraId="576E15A3" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="142FDDF4" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048">
+    <w:p w14:paraId="16F9286A" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62981DDB" w14:textId="77777777" w:rsidR="00A22048" w:rsidRDefault="00A22048"/>
+    <w:p w14:paraId="091FC419" w14:textId="77777777" w:rsidR="009A148D" w:rsidRDefault="009A148D"/>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6FA058B9" w14:paraId="7C846E6F" w14:textId="77777777" w:rsidTr="6FA058B9">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="33248957" w14:textId="0347A89A" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="075D3DD1" w14:textId="7CCBA82F" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="77DA24B1" w14:textId="5CBAC7F2" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="6917BD96" w14:textId="68DA56FE" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6FA058B9" w14:paraId="28AC7544" w14:textId="77777777" w:rsidTr="6FA058B9">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="20F60C97" w14:textId="0235D215" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="74929DE7" w14:textId="7FB76F1C" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="285D8EF0" w14:textId="10A84432" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0C8AE18B" w14:textId="4212932F" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6FA058B9" w14:paraId="238D2FAF" w14:textId="77777777" w:rsidTr="6FA058B9">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6FEA8974" w14:textId="14A7151D" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Last updated 20.10.25</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="2835607A" w14:textId="75012CD7" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="150726D3" w14:textId="340241B1" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4C9692AA" w14:textId="7E5FD43E" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="6E2F3B10" w14:textId="6FC6AA33" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+      <w:gridCol w:w="3630"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="6FA058B9" w14:paraId="60B7E6BE" w14:textId="77777777" w:rsidTr="6FA058B9">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6933A4B0" w14:textId="03212E16" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="48B88FF6" w14:textId="5C605448" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3630" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="78B82FDF" w14:textId="3E86201B" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="585309FC" w14:textId="3462DCEE" w:rsidR="6FA058B9" w:rsidRDefault="6FA058B9" w:rsidP="6FA058B9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations/>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02674929"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBD6B8CA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="714" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4828,456 +5767,535 @@
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1111054529">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1480538490">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1484813806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1721709417">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="427969955">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB51A4"/>
     <w:rsid w:val="00027F26"/>
     <w:rsid w:val="00043709"/>
     <w:rsid w:val="0005302D"/>
     <w:rsid w:val="000713B6"/>
     <w:rsid w:val="00077182"/>
     <w:rsid w:val="00091542"/>
     <w:rsid w:val="000936D6"/>
     <w:rsid w:val="000A7DA2"/>
     <w:rsid w:val="000C141E"/>
     <w:rsid w:val="000C1643"/>
     <w:rsid w:val="000D009A"/>
     <w:rsid w:val="000D46A3"/>
     <w:rsid w:val="000E7623"/>
     <w:rsid w:val="000E7916"/>
     <w:rsid w:val="00116FFD"/>
     <w:rsid w:val="00117CA9"/>
     <w:rsid w:val="00117FC5"/>
     <w:rsid w:val="0015458C"/>
+    <w:rsid w:val="0015463A"/>
     <w:rsid w:val="00184569"/>
     <w:rsid w:val="001B12F1"/>
     <w:rsid w:val="001D6B86"/>
     <w:rsid w:val="001D78D6"/>
     <w:rsid w:val="001E035C"/>
     <w:rsid w:val="00204F8A"/>
     <w:rsid w:val="00212C9C"/>
     <w:rsid w:val="0021340F"/>
     <w:rsid w:val="002143F0"/>
+    <w:rsid w:val="002354F0"/>
     <w:rsid w:val="00235E03"/>
     <w:rsid w:val="00236EF7"/>
     <w:rsid w:val="00256996"/>
     <w:rsid w:val="00261CDE"/>
     <w:rsid w:val="002A0600"/>
     <w:rsid w:val="002A43D3"/>
     <w:rsid w:val="002B5F68"/>
     <w:rsid w:val="002D15E7"/>
     <w:rsid w:val="002D2617"/>
     <w:rsid w:val="002D28EA"/>
     <w:rsid w:val="002E3F9E"/>
     <w:rsid w:val="002F21E9"/>
     <w:rsid w:val="003154A9"/>
     <w:rsid w:val="00330ABD"/>
     <w:rsid w:val="003358C0"/>
     <w:rsid w:val="0035469F"/>
     <w:rsid w:val="00360017"/>
     <w:rsid w:val="0037224A"/>
     <w:rsid w:val="00384D33"/>
     <w:rsid w:val="0038652B"/>
     <w:rsid w:val="003D2552"/>
     <w:rsid w:val="003D40C2"/>
     <w:rsid w:val="003D50D6"/>
     <w:rsid w:val="003E0FAB"/>
     <w:rsid w:val="003E6C87"/>
     <w:rsid w:val="003F32B7"/>
     <w:rsid w:val="003F397A"/>
     <w:rsid w:val="003F49FA"/>
     <w:rsid w:val="00400958"/>
     <w:rsid w:val="00405487"/>
     <w:rsid w:val="00416602"/>
     <w:rsid w:val="0042435E"/>
     <w:rsid w:val="00442390"/>
     <w:rsid w:val="00473134"/>
     <w:rsid w:val="0048056F"/>
     <w:rsid w:val="004A1B06"/>
     <w:rsid w:val="004A1CDC"/>
     <w:rsid w:val="004B2118"/>
+    <w:rsid w:val="004B635F"/>
     <w:rsid w:val="004C7754"/>
     <w:rsid w:val="004D6526"/>
+    <w:rsid w:val="005013A5"/>
     <w:rsid w:val="0050326B"/>
     <w:rsid w:val="00511157"/>
     <w:rsid w:val="0052325E"/>
     <w:rsid w:val="00533235"/>
+    <w:rsid w:val="005365A6"/>
     <w:rsid w:val="005454E2"/>
     <w:rsid w:val="00551B9C"/>
     <w:rsid w:val="00552D0D"/>
     <w:rsid w:val="005836B4"/>
     <w:rsid w:val="005A2D51"/>
     <w:rsid w:val="005D3CC8"/>
     <w:rsid w:val="005F5710"/>
     <w:rsid w:val="00605D40"/>
     <w:rsid w:val="00610FFA"/>
     <w:rsid w:val="0061356F"/>
     <w:rsid w:val="00624236"/>
     <w:rsid w:val="006304CA"/>
     <w:rsid w:val="00634296"/>
+    <w:rsid w:val="00634B87"/>
     <w:rsid w:val="00636077"/>
     <w:rsid w:val="0065334F"/>
+    <w:rsid w:val="00655E68"/>
     <w:rsid w:val="00670D1C"/>
+    <w:rsid w:val="0069219D"/>
     <w:rsid w:val="00692BD0"/>
+    <w:rsid w:val="006A1918"/>
+    <w:rsid w:val="006A2194"/>
     <w:rsid w:val="006B09D8"/>
     <w:rsid w:val="006B2497"/>
     <w:rsid w:val="006B34D4"/>
     <w:rsid w:val="006C2337"/>
+    <w:rsid w:val="006D10E9"/>
     <w:rsid w:val="006D61F2"/>
+    <w:rsid w:val="006F64C5"/>
     <w:rsid w:val="0070586A"/>
     <w:rsid w:val="00707C19"/>
     <w:rsid w:val="007120F6"/>
     <w:rsid w:val="00714F32"/>
     <w:rsid w:val="007322B8"/>
     <w:rsid w:val="00734558"/>
     <w:rsid w:val="00737AD8"/>
     <w:rsid w:val="0074023F"/>
+    <w:rsid w:val="00743292"/>
     <w:rsid w:val="007479C8"/>
     <w:rsid w:val="00752ADB"/>
     <w:rsid w:val="007533C0"/>
     <w:rsid w:val="00754970"/>
     <w:rsid w:val="00762C56"/>
     <w:rsid w:val="007646E6"/>
     <w:rsid w:val="00771EB8"/>
     <w:rsid w:val="00790F0A"/>
     <w:rsid w:val="00794583"/>
     <w:rsid w:val="007A0B92"/>
     <w:rsid w:val="007D294C"/>
     <w:rsid w:val="007E72FA"/>
     <w:rsid w:val="007E7D47"/>
     <w:rsid w:val="007F18AA"/>
     <w:rsid w:val="007F4C99"/>
     <w:rsid w:val="00831194"/>
     <w:rsid w:val="008456EC"/>
     <w:rsid w:val="008500AD"/>
     <w:rsid w:val="0085391D"/>
     <w:rsid w:val="0086352B"/>
     <w:rsid w:val="0086757F"/>
     <w:rsid w:val="00884086"/>
     <w:rsid w:val="008D16FE"/>
+    <w:rsid w:val="008D4EDA"/>
     <w:rsid w:val="008F2A14"/>
     <w:rsid w:val="008F35FE"/>
     <w:rsid w:val="008F4E80"/>
     <w:rsid w:val="008F724B"/>
     <w:rsid w:val="00916EA9"/>
     <w:rsid w:val="00920BC5"/>
     <w:rsid w:val="00922039"/>
     <w:rsid w:val="00925308"/>
     <w:rsid w:val="00951512"/>
     <w:rsid w:val="00983C3C"/>
+    <w:rsid w:val="009A148D"/>
     <w:rsid w:val="009A431B"/>
     <w:rsid w:val="009B2F7B"/>
+    <w:rsid w:val="009C00BA"/>
     <w:rsid w:val="009C0315"/>
     <w:rsid w:val="009C1DFA"/>
+    <w:rsid w:val="009C4A6E"/>
     <w:rsid w:val="009D033F"/>
     <w:rsid w:val="009D2F6C"/>
     <w:rsid w:val="009E11AD"/>
     <w:rsid w:val="009E7B29"/>
     <w:rsid w:val="009F4E68"/>
     <w:rsid w:val="00A00F54"/>
     <w:rsid w:val="00A12984"/>
     <w:rsid w:val="00A1313E"/>
     <w:rsid w:val="00A22048"/>
     <w:rsid w:val="00A3652C"/>
     <w:rsid w:val="00A6200A"/>
     <w:rsid w:val="00A63646"/>
     <w:rsid w:val="00A75699"/>
     <w:rsid w:val="00A80433"/>
     <w:rsid w:val="00AB51A4"/>
     <w:rsid w:val="00AB6DD5"/>
     <w:rsid w:val="00AD1F8D"/>
     <w:rsid w:val="00AF7225"/>
+    <w:rsid w:val="00B06C25"/>
     <w:rsid w:val="00B07B15"/>
     <w:rsid w:val="00B568DE"/>
     <w:rsid w:val="00B6230A"/>
     <w:rsid w:val="00B707E7"/>
     <w:rsid w:val="00B72A8B"/>
     <w:rsid w:val="00B77107"/>
     <w:rsid w:val="00B853D7"/>
     <w:rsid w:val="00B9444B"/>
     <w:rsid w:val="00BB4E4B"/>
+    <w:rsid w:val="00BB52F4"/>
+    <w:rsid w:val="00BB6051"/>
     <w:rsid w:val="00BD5271"/>
     <w:rsid w:val="00BD739B"/>
     <w:rsid w:val="00BF1FBA"/>
     <w:rsid w:val="00BF6CEE"/>
     <w:rsid w:val="00C04C67"/>
     <w:rsid w:val="00C11B6F"/>
     <w:rsid w:val="00C15077"/>
     <w:rsid w:val="00C27041"/>
     <w:rsid w:val="00C3135B"/>
     <w:rsid w:val="00C41144"/>
+    <w:rsid w:val="00C508F5"/>
     <w:rsid w:val="00C674B5"/>
     <w:rsid w:val="00C72AB0"/>
     <w:rsid w:val="00C74A4E"/>
     <w:rsid w:val="00CC194F"/>
     <w:rsid w:val="00CC54C4"/>
     <w:rsid w:val="00CD41F2"/>
     <w:rsid w:val="00D01CEE"/>
     <w:rsid w:val="00D0585E"/>
     <w:rsid w:val="00D21AD2"/>
     <w:rsid w:val="00D220F3"/>
     <w:rsid w:val="00D31B5F"/>
     <w:rsid w:val="00D45738"/>
     <w:rsid w:val="00D472F9"/>
     <w:rsid w:val="00D476C0"/>
     <w:rsid w:val="00D47E5D"/>
     <w:rsid w:val="00D55697"/>
+    <w:rsid w:val="00D561EF"/>
     <w:rsid w:val="00D66AAB"/>
     <w:rsid w:val="00D85F36"/>
     <w:rsid w:val="00D97641"/>
     <w:rsid w:val="00DB6CDA"/>
     <w:rsid w:val="00DC3DC5"/>
     <w:rsid w:val="00DC7535"/>
     <w:rsid w:val="00DD5E69"/>
     <w:rsid w:val="00DF273A"/>
     <w:rsid w:val="00DF62FF"/>
     <w:rsid w:val="00DF720F"/>
     <w:rsid w:val="00E02F4F"/>
     <w:rsid w:val="00E06CBA"/>
+    <w:rsid w:val="00E2337E"/>
     <w:rsid w:val="00E2370C"/>
     <w:rsid w:val="00E33012"/>
     <w:rsid w:val="00E43B3A"/>
     <w:rsid w:val="00E4489B"/>
+    <w:rsid w:val="00E4DC0B"/>
     <w:rsid w:val="00E536C3"/>
     <w:rsid w:val="00E73A0A"/>
     <w:rsid w:val="00E773FD"/>
     <w:rsid w:val="00E86597"/>
+    <w:rsid w:val="00EA13BC"/>
     <w:rsid w:val="00EC4EF5"/>
+    <w:rsid w:val="00ED4196"/>
     <w:rsid w:val="00ED5B76"/>
     <w:rsid w:val="00EF203E"/>
     <w:rsid w:val="00EF3813"/>
     <w:rsid w:val="00F436C3"/>
     <w:rsid w:val="00F50E72"/>
     <w:rsid w:val="00F62ED4"/>
     <w:rsid w:val="00F90470"/>
     <w:rsid w:val="00FA270C"/>
     <w:rsid w:val="00FB65A0"/>
     <w:rsid w:val="00FC034A"/>
     <w:rsid w:val="012C8D8C"/>
     <w:rsid w:val="0423F763"/>
     <w:rsid w:val="05C02F76"/>
     <w:rsid w:val="05D7EB3B"/>
     <w:rsid w:val="05DDBD39"/>
     <w:rsid w:val="0612141C"/>
     <w:rsid w:val="065C1002"/>
+    <w:rsid w:val="06A28F46"/>
+    <w:rsid w:val="07095290"/>
     <w:rsid w:val="073E536C"/>
     <w:rsid w:val="089C6387"/>
     <w:rsid w:val="08B0F56F"/>
     <w:rsid w:val="09424484"/>
     <w:rsid w:val="0A2E8AA8"/>
     <w:rsid w:val="0A338D02"/>
     <w:rsid w:val="0A86A3DD"/>
+    <w:rsid w:val="0A99778F"/>
     <w:rsid w:val="0B5B60EE"/>
     <w:rsid w:val="0B5E3256"/>
     <w:rsid w:val="0D94FF6D"/>
     <w:rsid w:val="0DB42C2E"/>
     <w:rsid w:val="0E0D0DA5"/>
     <w:rsid w:val="0EF67395"/>
     <w:rsid w:val="0F8EAEA8"/>
     <w:rsid w:val="11B4BA43"/>
     <w:rsid w:val="11F6C99D"/>
+    <w:rsid w:val="12905420"/>
     <w:rsid w:val="13B391BE"/>
     <w:rsid w:val="14152D2D"/>
+    <w:rsid w:val="1611471B"/>
     <w:rsid w:val="162E0D5E"/>
     <w:rsid w:val="1716EB99"/>
+    <w:rsid w:val="172A7423"/>
     <w:rsid w:val="17BF268C"/>
     <w:rsid w:val="182DD4D6"/>
     <w:rsid w:val="18569D17"/>
     <w:rsid w:val="1864B312"/>
     <w:rsid w:val="18653184"/>
     <w:rsid w:val="191F9F8D"/>
     <w:rsid w:val="1A9FD0B5"/>
+    <w:rsid w:val="1AD6607E"/>
     <w:rsid w:val="1B89C343"/>
     <w:rsid w:val="1BE9F35B"/>
     <w:rsid w:val="1C343F9B"/>
     <w:rsid w:val="1CDF8FC6"/>
     <w:rsid w:val="1D3635EE"/>
+    <w:rsid w:val="1D61D39C"/>
     <w:rsid w:val="1DECA7AF"/>
     <w:rsid w:val="1F4CC225"/>
+    <w:rsid w:val="1FA2802E"/>
+    <w:rsid w:val="1FD5E94D"/>
     <w:rsid w:val="2092F9E9"/>
     <w:rsid w:val="20CF7BD9"/>
+    <w:rsid w:val="2148CBCF"/>
+    <w:rsid w:val="218A804E"/>
     <w:rsid w:val="21C512CF"/>
     <w:rsid w:val="22044B5F"/>
     <w:rsid w:val="23952A44"/>
     <w:rsid w:val="23F51A5A"/>
     <w:rsid w:val="24F4E4DE"/>
     <w:rsid w:val="26DCC8CC"/>
+    <w:rsid w:val="26E485A1"/>
+    <w:rsid w:val="277CFA4C"/>
     <w:rsid w:val="27AC41DC"/>
     <w:rsid w:val="28580E6A"/>
     <w:rsid w:val="28D04C3A"/>
+    <w:rsid w:val="2AC8625B"/>
+    <w:rsid w:val="2BC2B590"/>
     <w:rsid w:val="2C3DA930"/>
     <w:rsid w:val="2E3E0D5A"/>
     <w:rsid w:val="2EF5F9E9"/>
     <w:rsid w:val="2F0984D8"/>
     <w:rsid w:val="2F2310C4"/>
+    <w:rsid w:val="30F8F3F1"/>
     <w:rsid w:val="31046CDF"/>
+    <w:rsid w:val="312AE257"/>
     <w:rsid w:val="32247E0B"/>
+    <w:rsid w:val="3260C90B"/>
+    <w:rsid w:val="340DB45D"/>
     <w:rsid w:val="35596D0D"/>
+    <w:rsid w:val="3743A412"/>
+    <w:rsid w:val="380BA4E7"/>
     <w:rsid w:val="38483FA8"/>
     <w:rsid w:val="38FE10E5"/>
     <w:rsid w:val="39303B80"/>
     <w:rsid w:val="3A59EE1B"/>
     <w:rsid w:val="3BD212F3"/>
     <w:rsid w:val="3BFE6AF6"/>
     <w:rsid w:val="3C6D30DA"/>
+    <w:rsid w:val="3DFED42C"/>
+    <w:rsid w:val="3E399D48"/>
+    <w:rsid w:val="3E4F1D32"/>
     <w:rsid w:val="3EAA565A"/>
     <w:rsid w:val="3FF302DA"/>
     <w:rsid w:val="416943D8"/>
+    <w:rsid w:val="42E2E105"/>
     <w:rsid w:val="43151DAB"/>
     <w:rsid w:val="440B267E"/>
+    <w:rsid w:val="44AB2172"/>
     <w:rsid w:val="46B3CFE0"/>
     <w:rsid w:val="472D5421"/>
     <w:rsid w:val="472D99D9"/>
+    <w:rsid w:val="473C2159"/>
     <w:rsid w:val="47BF8F73"/>
     <w:rsid w:val="47C37F7A"/>
     <w:rsid w:val="48F43987"/>
     <w:rsid w:val="48F45F99"/>
     <w:rsid w:val="4C656571"/>
     <w:rsid w:val="4CA2610F"/>
     <w:rsid w:val="4D27D014"/>
     <w:rsid w:val="4DE1A9A3"/>
     <w:rsid w:val="4EE80DCD"/>
+    <w:rsid w:val="4F2DDDF4"/>
+    <w:rsid w:val="4F7A13C4"/>
     <w:rsid w:val="519C4BF4"/>
     <w:rsid w:val="52511B60"/>
     <w:rsid w:val="527E4E46"/>
+    <w:rsid w:val="52E7C7C7"/>
     <w:rsid w:val="559CA96A"/>
     <w:rsid w:val="559DA1BD"/>
     <w:rsid w:val="55F7D46E"/>
     <w:rsid w:val="56BA8190"/>
     <w:rsid w:val="5713F765"/>
+    <w:rsid w:val="57F73D37"/>
     <w:rsid w:val="587FAD99"/>
     <w:rsid w:val="58C7C616"/>
     <w:rsid w:val="58CEE8BA"/>
     <w:rsid w:val="59D53BA7"/>
     <w:rsid w:val="5A1A905F"/>
     <w:rsid w:val="5A990FEB"/>
+    <w:rsid w:val="5B0CC50D"/>
+    <w:rsid w:val="5B440BC9"/>
     <w:rsid w:val="5BD3BAD9"/>
     <w:rsid w:val="5CA5BF84"/>
     <w:rsid w:val="5CB5AD40"/>
     <w:rsid w:val="5CD3E909"/>
+    <w:rsid w:val="604FF51C"/>
+    <w:rsid w:val="61B77E6B"/>
     <w:rsid w:val="6241FD5C"/>
     <w:rsid w:val="635B058B"/>
+    <w:rsid w:val="641109A3"/>
+    <w:rsid w:val="6518AE73"/>
     <w:rsid w:val="6582D5CD"/>
     <w:rsid w:val="661F4CB8"/>
+    <w:rsid w:val="67F21007"/>
     <w:rsid w:val="68169B47"/>
+    <w:rsid w:val="6828CCA0"/>
+    <w:rsid w:val="68681116"/>
     <w:rsid w:val="6892121F"/>
+    <w:rsid w:val="69354BA1"/>
     <w:rsid w:val="6976FB4D"/>
     <w:rsid w:val="699596B9"/>
     <w:rsid w:val="6A8415A5"/>
     <w:rsid w:val="6AB7ED7E"/>
     <w:rsid w:val="6BB7FC84"/>
+    <w:rsid w:val="6C6EA12A"/>
     <w:rsid w:val="6C704036"/>
     <w:rsid w:val="6DC0C991"/>
     <w:rsid w:val="6E3CAE88"/>
     <w:rsid w:val="6E89DE64"/>
     <w:rsid w:val="6F3ECA14"/>
+    <w:rsid w:val="6FA058B9"/>
+    <w:rsid w:val="706150E6"/>
     <w:rsid w:val="70BF52E5"/>
+    <w:rsid w:val="70E25AEA"/>
+    <w:rsid w:val="70EBCCF7"/>
+    <w:rsid w:val="70F262F1"/>
+    <w:rsid w:val="71BABEDA"/>
     <w:rsid w:val="71E7C77D"/>
+    <w:rsid w:val="71F217FD"/>
+    <w:rsid w:val="723689C3"/>
+    <w:rsid w:val="73D059A7"/>
     <w:rsid w:val="75C03CAF"/>
     <w:rsid w:val="797B3CB6"/>
+    <w:rsid w:val="7A08C8F4"/>
+    <w:rsid w:val="7AE26F60"/>
     <w:rsid w:val="7C672591"/>
     <w:rsid w:val="7C8B43B3"/>
     <w:rsid w:val="7CAF8AB5"/>
     <w:rsid w:val="7CB75A07"/>
     <w:rsid w:val="7CCD4F71"/>
     <w:rsid w:val="7DBAEF7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2C0EA506"/>
-  <w15:docId w15:val="{52A86FBB-AFFA-4570-A3EB-87139AE570AA}"/>
+  <w15:docId w15:val="{58019719-7DE6-4CCB-9AE3-F0A436CA2965}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="80"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -5949,51 +6967,51 @@
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008456EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parksvolunteers@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur03.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.edenriverstrust.org.uk%2Fwp-content%2Fuploads%2F2021%2F12%2FERT-Balsam-bashing-guide.pdf&amp;data=05%7C02%7C%7Ceb0ec45b54d148a1698e08dc9d1103d9%7C6378a7a50f214482aee0897eb7de331f%7C0%7C0%7C638557943623493359%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=DdMix%2FSLQnKIKvVkAe4nF3KibmLv2TK4pryYFYtKPxs%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parksvolunteers@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur03.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.edenriverstrust.org.uk%2Fwp-content%2Fuploads%2F2021%2F12%2FERT-Balsam-bashing-guide.pdf&amp;data=05%7C02%7C%7Ceb0ec45b54d148a1698e08dc9d1103d9%7C6378a7a50f214482aee0897eb7de331f%7C0%7C0%7C638557943623493359%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=DdMix%2FSLQnKIKvVkAe4nF3KibmLv2TK4pryYFYtKPxs%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6248,83 +7266,52 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...31 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2434519a-c793-4cdc-9713-f337e4734426" xmlns:ns3="673208fa-fa7e-479d-831b-b73d1c9373f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e733480dd02645a382402c485556cc15" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039AAE77121EAB04C941408F071B57451" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7a166e6e921c5c24673527eb7ea18a41">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2434519a-c793-4cdc-9713-f337e4734426" xmlns:ns3="673208fa-fa7e-479d-831b-b73d1c9373f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="64ea07dc202f62054ac824e5851ac3e5" ns2:_="" ns3:_="">
     <xsd:import namespace="2434519a-c793-4cdc-9713-f337e4734426"/>
     <xsd:import namespace="673208fa-fa7e-479d-831b-b73d1c9373f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RetentionStartDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RetentionEvent" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -6545,186 +7532,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RetentionEvent xmlns="2434519a-c793-4cdc-9713-f337e4734426" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="673208fa-fa7e-479d-831b-b73d1c9373f9" xsi:nil="true"/>
+    <RetentionStartDate xmlns="2434519a-c793-4cdc-9713-f337e4734426" xsi:nil="true"/>
+    <TaxCatchAll xmlns="2434519a-c793-4cdc-9713-f337e4734426" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="673208fa-fa7e-479d-831b-b73d1c9373f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="2434519a-c793-4cdc-9713-f337e4734426">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="673208fa-fa7e-479d-831b-b73d1c9373f9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68CA3982-3B3E-4FF5-A1DB-825DA6A09A70}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D18EF0F-C708-4DE5-BDF8-CC3798CB1FA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2434519a-c793-4cdc-9713-f337e4734426"/>
     <ds:schemaRef ds:uri="673208fa-fa7e-479d-831b-b73d1c9373f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73A10E63-0620-4640-BF93-F4DE6219C7A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D8797F7-2682-440E-B002-3BF81D82E1C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="673208fa-fa7e-479d-831b-b73d1c9373f9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="2434519a-c793-4cdc-9713-f337e4734426"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4707</Characters>
+  <Pages>1</Pages>
+  <Words>833</Words>
+  <Characters>4754</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5521</CharactersWithSpaces>
+  <CharactersWithSpaces>5576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Julian Abbott</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2008-01-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>QuarkXPress 7.3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-04-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Acrobat Distiller 8.1.0 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x01010039AAE77121EAB04C941408F071B57451</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Order">
     <vt:r8>264700</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>7a0654c8,2c9487f0,7c31e8e0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-15T12:48:05Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>9eecb837-4d1f-4f2c-9b72-10dff36b1a21</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>