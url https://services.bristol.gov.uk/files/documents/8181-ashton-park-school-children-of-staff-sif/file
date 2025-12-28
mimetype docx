--- v0 (2025-10-07)
+++ v1 (2025-12-28)
@@ -1,105 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="216D2094" w14:textId="56526C0C" w:rsidR="003F160C" w:rsidRDefault="003F160C" w:rsidP="00E2071F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8798"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1A5E">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3307FF0C" wp14:editId="331868E2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2103120</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-259080</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2145665" cy="1804670"/>
             <wp:effectExtent l="0" t="0" r="6985" b="5080"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2145665" cy="1804670"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -169,60 +171,50 @@
           <w:spacing w:val="-66"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:spacing w:val="-66"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
       <w:r w:rsidR="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E2071F" w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -704,51 +696,69 @@
       </w:tr>
       <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="5E7F69D2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E8C892" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="82"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Date of Birth (dd/mm/yyyy)</w:t>
+              <w:t>Date of Birth (dd/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E2071F">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E2071F">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A634CA0" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="590B7301" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -808,511 +818,470 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3116"/>
         <w:gridCol w:w="6740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="6AC5FB57" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="6AC5FB57" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03EB1AB5" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D6C31F8" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="1944A4CC" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="1944A4CC" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4848295F" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Forename</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13680997" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="41F9916F" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="41F9916F" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7972EFC3" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:ind w:right="591"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Name of school where employed</w:t>
+              <w:t xml:space="preserve">Name of school </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E2071F">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>where</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E2071F">
+              <w:rPr>
+                <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> employed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4964FAE2" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="5B438995" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="5B438995" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E4D274B" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="1098"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date employment commenced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10E9252A" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="2795603A" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="2795603A" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="1805"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4902045A" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D6DC7C2" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="0A1B10C9" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="0A1B10C9" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28996990" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="207380A6" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="5A145665" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="5A145665" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B5FB680" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone (Home)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E93148" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="1434709A" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="1434709A" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59434638" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone (Mobile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04E9B0E8" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="4E55CA51" w14:textId="77777777">
+      <w:tr w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w14:paraId="4E55CA51" w14:textId="77777777" w:rsidTr="2AE86F67">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD07FE3" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2071F">
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6740" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BC70D4A" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D4FB4DF" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRDefault="008C7FC9">
-[...56 lines deleted...]
-    </w:p>
     <w:p w14:paraId="038123AD" w14:textId="77777777" w:rsidR="00437C8D" w:rsidRPr="00E2071F" w:rsidRDefault="00437C8D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4113E3A7" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="00CF1EDA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="140" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="Declaration"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
@@ -1589,249 +1558,646 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0673B69A" w14:textId="77777777" w:rsidR="008C7FC9" w:rsidRPr="00E2071F" w:rsidRDefault="008C7FC9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2030DC48" w14:textId="6F90F5A9" w:rsidR="008C7FC9" w:rsidRDefault="00CF1EDA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="140" w:right="25"/>
       </w:pPr>
       <w:r w:rsidRPr="00E2071F">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">Once completed this form must be returned to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003B09B9" w:rsidRPr="00E2071F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
             <w:b/>
           </w:rPr>
           <w:t>admissions@excalibur.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008C7FC9">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="80" w:right="740" w:bottom="780" w:left="580" w:header="0" w:footer="581" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AA499E6" w14:textId="77777777" w:rsidR="00FF1CA4" w:rsidRDefault="00FF1CA4">
+    <w:p w14:paraId="2AE27B31" w14:textId="77777777" w:rsidR="00FA2F24" w:rsidRDefault="00FA2F24">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="016AD41A" w14:textId="77777777" w:rsidR="00FF1CA4" w:rsidRDefault="00FF1CA4">
+    <w:p w14:paraId="1646068C" w14:textId="77777777" w:rsidR="00FA2F24" w:rsidRDefault="00FA2F24">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Gill Sans MT">
-    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="09587936" w14:textId="5810CD09" w:rsidR="00E31B45" w:rsidRDefault="00E31B45">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D309220" w14:textId="5AC1BBEB" w:rsidR="008A7C7C" w:rsidRDefault="008A7C7C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55531BEF" wp14:editId="3C21EC45">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1223084031" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="51C457C1" w14:textId="74675B2E" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="008A7C7C">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="55531BEF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMagtxDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykTdcacYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0oxUm2bqdhF5kiaX689zS7703L9sqHBmzJx6OcM2UlVI3dlvz76/LT&#10;LWcBha1EC1aV/KACv59//DDrXKEmUENbKc+oiA1F50peI7oiy4KslRFhBE5ZCmrwRiBd/TarvOio&#10;ummzSZ7fZB34ynmQKgTyPh6DfJ7qa60kPmsdFLK25DQbptOncxPPbD4TxdYLVzdyGEP8wxRGNJaa&#10;nks9ChRs55s/SplGegigcSTBZKB1I1XagbYZ5++2WdfCqbQLgRPcGabw/8rKp/3avXiG/RfoicAI&#10;SOdCEcgZ9+m1N/FLkzKKE4SHM2yqRybJ+fnm9mpKEUmhq+vJXZ5gzS4/Ox/wqwLDolFyT6wksMR+&#10;FZAaUuopJfaysGzaNjHT2t8clBg92WXCaGG/6YexN1AdaBsPR6KDk8uGeq5EwBfhiVkak9SKz3To&#10;FrqSw2BxVoP/8Td/zCfAKcpZR0opuSUpc9Z+s0TEZHqd08IM040MfzI2yRjf5dMYtzvzACTCMb0H&#10;J5MZk7E9mdqDeSMxL2I3CgkrqWfJNyfzAY+6pccg1WKRkkhETuDKrp2MpSNYEcnX/k14N8CNxNMT&#10;nLQkineoH3Pjn8EtdkjYJ0oisEc0B7xJgImp4bFEhf96T1mXJz3/CQAA//8DAFBLAwQUAAYACAAA&#10;ACEArxFBJ9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIvVGnUYlQyKaq&#10;gFa9EpDg6MTbOGq8DrHbpn+PywUuI41mNfO2WE22FycafecYYTFPQBA3TnfcIny8b+4fQfigWKve&#10;MSFcyMOqvL0pVK7dmd/oVIVWxBL2uUIwIQy5lL4xZJWfu4E4Zns3WhWiHVupR3WO5baXaZJk0qqO&#10;44JRAz0bag7V0SJkL9u1GT6zr+996ne+dodQuVfE2d20fgIRaAp/x3DFj+hQRqbaHVl70SPER8Kv&#10;XrN0EW2N8LBMQJaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMagtxDwIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvEUEn2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="51C457C1" w14:textId="74675B2E" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="008A7C7C">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09587936" w14:textId="3B1B80A0" w:rsidR="00E31B45" w:rsidRDefault="008A7C7C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29224461" wp14:editId="1D98B823">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="156590678" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1005AD41" w14:textId="44D43F99" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="008A7C7C">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="29224461" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDku2BfEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+ykTdcacYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0o5avtdhp2kSmS5sd7T5P73mi2VT60YEs+HOScKSuhau265D9f55e3&#10;nAUUthIarCr5TgV+P734MulcoUbQgK6UZ1TEhqJzJW8QXZFlQTbKiDAApywFa/BGIF39Oqu86Ki6&#10;0dkoz2+yDnzlPEgVAnkf90E+TfXrWkl8ruugkOmS02yYTp/OVTyz6UQUay9c08rDGOIfpjCitdT0&#10;VOpRoGAb3/5RyrTSQ4AaBxJMBnXdSpV2oG2G+adtlo1wKu1C4AR3gin8v7Lyabt0L55h/w16IjAC&#10;0rlQBHLGffram/ilSRnFCcLdCTbVI5Pk/HpzezWmiKTQ1fXoLk+wZuefnQ/4XYFh0Si5J1YSWGK7&#10;CEgNKfWYEntZmLdaJ2a0/eCgxOjJzhNGC/tVz9rq3fQrqHa0lIc938HJeUutFyLgi/BEME1LosVn&#10;OmoNXcnhYHHWgP/1N3/MJ9wpyllHgim5JUVzpn9Y4mM0vs5pb4bpRoY/GqtkDO/ycYzbjXkA0uKQ&#10;noWTyYzJqI9m7cG8kaZnsRuFhJXUs+Sro/mAe/nSm5BqNktJpCUncGGXTsbSEbMI6Gv/Jrw7oI5E&#10;1xMcJSWKT+Dvc+Ofwc02SBQkZiK+ezQPsJMOE2GHNxOF/v6ess4ve/obAAD//wMAUEsDBBQABgAI&#10;AAAAIQCvEUEn2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UadRiVDI&#10;pqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBY&#10;q94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTS&#10;qo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RH&#10;wq9es3QRbY3wsExAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOS7YF8RAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8RQSfZ&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="1005AD41" w14:textId="44D43F99" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="008A7C7C">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00E31B45">
       <w:t xml:space="preserve">This form was determined on </w:t>
     </w:r>
     <w:r w:rsidR="00F82557">
       <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E31B45">
+    <w:r w:rsidR="00E31B45" w:rsidRPr="00E31B45">
       <w:rPr>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t>th</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E31B45">
       <w:t xml:space="preserve"> February 202</w:t>
     </w:r>
     <w:r w:rsidR="00F82557">
       <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55C6A3FB" w14:textId="2FAC8AE0" w:rsidR="008C7FC9" w:rsidRDefault="008C7FC9">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7371AEE1" w14:textId="45F35180" w:rsidR="008A7C7C" w:rsidRDefault="008A7C7C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="228A83E1" wp14:editId="3B5CEE37">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1357516038" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="791745A2" w14:textId="0CD75177" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="008A7C7C">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="228A83E1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1LZMdFAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykTdcacYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0oJU62bqdhF5kiaX689zS7703L9sqHBmzJx6OcM2UlVI3dlvz76/LT&#10;LWcBha1EC1aV/KACv59//DDrXKEmUENbKc+oiA1F50peI7oiy4KslRFhBE5ZCmrwRiBd/TarvOio&#10;ummzSZ7fZB34ynmQKgTyPh6DfJ7qa60kPmsdFLK25DQbptOncxPPbD4TxdYLVzfyNIb4hymMaCw1&#10;PZd6FCjYzjd/lDKN9BBA40iCyUDrRqq0A20zzt9ts66FU2kXAie4M0zh/5WVT/u1e/EM+y/QE4ER&#10;kM6FIpAz7tNrb+KXJmUUJwgPZ9hUj0yS8/PN7dWUIpJCV9eTuzzBml1+dj7gVwWGRaPknlhJYIn9&#10;KiA1pNQhJfaysGzaNjHT2t8clBg92WXCaGG/6VlTlXwyTL+B6kBLeTjyHZxcNtR6JQK+CE8E07Qk&#10;WnymQ7fQlRxOFmc1+B9/88d8wp2inHUkmJJbUjRn7TdLfEym1zntzTDdyPCDsUnG+C6fxrjdmQcg&#10;LY7pWTiZzJiM7WBqD+aNNL2I3SgkrKSeJd8M5gMe5UtvQqrFIiWRlpzAlV07GUtHzCKgr/2b8O6E&#10;OhJdTzBIShTvwD/mxj+DW+yQKEjMRHyPaJ5gJx0mwk5vJgr913vKurzs+U8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCvEUEn2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UadR&#10;iVDIpqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B&#10;+KBYq94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdp&#10;kmTSqo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvR&#10;I8RHwq9es3QRbY3wsExAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALUtkx0U&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8R&#10;QSfZAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="791745A2" w14:textId="0CD75177" w:rsidR="008A7C7C" w:rsidRPr="008A7C7C" w:rsidRDefault="008A7C7C" w:rsidP="008A7C7C">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="008A7C7C">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79035EF2" w14:textId="77777777" w:rsidR="00FF1CA4" w:rsidRDefault="00FF1CA4">
+    <w:p w14:paraId="309D045E" w14:textId="77777777" w:rsidR="00FA2F24" w:rsidRDefault="00FA2F24">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EBDAB32" w14:textId="77777777" w:rsidR="00FF1CA4" w:rsidRDefault="00FF1CA4">
+    <w:p w14:paraId="06E57042" w14:textId="77777777" w:rsidR="00FA2F24" w:rsidRDefault="00FA2F24">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0AB4CB13" w14:textId="5A93706F" w:rsidR="00FF7273" w:rsidRDefault="00FF7273">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Staff must be employed by the </w:t>
       </w:r>
       <w:r w:rsidR="008160FF">
         <w:t xml:space="preserve">Excalibur </w:t>
       </w:r>
       <w:r>
         <w:t>academy that they are applying for a place for their child at</w:t>
       </w:r>
       <w:r w:rsidR="002C5604">
         <w:t>.  Staff cannot apply for a place for their child at another Excalibur academy using this form.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="338479D0" w14:textId="6EA547FC" w:rsidR="00EB75FD" w:rsidRDefault="00EB75FD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If you are applying for more than one child please complete a separate form for each child.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D40C68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBE466B8"/>
     <w:lvl w:ilvl="0" w:tplc="39E08FF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="495" w:hanging="356"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial" w:hAnsi="Gill Sans MT" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:w w:val="99"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CFFC797A">
       <w:numFmt w:val="bullet"/>
@@ -2037,166 +2403,177 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C3424108">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8641" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1289166493">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="449517904">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C7FC9"/>
     <w:rsid w:val="000073F0"/>
     <w:rsid w:val="002420A0"/>
     <w:rsid w:val="0025586C"/>
     <w:rsid w:val="002C5604"/>
     <w:rsid w:val="002F7AAA"/>
     <w:rsid w:val="00311F07"/>
     <w:rsid w:val="00387933"/>
     <w:rsid w:val="003B09B9"/>
     <w:rsid w:val="003E5D12"/>
     <w:rsid w:val="003F160C"/>
     <w:rsid w:val="00437C8D"/>
     <w:rsid w:val="00457BE9"/>
     <w:rsid w:val="00470A9D"/>
     <w:rsid w:val="004778F2"/>
     <w:rsid w:val="004B354E"/>
+    <w:rsid w:val="004F5803"/>
     <w:rsid w:val="00545BE4"/>
     <w:rsid w:val="00551806"/>
+    <w:rsid w:val="00554856"/>
     <w:rsid w:val="005A1501"/>
     <w:rsid w:val="005A2C93"/>
     <w:rsid w:val="006123DF"/>
     <w:rsid w:val="00692872"/>
     <w:rsid w:val="006C5D8A"/>
     <w:rsid w:val="00733697"/>
     <w:rsid w:val="00741734"/>
     <w:rsid w:val="00750FD7"/>
     <w:rsid w:val="007521E3"/>
     <w:rsid w:val="0076103D"/>
     <w:rsid w:val="0080231E"/>
     <w:rsid w:val="008160FF"/>
     <w:rsid w:val="00857C72"/>
     <w:rsid w:val="00866C98"/>
+    <w:rsid w:val="00891468"/>
+    <w:rsid w:val="008A7C7C"/>
     <w:rsid w:val="008C7FC9"/>
     <w:rsid w:val="008D7E1D"/>
     <w:rsid w:val="00A5119D"/>
     <w:rsid w:val="00A7494A"/>
     <w:rsid w:val="00A96A23"/>
     <w:rsid w:val="00B04310"/>
     <w:rsid w:val="00B22096"/>
     <w:rsid w:val="00BD31EF"/>
     <w:rsid w:val="00C04312"/>
     <w:rsid w:val="00C04F43"/>
     <w:rsid w:val="00C43389"/>
     <w:rsid w:val="00C869B4"/>
     <w:rsid w:val="00CD331D"/>
     <w:rsid w:val="00CF1EDA"/>
     <w:rsid w:val="00D13250"/>
     <w:rsid w:val="00D30EBD"/>
     <w:rsid w:val="00D939A7"/>
     <w:rsid w:val="00D976BC"/>
     <w:rsid w:val="00E2071F"/>
     <w:rsid w:val="00E31B45"/>
     <w:rsid w:val="00EB75FD"/>
+    <w:rsid w:val="00EF74F8"/>
     <w:rsid w:val="00F25BBA"/>
     <w:rsid w:val="00F82557"/>
+    <w:rsid w:val="00FA2F24"/>
     <w:rsid w:val="00FF1CA4"/>
     <w:rsid w:val="00FF62DA"/>
     <w:rsid w:val="00FF7273"/>
+    <w:rsid w:val="2AE86F67"/>
+    <w:rsid w:val="3281F72C"/>
+    <w:rsid w:val="68EF9ADE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="424DD57F"/>
   <w15:docId w15:val="{7AC820A9-2C70-463D-BED9-1AE695DB7C43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2770,55 +3147,55 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00470A9D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00470A9D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://excaliburacademiestrust-my.sharepoint.com/personal/cathryn_poole_excalibur_org_uk/Documents/Admissions/Policies/2023%202024/2023%202024%20draft%20policies/admissions@excalibur.org.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://excaliburacademiestrust-my.sharepoint.com/personal/cathryn_poole_excalibur_org_uk/Documents/Admissions/Policies/2023%202024/2023%202024%20draft%20policies/admissions@excalibur.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3386,99 +3763,146 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="02872dca-5023-4076-9077-24d4c3624495">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
     <RetentionEvent xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
     <RetentionStartDate xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9006FBE1-1C50-4196-A573-52551E28C293}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05E7891A-1825-4E67-A03B-9F5F6BC92730}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05E7891A-1825-4E67-A03B-9F5F6BC92730}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
+    <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E8DF4F8-CABC-4076-8C8F-F09896E69BB9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E8DF4F8-CABC-4076-8C8F-F09896E69BB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FCC430C-6B9F-414C-B005-0E99AC65A2F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FCC430C-6B9F-414C-B005-0E99AC65A2F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
+    <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1386</Characters>
+  <Pages>1</Pages>
+  <Words>241</Words>
+  <Characters>1374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1626</CharactersWithSpaces>
+  <CharactersWithSpaces>1577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Supplementary Information Form (SIF) for Staff applicants</dc:title>
   <dc:creator>Surrey County Council</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-03-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2021-10-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x010100AB3AA9FFC097854FAA1210CFCE0F43A4</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>50ea0d06,48e6c7ff,9556256</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-10T14:00:17Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>c42c2960-1176-438a-809e-326ecd818d29</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>