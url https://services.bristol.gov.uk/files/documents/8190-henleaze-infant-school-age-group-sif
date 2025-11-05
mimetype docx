--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -1,1176 +1,1538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="0DFAE634" wp14:textId="77777777">
+    <w:p w14:paraId="0DFAE634" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="628B069A" wp14:textId="77777777">
+    <w:p w14:paraId="628B069A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:spacing w:after="210" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="125BF83D" wp14:editId="7777777">
+          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="125BF83D" wp14:editId="07777777">
             <wp:extent cx="2400300" cy="1285875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image2.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400300" cy="1285875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6BB8E1E8" wp14:editId="7777777">
+          <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6BB8E1E8" wp14:editId="07777777">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3267075</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>304800</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1319213" cy="511531"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="114300" distB="114300" distL="114300" distR="114300"/>
             <wp:docPr id="4" name="image1.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1319213" cy="511531"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="4500C875" wp14:textId="77777777">
+    <w:p w14:paraId="4500C875" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_heading=h.5jfh6cys51lz" w:colFirst="0" w:colLast="0" w:id="0"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.5jfh6cys51lz" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form to request an ‘out of chronological age group’/delayed reception admission</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="4C9BF57A" wp14:textId="77777777">
+    <w:p w14:paraId="4C9BF57A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_heading=h.81qs3y18ii67" w:colFirst="0" w:colLast="0" w:id="1"/>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.81qs3y18ii67" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Child’s details: use block capital letters</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="65E7F485" wp14:textId="77777777">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="65E7F485" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">First name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="672A6659" wp14:textId="77777777">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4297E3" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Surname/Family name:</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="0A37501D" wp14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757440ED" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Date of birth:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="5DAB6C7B" wp14:textId="77777777">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D584012" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="02EB378F" wp14:textId="77777777">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278C5973" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>State which year group applying for if outside the normal age range:</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="157AFC6A" wp14:textId="77777777">
+    <w:p w14:paraId="157AFC6A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_heading=h.3ilaqx4p9coa" w:colFirst="0" w:colLast="0" w:id="2"/>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.3ilaqx4p9coa" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Parent/Carer contact details: use block capitals letters</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidP="3B54A5FC" w:rsidRDefault="00D56A72" w14:paraId="20D888D3" wp14:textId="77777777">
+    <w:p w14:paraId="20D888D3" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_heading=h.4h3i1lh9rvrh" w:id="3"/>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.4h3i1lh9rvrh"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parent/Carer </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+        <w:t>Parent/Carer Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Name:</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="4102A459" wp14:textId="77777777">
+    <w:p w14:paraId="4102A459" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="_heading=h.scsan68s2nnf" w:colFirst="0" w:colLast="0" w:id="4"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.scsan68s2nnf" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telephone number:</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="3B90A651" wp14:textId="77777777">
+    <w:p w14:paraId="3B90A651" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="_heading=h.zh5bfzgfc318" w:colFirst="0" w:colLast="0" w:id="5"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.zh5bfzgfc318" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Email address: </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidP="3B54A5FC" w:rsidRDefault="00D56A72" w14:paraId="57D46525" wp14:textId="77777777">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+    <w:p w14:paraId="57D46525" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+        <w:t>Please submit your request in writing below and detail the reasons why you feel it is in your child’s best interest to delay or accelerate learning. You should submit any relevant reports which support your request. (Continue on a separate sheet/s if required)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36EB1434" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Continued over page</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD0DA8C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I confirm I have read the Henleaze Infants School admission arrangements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C93487" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□ (please tick)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4F8E55" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>submit</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      </w:pPr>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your request in writing below and detail the reasons why you feel it is in your child’s best interest to delay or accelerate learning. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+        <w:t xml:space="preserve">I declare that I have parental responsibility for the child named in this application, the above details are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>You should submit any relevant reports which support your request.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+        <w:t>correct</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Continue on a separate sheet/s if </w:t>
-[...183 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+        <w:t xml:space="preserve"> and I understand that failure to disclose or the giving of false information will result in my application being rejected and any subsequent offer will be withdrawn. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I have read the CST ‘s Data Protection Policy on the CST website (</w:t>
       </w:r>
-      <w:hyperlink r:id="Rce6190df3eed49a6">
-        <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="3B54A5FC">
           <w:rPr>
-            <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+            <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>) and Henleaze Infant School’s Privacy Notice (</w:t>
       </w:r>
-      <w:hyperlink r:id="R2635656da6f34fd8">
-        <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="3B54A5FC">
           <w:rPr>
-            <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+            <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) and consent to CST processing the data submitted in this form in accordance with these policies. </w:t>
       </w:r>
-      <w:r w:rsidRPr="3B54A5FC" w:rsidR="00D56A72">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+      <w:r w:rsidRPr="3B54A5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> □ (please tick)</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="3656B9AB" wp14:textId="77777777">
+    <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...5 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="543F504C" wp14:textId="77777777">
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="543F504C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature of Parent/carer:</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="45FB0818" wp14:textId="77777777">
+    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...5 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="3101716D" wp14:textId="77777777">
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3101716D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="049F31CB" wp14:textId="77777777">
-[...6 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="1D393A03" wp14:textId="77777777">
+    <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D393A03" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Completed forms should be sent to Admissions, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Henleaze Infant School, </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="37A580AC" wp14:textId="77777777">
+    <w:p w14:paraId="37A580AC" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Add postal address</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w14:paraId="68EC095D" wp14:textId="77777777">
+    <w:p w14:paraId="68EC095D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or via email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>add email address</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="53128261" wp14:textId="77777777">
+    <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="62486C05" wp14:textId="77777777">
+    <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:eastAsia="Montserrat" w:cs="Montserrat"/>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="4101652C" wp14:textId="77777777">
+    <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005F1A42">
       <w:headerReference w:type="default" r:id="rId14"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="360" w:right="1440" w:bottom="360" w:left="1440" w:header="288" w:footer="360" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D56A72" w:rsidRDefault="00D56A72" w14:paraId="4DDBEF00" wp14:textId="77777777">
+    <w:p w14:paraId="2E3C1BC7" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D56A72" w:rsidRDefault="00D56A72" w14:paraId="3461D779" wp14:textId="77777777">
+    <w:p w14:paraId="1D2CE7B6" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{838045E7-3CE5-4CD3-9B33-18D07A5F0BBB}" r:id="rId1"/>
-    <w:embedBold w:fontKey="{D109AD8F-1D85-4CE8-99E7-D0DF44F3B954}" r:id="rId2"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{F6FFFE6B-BD3A-4482-BFEE-BA9E6F09DC60}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{92CD6494-B7F2-4EBF-9D4D-856F43649A9F}"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{005C843D-4D95-42F8-BAC3-03D9479B26BB}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{7F1ED0EA-A723-4DF2-B802-73238CB371DA}" r:id="rId3"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{12CAFAAD-87FC-480D-9742-A1A0DA40D6ED}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{18D1DED4-9861-4F13-8785-CA56F745CB35}" r:id="rId4"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{7AFC092E-A7D6-48B5-802C-90426A9A231A}"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55676D45" w14:textId="182D6156" w:rsidR="00D93444" w:rsidRDefault="00D93444">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FFBE93A" wp14:editId="32AF187F">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="565367349" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="361950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="06B60864" w14:textId="106CA2D2" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D93444">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1FFBE93A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB24zxwDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igg7URoWKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7MToOv6VO3F+Xx3uR/ffZ7fdlqRg3C+AVPS8SinRBgOVWN2Jf31vPpy&#10;TYkPzFRMgRElPQpPbxefP81bW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJe3S6rHGsx&#10;u1bZJM9nWQuusg648B6t972TLlJ+KQUPj1J6EYgqKfYW0unSuY1ntpizYueYrRs+tME+0IVmjcGi&#10;51T3LDCyd80/qXTDHXiQYcRBZyBlw0WaAacZ52+m2dTMijQLkuPtmSb//9Lyh8PGPjkSuu/Q4QIj&#10;Ia31hUdjnKeTTscvdkrQjxQez7SJLhCOxm+z66speji6rmbjG8SYJbv8bJ0PPwRoEkFJHW4lkcUO&#10;ax/60FNIrGVg1SiVNqPMXwbMGS3ZpcOIQrfthra3UB1xGgf9or3lqwZrrpkPT8zhZrFNVGt4xEMq&#10;aEsKA6KkBvf7PXuMR8LRS0mLSimpQSlTon4aXMRk+jXPo7LSDYE7gW0C45t8Gv1mr+8ARTjG92B5&#10;gjE4qBOUDvQLinkZq6GLGY41S7o9wbvQ6xYfAxfLZQpCEVkW1mZjeUwdyYpMPncvzNmB7oB7eoCT&#10;lljxhvU+Nv7p7XIfkPu0kkhsz+bANwowLXV4LFHhr+8p6vKkF38AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlXOiI2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeRGlDIpqqA&#10;Vr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBYq94x&#10;IVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTSqo7j&#10;glEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RHwq9e&#10;s3QRbY2wfEhAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHbjPHAOAgAAGgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVc6IjZAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="06B60864" w14:textId="106CA2D2" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D93444">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F3608CB" w14:textId="2A81306F" w:rsidR="00D93444" w:rsidRDefault="00D93444">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="392BCB1F" wp14:editId="75B97480">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1503381420" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="361950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="73227B6E" w14:textId="0CE62F83" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D93444">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="392BCB1F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQmGwNEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp/U/8Hy+0igg7URoaKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7MToOv2NO3FOd9d7sf3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3xuvp8&#10;Q4kPzFRMgRElPQpP7xZXn+atLcQEalCVcASLGF+0tqR1CLbIMs9roZkfgRUGgxKcZgGvbpdVjrVY&#10;XatskuezrAVXWQdceI/exz5IF6m+lIKHZym9CESVFGcL6XTp3MYzW8xZsXPM1g0fxmD/MIVmjcGm&#10;51KPLDCyd80fpXTDHXiQYcRBZyBlw0XaAbcZ5x+22dTMirQLguPtGSb//8ryp8PGvjgSunvokMAI&#10;SGt94dEZ9+mk0/GLkxKMI4THM2yiC4Sj8+vs5nqKEY6h69n4Fm2skl1+ts6HbwI0iUZJHbKSwGKH&#10;tQ996ikl9jKwapRKzCjzmwNrRk92mTBaodt2pKneTb+F6ohLOej59pavGmy9Zj68MIcE47Qo2vCM&#10;h1TQlhQGi5Ia3M+/+WM+4o5RSloUTEkNKpoS9d0gH5PplzyPAks3NNzJ2CZjfJtPY9zs9QOgFsf4&#10;LCxPZkwO6mRKB/oNNb2M3TDEDMeeJd2ezIfQyxffBBfLZUpCLVkW1mZjeSwdMYuAvnZvzNkB9YB0&#10;PcFJUqz4AH6fG//0drkPSEFiJuLboznAjjpM3A5vJgr9/T1lXV724hcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQBlXOiI2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UaeRGlDI&#10;pqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBY&#10;q94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTS&#10;qo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RH&#10;wq9es3QRbY2wfEhAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJCYbA0RAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGVc6IjZ&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="73227B6E" w14:textId="0CE62F83" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D93444">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="700BC0F8" w14:textId="27C8E2AA" w:rsidR="00D93444" w:rsidRDefault="00D93444">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60AC59BD" wp14:editId="629C8571">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="361950"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="747654387" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="361950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0646E1DC" w14:textId="685366D2" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D93444">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="60AC59BD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:28.5pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBDp9PEgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igg7URoWKtmCah&#10;thKd+mwcm0SyfZZtSNhfv7NDoOv6VO3FOd9d7sf3fZ7fdlqRg3C+AVPS8SinRBgOVWN2Jf31vPpy&#10;TYkPzFRMgRElPQpPbxefP81bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM9nWQuusg648B69932QLlJ9KQUPj1J6EYgqKc4W0unSuY1ntpizYueYrRt+GoN9YArNGoNN&#10;z6XuWWBk75p/SumGO/Agw4iDzkDKhou0A24zzt9ss6mZFWkXBMfbM0z+/5XlD4eNfXIkdN+hQwIj&#10;IK31hUdn3KeTTscvTkowjhAez7CJLhCOzm+z66spRjiGrmbjG7SxSnb52ToffgjQJBoldchKAosd&#10;1j70qUNK7GVg1SiVmFHmLwfWjJ7sMmG0QrftSFOVdDJMv4XqiEs56Pn2lq8abL1mPjwxhwTjtCja&#10;8IiHVNCWFE4WJTW43+/5Yz7ijlFKWhRMSQ0qmhL10yAfk+nXPI8CSzc03GBskzG+yacxbvb6DlCL&#10;Y3wWliczJgc1mNKBfkFNL2M3DDHDsWdJt4N5F3r54pvgYrlMSagly8LabCyPpSNmEdDn7oU5e0I9&#10;IF0PMEiKFW/A73Pjn94u9wEpSMxEfHs0T7CjDhO3pzcThf76nrIuL3vxBwAA//8DAFBLAwQUAAYA&#10;CAAAACEAZVzoiNkAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIvVGnkRpQ&#10;yKaqgFa9EpDg6MTbOGq8DrHbpn+PywUuI41mNfO2WE22FycafecYYTFPQBA3TnfcIny8b+4fQfig&#10;WKveMSFcyMOqvL0pVK7dmd/oVIVWxBL2uUIwIQy5lL4xZJWfu4E4Zns3WhWiHVupR3WO5baXaZJk&#10;0qqO44JRAz0bag7V0SJkL9u1GT6zr+996ne+dodQuVfE2d20fgIRaAp/x3DFj+hQRqbaHVl70SPE&#10;R8KvXrN0EW2NsHxIQJaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBDp9PEgIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBlXOiI&#10;2QAAAAQBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="0646E1DC" w14:textId="685366D2" w:rsidR="00D93444" w:rsidRPr="00D93444" w:rsidRDefault="00D93444" w:rsidP="00D93444">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D93444">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D56A72" w:rsidRDefault="00D56A72" w14:paraId="4B99056E" wp14:textId="77777777">
+    <w:p w14:paraId="642470EA" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D56A72" w:rsidRDefault="00D56A72" w14:paraId="1299C43A" wp14:textId="77777777">
+    <w:p w14:paraId="3509AA0A" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005F1A42" w:rsidRDefault="005F1A42" w14:paraId="3CF2D8B6" wp14:textId="77777777"/>
+  <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedTrueTypeFonts/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F1A42"/>
+    <w:rsid w:val="00392C13"/>
+    <w:rsid w:val="003942E4"/>
+    <w:rsid w:val="004A7C79"/>
     <w:rsid w:val="005F1A42"/>
     <w:rsid w:val="0076682C"/>
+    <w:rsid w:val="00D142C8"/>
     <w:rsid w:val="00D56A72"/>
+    <w:rsid w:val="00D93444"/>
+    <w:rsid w:val="00EF12AE"/>
+    <w:rsid w:val="0F0AA662"/>
     <w:rsid w:val="3B54A5FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="202E3E38"/>
   <w15:docId w15:val="{FD463604-6E48-4B61-9366-666A9E1CB752}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1326,52 +1688,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1438,51 +1800,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
@@ -1554,135 +1916,158 @@
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D93444"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D93444"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cathedralschoolstrust.org/media/1425/cst-data-protection-policy-2019docx.pdf" TargetMode="External" Id="Rce6190df3eed49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.henleaze-inf.bristol.sch.uk/?page_id=218" TargetMode="External" Id="R2635656da6f34fd8" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.henleaze-inf.bristol.sch.uk/?page_id=218" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cathedralschoolstrust.org/media/1425/cst-data-protection-policy-2019docx.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1978,72 +2363,78 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi5MVz/RhFeem5CtArrVYFNzd70Ew==">CgMxLjAyDmguNWpmaDZjeXM1MWx6Mg5oLjgxcXMzeTE4aWk2NzIOaC4zaWxhcXg0cDljb2EyDmguNGgzaTFsaDlydnJoMg5oLnNjc2FuNjhzMm5uZjIOaC56aDViZnpnZmMzMTg4AHIhMUphZHBHNU14eEFnMTY4M0FDclBROUJiR2tQaWRQZEZC</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="02872dca-5023-4076-9077-24d4c3624495">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <RetentionEvent xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
     <TaxCatchAll xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
     <RetentionStartDate xmlns="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB3AA9FFC097854FAA1210CFCE0F43A4" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="055dfca59ea659533457dbce8e639ee4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4c675ae-9ba4-4308-97eb-1ec736863f4e" xmlns:ns3="02872dca-5023-4076-9077-24d4c3624495" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e192a0707d85464aaef4a29d0b7ff10" ns2:_="" ns3:_="">
     <xsd:import namespace="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
     <xsd:import namespace="02872dca-5023-4076-9077-24d4c3624495"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RetentionStartDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RetentionEvent" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -2274,111 +2665,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8EB9FFD-849C-4B8C-A1B7-C2001C466300}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
     <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC033EF-5021-42DC-8D1E-4B737785A5A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E91BAFEE-2484-400D-B6C5-F8BB2D5AEEFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a4c675ae-9ba4-4308-97eb-1ec736863f4e"/>
     <ds:schemaRef ds:uri="02872dca-5023-4076-9077-24d4c3624495"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>220</Words>
+  <Characters>1196</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>52</Lines>
+  <Paragraphs>21</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1407</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Catherine Tuck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AB3AA9FFC097854FAA1210CFCE0F43A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>2c904cf3,21b2d235,599bc7ac</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-10-14T12:42:23Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>9dff38b6-3f43-4ff8-b289-9c0879ccc352</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>