--- v1 (2025-11-05)
+++ v2 (2026-01-11)
@@ -1,1472 +1,1114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="0DFAE634" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628B069A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:spacing w:after="210" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="125BF83D" wp14:editId="07777777">
+          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300">
             <wp:extent cx="2400300" cy="1285875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image2.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400300" cy="1285875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6BB8E1E8" wp14:editId="07777777">
+          <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3267075</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>304800</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1319213" cy="511531"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="114300" distB="114300" distL="114300" distR="114300"/>
             <wp:docPr id="4" name="image1.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1319213" cy="511531"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4500C875" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.5jfh6cys51lz" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application Form to request an ‘out of chronological age group’/delayed reception admission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9BF57A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_heading=h.81qs3y18ii67" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
         <w:t>Child’s details: use block capital letters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E7F485" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">First name(s): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...6 lines deleted...]
-    <w:p w14:paraId="4D4297E3" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Surname/Family name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>Date of birth:</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...6 lines deleted...]
-    <w:p w14:paraId="4D584012" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...6 lines deleted...]
-    <w:p w14:paraId="278C5973" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         </w:rPr>
         <w:t>State which year group applying for if outside the normal age range:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157AFC6A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.3ilaqx4p9coa" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
         </w:rPr>
-        <w:t>Parent/Carer contact details: use block capitals letters</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20D888D3" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
+        <w:t>Parent/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact details: use block capitals letters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_heading=h.4h3i1lh9rvrh"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.4h3i1lh9rvrh" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="3B54A5FC">
-[...8 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4102A459" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_heading=h.scsan68s2nnf" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telephone number:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B90A651" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_heading=h.zh5bfzgfc318" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Email address: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D46525" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please submit your request in writing below and detail the reasons why you feel it is in your child’s best interest to delay or accelerate learning. You should submit any relevant reports which support your request. (Continue on a separate sheet/s if required)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...27 lines deleted...]
-    <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36EB1434" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Continued over page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD0DA8C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">I confirm I have read the Henleaze Infants School admission arrangements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C93487" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>□ (please tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B4F8E55" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72" w:rsidP="3B54A5FC">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="3B54A5FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I declare that I have parental responsibility for the child named in this application, the above details are correct and I understand that failure to disclose or the giving of false information will result in my application being rejected and any subsequent offer will be withdrawn. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I have read the CST ‘s Data Protection Policy on the CST website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="3B54A5FC">
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3B54A5FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>) and Henleaze Infant School’s Privacy Notice (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="3B54A5FC">
+      <w:hyperlink r:id="rId10">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3B54A5FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) and consent to CST processing the data submitted in this form in accordance with these policies. </w:t>
       </w:r>
-      <w:r w:rsidRPr="3B54A5FC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> □ (please tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543F504C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Signature of Parent/carer:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+        <w:t>Signature of Parent/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3101716D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
-[...6 lines deleted...]
-    <w:p w14:paraId="1D393A03" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRPr="0034367F" w:rsidRDefault="00AD61B4">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-    <w:p w14:paraId="37A580AC" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+      <w:r w:rsidRPr="0034367F">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completed forms should be sent to Admissions, Henleaze Infant School, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034367F" w:rsidRDefault="0034367F">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="68EC095D" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="00D56A72">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRPr="0034367F" w:rsidRDefault="0034367F">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034367F">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Henleaze Infant School</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="0034367F" w:rsidRPr="0034367F" w:rsidRDefault="0034367F">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034367F">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Park Grove, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034367F" w:rsidRPr="0034367F" w:rsidRDefault="0034367F">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034367F">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bristol, BS9 4LG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRPr="0034367F" w:rsidRDefault="00AD61B4">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034367F">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or via email:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0034367F">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0034367F" w:rsidRPr="0034367F">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+        </w:rPr>
+        <w:t>office@henleazeinfantschool.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:color w:val="741B47"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42">
+    <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005F1A42">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="004D012C">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="360" w:right="1440" w:bottom="360" w:left="1440" w:header="288" w:footer="360" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E3C1BC7" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
+    <w:p w:rsidR="00CA359D" w:rsidRDefault="00CA359D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D2CE7B6" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
+    <w:p w:rsidR="00CA359D" w:rsidRDefault="00CA359D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...17 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{12CAFAAD-87FC-480D-9742-A1A0DA40D6ED}"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{7AFC092E-A7D6-48B5-802C-90426A9A231A}"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...382 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="642470EA" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
+    <w:p w:rsidR="00CA359D" w:rsidRDefault="00CA359D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3509AA0A" w14:textId="77777777" w:rsidR="00EF12AE" w:rsidRDefault="00EF12AE">
+    <w:p w:rsidR="00CA359D" w:rsidRDefault="00CA359D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="005F1A42" w:rsidRDefault="005F1A42"/>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="004D012C" w:rsidRDefault="004D012C"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:view w:val="web"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005F1A42"/>
-[...10 lines deleted...]
-    <w:rsid w:val="3B54A5FC"/>
+    <w:rsidRoot w:val="004D012C"/>
+    <w:rsid w:val="00116260"/>
+    <w:rsid w:val="001D29AE"/>
+    <w:rsid w:val="0034367F"/>
+    <w:rsid w:val="004D012C"/>
+    <w:rsid w:val="00AD61B4"/>
+    <w:rsid w:val="00CA359D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="202E3E38"/>
-  <w15:docId w15:val="{FD463604-6E48-4B61-9366-666A9E1CB752}"/>
+  <w14:docId w14:val="546363B0"/>
+  <w15:docId w15:val="{961558BE-8265-4928-98B4-1D1AF0261B4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w:lang w:val="en" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1798,51 +1440,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -1989,85 +1630,59 @@
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...20 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.henleaze-inf.bristol.sch.uk/?page_id=218" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cathedralschoolstrust.org/media/1425/cst-data-protection-policy-2019docx.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.henleaze-inf.bristol.sch.uk/?page_id=218" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cathedralschoolstrust.org/media/1425/cst-data-protection-policy-2019docx.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2350,461 +1965,97 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi5MVz/RhFeem5CtArrVYFNzd70Ew==">CgMxLjAyDmguNWpmaDZjeXM1MWx6Mg5oLjgxcXMzeTE4aWk2NzIOaC4zaWxhcXg0cDljb2EyDmguNGgzaTFsaDlydnJoMg5oLnNjc2FuNjhzMm5uZjIOaC56aDViZnpnZmMzMTg4AHIhMUphZHBHNU14eEFnMTY4M0FDclBROUJiR2tQaWRQZEZC</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
-</file>
-[...295 lines deleted...]
-</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1196</Characters>
+  <Pages>2</Pages>
+  <Words>252</Words>
+  <Characters>1437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="7" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr>Application Form to request an ‘out of chronological age group’/delayed receptio</vt:lpstr>
+      <vt:lpstr>    Child’s details: use block capital letters</vt:lpstr>
+      <vt:lpstr>    Parent/Carer contact details: use block capitals letters</vt:lpstr>
+      <vt:lpstr>    Parent/Carer Name:	 </vt:lpstr>
+      <vt:lpstr>    Telephone number:</vt:lpstr>
+      <vt:lpstr>    Email address: </vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1407</CharactersWithSpaces>
+  <CharactersWithSpaces>1686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Catherine Tuck</dc:creator>
+  <dc:creator>Lauren Oram</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...42 lines deleted...]
-</file>