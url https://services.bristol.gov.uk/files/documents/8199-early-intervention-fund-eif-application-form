--- v0 (2025-10-05)
+++ v1 (2026-01-23)
@@ -1,42 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="013806B1" w14:textId="44C1EB37" w:rsidR="00453B8F" w:rsidRPr="00287080" w:rsidRDefault="0081016D" w:rsidP="002C1598">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -87,72 +89,92 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="485140" cy="492125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1650CEB6" w14:textId="3C7D4DE1" w:rsidR="00453B8F" w:rsidRPr="00287080" w:rsidRDefault="000D10A3" w:rsidP="00453B8F">
+    <w:p w14:paraId="1650CEB6" w14:textId="7248AC7F" w:rsidR="00453B8F" w:rsidRPr="00287080" w:rsidRDefault="000D10A3" w:rsidP="00453B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287080">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Early Intervention Fund application</w:t>
+        <w:t>Early Intervention Fund</w:t>
+      </w:r>
+      <w:r w:rsidR="00431C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GRANT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287080">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application</w:t>
       </w:r>
       <w:r w:rsidR="00453B8F" w:rsidRPr="00287080">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CF2366" w14:textId="5D6567ED" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="002C1598">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -173,3153 +195,7427 @@
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287080">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Incomplete or missing paperwork will </w:t>
       </w:r>
       <w:r w:rsidR="00203645" w:rsidRPr="00287080">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>result in the application being rejected.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58451D0D" w14:textId="6E78538A" w:rsidR="00C44E17" w:rsidRPr="00287080" w:rsidRDefault="00C44E17" w:rsidP="002C1598">
+    <w:p w14:paraId="27E429D0" w14:textId="77777777" w:rsidR="00304341" w:rsidRPr="00287080" w:rsidRDefault="00304341" w:rsidP="00431C5F">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00287080">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2531"/>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2534"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00305A0F" w14:paraId="3957DA8B" w14:textId="332B5574" w:rsidTr="00F15C3D">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15181" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="207A168A" w14:textId="6D0BD7B8" w:rsidR="00305A0F" w:rsidRPr="00EE0B0B" w:rsidRDefault="00305A0F" w:rsidP="00EE0B0B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE0B0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>School Demographics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00305A0F" w14:paraId="23D3AB97" w14:textId="6A71F310" w:rsidTr="00F15C3D">
+        <w:trPr>
+          <w:trHeight w:val="875"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15181" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="30869B09" w14:textId="72EFFFE8" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="00F15C3D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>To ensure that grant funding is allocated where it can have the greatest impact, we will use the following demographic indicators to prioritise schools. These measures help us understand levels of need and disadvantage across schools. Higher proportions in these categories indicate greater complexity and vulnerability, which will be considered when prioritising applications.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00305A0F" w14:paraId="3F4E2AD7" w14:textId="32BA8C04" w:rsidTr="00F15C3D">
+        <w:trPr>
+          <w:trHeight w:val="568"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E25333" w14:textId="53CA8927" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="003E0670" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% Total SEND </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409EBEFE" w14:textId="47C8296D" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="003E0670" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% of EHCPs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2511ECAB" w14:textId="64EA0BE5" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="003E0670" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>% SEND Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB12028" w14:textId="529512AD" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>% PP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="152B75AD" w14:textId="6F6FC18C" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00E16CD5" w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Attendance (EHCP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3C1D87" w14:textId="2D60FDB0" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00E16CD5" w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Attendance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399A4268" w14:textId="393C62E0" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(SEND Support)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00305A0F" w14:paraId="58F20CF7" w14:textId="2BAE7D44" w:rsidTr="00F15C3D">
+        <w:trPr>
+          <w:trHeight w:val="533"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CE4E67" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A28627" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0183FA" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2430C053" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4EF3F6" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60086454" w14:textId="77777777" w:rsidR="00305A0F" w:rsidRPr="00431C5F" w:rsidRDefault="00305A0F" w:rsidP="002C1598">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43C5B4DB" w14:textId="77777777" w:rsidR="000F512C" w:rsidRDefault="000F512C" w:rsidP="0067253C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">PERSONAL DETAILS </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F8DEFB3" w14:textId="5F2F02D6" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="002C1598">
+    <w:p w14:paraId="3BFC992A" w14:textId="77777777" w:rsidR="000F512C" w:rsidRPr="00287080" w:rsidRDefault="000F512C" w:rsidP="002C1598">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5655"/>
-        <w:gridCol w:w="4781"/>
+        <w:gridCol w:w="5088"/>
+        <w:gridCol w:w="10065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="367AE0F9" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="367AE0F9" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F6453A" w14:textId="04660A3A" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="0076072C" w:rsidP="0076072C">
+          <w:p w14:paraId="79F6453A" w14:textId="5DD74D39" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="005E011D" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...15 lines deleted...]
-              <w:t>First Name</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Full </w:t>
+            </w:r>
+            <w:r w:rsidR="00B80883" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name of School</w:t>
+            </w:r>
+            <w:r w:rsidR="0C1C4319" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77CAB47C" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="2ABF020C" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00A44EEF" w:rsidRPr="00287080" w14:paraId="280928A5" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231587E7" w14:textId="034E5AA3" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="0076072C" w:rsidP="0076072C">
+          <w:p w14:paraId="06F8FE87" w14:textId="6880FEC8" w:rsidR="00A44EEF" w:rsidRDefault="00A44EEF" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...15 lines deleted...]
-              <w:t>Surname</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name of Headteacher</w:t>
+            </w:r>
+            <w:r w:rsidR="33B64A66" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="194931D3" w14:textId="77777777" w:rsidR="00A44EEF" w:rsidRPr="00287080" w:rsidRDefault="00A44EEF" w:rsidP="0076072C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="2ABF020C" w14:textId="77777777" w:rsidTr="6EB5D0E0">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="231587E7" w14:textId="04D48EAC" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="00B80883" w:rsidP="0076072C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name of person making application</w:t>
+            </w:r>
+            <w:r w:rsidR="1279FA13" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C0B5B6C" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="68BC706E" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="68BC706E" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBE4898" w14:textId="1D6849FF" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="0076072C" w:rsidP="0076072C">
+          <w:p w14:paraId="7CBE4898" w14:textId="08E4BFC9" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="00AE667A" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...15 lines deleted...]
-              <w:t>Date of Birth</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Role of person making application</w:t>
+            </w:r>
+            <w:r w:rsidR="25A14D1F" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF3DEF0" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B31324" w:rsidRPr="00287080" w14:paraId="43862DD1" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B31324" w:rsidRPr="00287080" w14:paraId="43862DD1" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36A287D7" w14:textId="7DCC1A4A" w:rsidR="00B31324" w:rsidRPr="00061AD9" w:rsidRDefault="00B31324" w:rsidP="00570A65">
+          <w:p w14:paraId="36A287D7" w14:textId="4889240F" w:rsidR="00B31324" w:rsidRPr="00061AD9" w:rsidRDefault="00F2261A" w:rsidP="00C27562">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...28 lines deleted...]
-              <w:t>1 letter, 12 numbers)</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Total a</w:t>
+            </w:r>
+            <w:r w:rsidR="00D863A2" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>mount of funding requested</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5BC9" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (£)</w:t>
+            </w:r>
+            <w:r w:rsidR="538C86A2" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14420352" w14:textId="661F346C" w:rsidR="00B31324" w:rsidRPr="00287080" w:rsidRDefault="00B31324" w:rsidP="00570A65">
+          <w:p w14:paraId="14420352" w14:textId="661F346C" w:rsidR="00B31324" w:rsidRPr="00287080" w:rsidRDefault="00B31324" w:rsidP="00C27562">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="22742A36" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="0074631D" w:rsidRPr="00287080" w14:paraId="0F760B12" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2B43F1" w14:textId="0B887608" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="002C1598" w:rsidP="0076072C">
+          <w:p w14:paraId="6123CA50" w14:textId="045C32AF" w:rsidR="0074631D" w:rsidRDefault="004242C2" w:rsidP="00C27562">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...28 lines deleted...]
-              <w:t>Full name of school)</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Brief headline of resource required</w:t>
+            </w:r>
+            <w:r w:rsidR="7E2FE8A9" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05DA4ACC" w14:textId="36716F3F" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
+          <w:p w14:paraId="35155BF8" w14:textId="77777777" w:rsidR="0074631D" w:rsidRPr="00287080" w:rsidRDefault="0074631D" w:rsidP="00C27562">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="5D7028A0" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="001275B3" w:rsidRPr="00287080" w14:paraId="3FB1061E" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8412A3" w14:textId="04F3F815" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="002C1598" w:rsidP="0076072C">
+          <w:p w14:paraId="3BC56B6B" w14:textId="5765115B" w:rsidR="001275B3" w:rsidRDefault="001275B3" w:rsidP="00C27562">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...6 lines deleted...]
-              <w:t>Year Group</w:t>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of children this </w:t>
+            </w:r>
+            <w:r w:rsidR="005062EB" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">could </w:t>
+            </w:r>
+            <w:r w:rsidR="00725CB2" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">potentially </w:t>
+            </w:r>
+            <w:r w:rsidR="005062EB" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">support </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4510" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>throughout duration</w:t>
+            </w:r>
+            <w:r w:rsidR="2ECF64D5" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="2009510D" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(if whole school approach please state this)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB6B7AC" w14:textId="77777777" w:rsidR="001275B3" w:rsidRPr="00287080" w:rsidRDefault="001275B3" w:rsidP="00C27562">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="22742A36" w14:textId="77777777" w:rsidTr="6EB5D0E0">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2524D9" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="0066267F" w:rsidRDefault="00CC6E4A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assess: </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF383E" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Rationale for requesting a grant</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF383E" w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E81EA7F" w14:textId="78540682" w:rsidR="005C3CB8" w:rsidRPr="0066267F" w:rsidRDefault="00DA698D" w:rsidP="00661912">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider including</w:t>
+            </w:r>
+            <w:r w:rsidR="005C3CB8" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04EA2301" w14:textId="4B7C4DB5" w:rsidR="1B5460D4" w:rsidRDefault="1B5460D4" w:rsidP="6EB5D0E0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>How this links to your provision map</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690DE207" w14:textId="77777777" w:rsidR="005C3CB8" w:rsidRPr="0066267F" w:rsidRDefault="005C3CB8" w:rsidP="00661912">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Data analysis: attainment, progress, attendance, exclusions for target group.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A502DB" w14:textId="77777777" w:rsidR="005C3CB8" w:rsidRPr="0066267F" w:rsidRDefault="005C3CB8" w:rsidP="00661912">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>SEND profiles: EHCP/SEN Support breakdown.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="596B5D01" w14:textId="77777777" w:rsidR="005C3CB8" w:rsidRPr="0066267F" w:rsidRDefault="005C3CB8" w:rsidP="00661912">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Evidence of gap: e.g., “Current phonics screening shows 40% of SEND pupils below expected standard.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DBDA37" w14:textId="3EA39E5D" w:rsidR="005C3CB8" w:rsidRDefault="005C3CB8" w:rsidP="00661912">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Link to whole-school priorities and Ofsted focus (Inclusion, curriculum access).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E954172" w14:textId="59F510B0" w:rsidR="00836C4D" w:rsidRPr="0066267F" w:rsidRDefault="00996D90" w:rsidP="00F232B9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>If requesting a training grant, you</w:t>
+            </w:r>
+            <w:r w:rsidR="00F232B9" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should identify systemic gaps</w:t>
+            </w:r>
+            <w:r w:rsidR="00473BC8" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> using feedback</w:t>
+            </w:r>
+            <w:r w:rsidR="6B10D518" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00473BC8" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="089CAFCD" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00473BC8" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>observation processes</w:t>
+            </w:r>
+            <w:r w:rsidR="00F232B9" w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g., staff confidence, inconsistent inclusive practice).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B2B43F1" w14:textId="735F4E6F" w:rsidR="0014627F" w:rsidRPr="00836C4D" w:rsidRDefault="00661912" w:rsidP="00F232B9">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="360"/>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider using</w:t>
+            </w:r>
+            <w:r w:rsidR="005C3CB8" w:rsidRPr="005C3CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>hole School SEND</w:t>
+            </w:r>
+            <w:r w:rsidR="005C3CB8" w:rsidRPr="005C3CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Review Guide or SEND Reflection Framework to identify gaps.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DD91C7" w14:textId="77777777" w:rsidR="002C1598" w:rsidRDefault="002C1598" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E01ABD4" w14:textId="77777777" w:rsidR="00F2261A" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="673A8530" w14:textId="77777777" w:rsidR="00F2261A" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B4C719D" w14:textId="77777777" w:rsidR="00F2261A" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C7B6C15" w14:textId="77777777" w:rsidR="00F2261A" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="245183E2" w14:textId="77777777" w:rsidR="00F2261A" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05DA4ACC" w14:textId="36716F3F" w:rsidR="00F2261A" w:rsidRPr="00287080" w:rsidRDefault="00F2261A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="5D7028A0" w14:textId="77777777" w:rsidTr="6EB5D0E0">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070DEDD1" w14:textId="77777777" w:rsidR="00661912" w:rsidRDefault="00CC6E4A" w:rsidP="0076072C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Plan:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B45F13" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Detail</w:t>
+            </w:r>
+            <w:r w:rsidR="00883461" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s of proposal </w:t>
+            </w:r>
+            <w:r w:rsidR="00E76EE7" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>including detailed costs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="147D5A6A" w14:textId="244F7B84" w:rsidR="006215AD" w:rsidRPr="006215AD" w:rsidRDefault="00CC03A2" w:rsidP="006215AD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider including</w:t>
+            </w:r>
+            <w:r w:rsidR="006215AD" w:rsidRPr="006215AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28024729" w14:textId="18D8EA4A" w:rsidR="006215AD" w:rsidRPr="0066267F" w:rsidRDefault="006215AD" w:rsidP="006215AD">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Specific intervention or training chosen (name, evidence base</w:t>
+            </w:r>
+            <w:r w:rsidR="00794C1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / good practice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A70C1A3" w14:textId="77777777" w:rsidR="006215AD" w:rsidRPr="0066267F" w:rsidRDefault="006215AD" w:rsidP="006215AD">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Why this approach? Reference research or local toolkit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0322B8EF" w14:textId="77777777" w:rsidR="00737FBD" w:rsidRPr="00914CDD" w:rsidRDefault="00E55ECF" w:rsidP="005F57C3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Intervention d</w:t>
+            </w:r>
+            <w:r w:rsidR="006215AD" w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>etailed cost breakdown (resources, staffing, CPD).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D0E200" w14:textId="5AAED738" w:rsidR="005F57C3" w:rsidRPr="00914CDD" w:rsidRDefault="005F57C3" w:rsidP="005F57C3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Include cost breakdown for training materials, facilitator fees, and staff release time. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3BE03B" w14:textId="77777777" w:rsidR="006073C3" w:rsidRPr="00914CDD" w:rsidRDefault="006073C3" w:rsidP="006073C3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Outline CPD structure: number of sessions, audience, delivery method.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C9906B4" w14:textId="55D43C37" w:rsidR="00AA3FBE" w:rsidRPr="00914CDD" w:rsidRDefault="005F57C3" w:rsidP="00914CDD">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Explain sustainability (e.g., how learning will be embedded and cascaded</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8412A3" w14:textId="686ED2E9" w:rsidR="00883461" w:rsidRPr="00D8393E" w:rsidRDefault="006215AD" w:rsidP="00D8393E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider alignment with Bristol Graduated Response Guidance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ECBD9D2" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="56190B4D" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="002C1598" w:rsidRPr="00287080" w14:paraId="56190B4D" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D36C13" w14:textId="7B4F60C7" w:rsidR="002C1598" w:rsidRPr="00061AD9" w:rsidRDefault="00E63EB1" w:rsidP="0076072C">
+          <w:p w14:paraId="0B84C603" w14:textId="77777777" w:rsidR="002C1598" w:rsidRDefault="00CF3543" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00061AD9">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ethnicity </w:t>
+            <w:r w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Do: How will this be implemented</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04211" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07EA75F1" w14:textId="3E945385" w:rsidR="00282129" w:rsidRPr="00282129" w:rsidRDefault="00CC03A2" w:rsidP="00282129">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider including</w:t>
+            </w:r>
+            <w:r w:rsidR="00282129" w:rsidRPr="00282129">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48BB558C" w14:textId="77777777" w:rsidR="00282129" w:rsidRPr="0066267F" w:rsidRDefault="00282129" w:rsidP="00282129">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Implementation steps: who, when, how.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55CDC223" w14:textId="77777777" w:rsidR="00282129" w:rsidRPr="0066267F" w:rsidRDefault="00282129" w:rsidP="00282129">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Staff roles and responsibilities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519D903B" w14:textId="77777777" w:rsidR="00282129" w:rsidRPr="0066267F" w:rsidRDefault="00282129" w:rsidP="00282129">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>CPD plan if training is included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B30745" w14:textId="77777777" w:rsidR="00282129" w:rsidRPr="0066267F" w:rsidRDefault="00282129" w:rsidP="00282129">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>How pupils will access provision (in-class, withdrawal, blended).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D36C13" w14:textId="0484E689" w:rsidR="009D7A06" w:rsidRPr="00D8393E" w:rsidRDefault="006209DE" w:rsidP="0076072C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Risk</w:t>
+            </w:r>
+            <w:r w:rsidR="00282129" w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> management (e.g., staff absence contingency)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E5E898" w14:textId="77777777" w:rsidR="002C1598" w:rsidRPr="00287080" w:rsidRDefault="002C1598" w:rsidP="0076072C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050373D" w:rsidRPr="00287080" w14:paraId="1FA4B48D" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="0050373D" w:rsidRPr="00287080" w14:paraId="1FA4B48D" w14:textId="77777777" w:rsidTr="6EB5D0E0">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1487EAA7" w14:textId="2D741052" w:rsidR="0050373D" w:rsidRPr="00061AD9" w:rsidRDefault="0050373D" w:rsidP="0050373D">
+          <w:p w14:paraId="67BE1345" w14:textId="77777777" w:rsidR="0050373D" w:rsidRDefault="00CF3543" w:rsidP="0050373D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...18 lines deleted...]
-              <w:t>(highlight 1 only)</w:t>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:highlight w:val="red"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Review: </w:t>
+            </w:r>
+            <w:r w:rsidR="001275B3" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:highlight w:val="red"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>How will you measure impact</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04211" w:rsidRPr="00720D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:highlight w:val="red"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCCE790" w14:textId="623029C7" w:rsidR="0066267F" w:rsidRPr="0066267F" w:rsidRDefault="00CC03A2" w:rsidP="0066267F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Consider including</w:t>
+            </w:r>
+            <w:r w:rsidR="0066267F" w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58DC437F" w14:textId="77777777" w:rsidR="0066267F" w:rsidRPr="0066267F" w:rsidRDefault="0066267F" w:rsidP="0066267F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Impact measures: progress data, attendance, engagement, pupil/parent voice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15164438" w14:textId="7405A2B5" w:rsidR="0066267F" w:rsidRPr="0066267F" w:rsidRDefault="0066267F" w:rsidP="0066267F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How and when you will review </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1243CD19" w14:textId="77777777" w:rsidR="0066267F" w:rsidRPr="0066267F" w:rsidRDefault="0066267F" w:rsidP="0066267F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Tools for monitoring: dashboards, intervention logs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1FE6C3" w14:textId="77777777" w:rsidR="0066267F" w:rsidRPr="0066267F" w:rsidRDefault="0066267F" w:rsidP="0066267F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Success criteria: e.g., “80% of targeted pupils improve reading age by 6 months.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1487EAA7" w14:textId="529B0F79" w:rsidR="00282129" w:rsidRPr="00061AD9" w:rsidRDefault="0066267F" w:rsidP="6EB5D0E0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6EB5D0E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Include how findings will inform future practice (sustainability)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B61D7F6" w14:textId="77777777" w:rsidR="0050373D" w:rsidRPr="00287080" w:rsidRDefault="0050373D" w:rsidP="00061AD9">
-[...61 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3D41C80F" w14:textId="49363029" w:rsidR="0050373D" w:rsidRPr="00287080" w:rsidRDefault="0050373D" w:rsidP="00061AD9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050373D" w:rsidRPr="00287080" w14:paraId="5075EF7D" w14:textId="77777777" w:rsidTr="2C1B3E20">
+    </w:tbl>
+    <w:p w14:paraId="0118D4EB" w14:textId="2B644E4D" w:rsidR="00CC38E7" w:rsidRDefault="00CC38E7" w:rsidP="00B23E9C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="4820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000843F5" w14:paraId="179A4B82" w14:textId="77777777" w:rsidTr="0067253C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15163" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="002D6D66" w14:textId="002BD8BD" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="00FD2E36" w:rsidP="000843F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This </w:t>
+            </w:r>
+            <w:r w:rsidR="00323CAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>grant application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be </w:t>
+            </w:r>
+            <w:r w:rsidR="00144379">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>reviewed and endorsed by the Headteacher who</w:t>
+            </w:r>
+            <w:r w:rsidR="002216CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> agrees</w:t>
+            </w:r>
+            <w:r w:rsidR="0072790A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
+            </w:r>
+            <w:r w:rsidR="00144379">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> take responsibility for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00323CAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>following k</w:t>
+            </w:r>
+            <w:r w:rsidR="000843F5" w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ey commitments</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2CD6" w:rsidRPr="00056C73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidR="00323CAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2CD6" w:rsidRPr="00056C73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>school</w:t>
+            </w:r>
+            <w:r w:rsidR="000843F5" w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CA90BC" w14:textId="77777777" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="000843F5" w:rsidP="000843F5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Use funding only for approved purpose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1F5C5C" w14:textId="77777777" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="000843F5" w:rsidP="000843F5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Implement agreed intervention/approach</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D26F20B" w14:textId="77777777" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="000843F5" w:rsidP="000843F5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Complete two APDR cycles and submit evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A204172" w14:textId="43D2D4E3" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="000843F5" w:rsidP="000843F5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide financial accountability </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427BAE1F" w14:textId="77777777" w:rsidR="000843F5" w:rsidRPr="000843F5" w:rsidRDefault="000843F5" w:rsidP="000843F5">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000843F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Participate in review meetings and share impact data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4D2BE8" w14:textId="7788D004" w:rsidR="000843F5" w:rsidRPr="002216CF" w:rsidRDefault="00062B83" w:rsidP="00591A01">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any breach in this agreement could </w:t>
+            </w:r>
+            <w:r w:rsidR="000004CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>result in the claw-back of allocated funding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00056C73" w14:paraId="19B9CC24" w14:textId="77777777" w:rsidTr="0067253C">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="945"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5655" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09308737" w14:textId="69C36B61" w:rsidR="0050373D" w:rsidRPr="00061AD9" w:rsidRDefault="0050373D" w:rsidP="0050373D">
-[...51 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="154F871B" w14:textId="3131CC87" w:rsidR="00056C73" w:rsidRPr="00FD2E36" w:rsidRDefault="00056C73" w:rsidP="00FD2E36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name (Headteacher)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E022A92" w14:textId="77777777" w:rsidR="0050373D" w:rsidRPr="00287080" w:rsidRDefault="0050373D" w:rsidP="00061AD9">
-[...120 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="751E6210" w14:textId="77777777" w:rsidR="00056C73" w:rsidRDefault="00056C73" w:rsidP="00FD2E36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70E82771" w14:textId="4D4309B4" w:rsidR="00DD2952" w:rsidRPr="00287080" w:rsidRDefault="00DD2952" w:rsidP="0050373D">
-[...42 lines deleted...]
-              <w:t>EHCP/EHCNA/Top Up funding</w:t>
+          <w:p w14:paraId="7BA4FF79" w14:textId="6156554F" w:rsidR="00056C73" w:rsidRPr="00FD2E36" w:rsidRDefault="00FD2E36" w:rsidP="00FD2E36">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4781" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D792F7" w14:textId="0AA3F0BE" w:rsidR="00061AD9" w:rsidRPr="00287080" w:rsidRDefault="00061AD9" w:rsidP="0050373D">
-[...311 lines deleted...]
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:p w14:paraId="26FED839" w14:textId="5A57F6D4" w:rsidR="00056C73" w:rsidRDefault="00056C73" w:rsidP="00591A01">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="690DA502" w14:textId="77777777" w:rsidR="0076072C" w:rsidRPr="00287080" w:rsidRDefault="0076072C" w:rsidP="0076072C">
-[...7 lines deleted...]
-    <w:p w14:paraId="0118D4EB" w14:textId="77777777" w:rsidR="00CC38E7" w:rsidRDefault="00CC38E7" w:rsidP="00486DF0">
+    <w:p w14:paraId="20AE5D79" w14:textId="77777777" w:rsidR="00A44EEF" w:rsidRDefault="00A44EEF" w:rsidP="00486DF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00824009">
+    </w:p>
+    <w:p w14:paraId="5078EEBE" w14:textId="77777777" w:rsidR="00A44EEF" w:rsidRDefault="00A44EEF" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:noProof/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...60 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D79FBE9" w14:textId="6ACACC9F" w:rsidR="00F329B4" w:rsidRPr="00287080" w:rsidRDefault="00C44E17" w:rsidP="00486DF0">
+    <w:p w14:paraId="431C05C1" w14:textId="77777777" w:rsidR="0067253C" w:rsidRDefault="0067253C" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E27B3C" w14:textId="77777777" w:rsidR="00913CEA" w:rsidRDefault="00913CEA" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA603A5" w14:textId="77777777" w:rsidR="00913CEA" w:rsidRDefault="00913CEA" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A57112C" w14:textId="77777777" w:rsidR="00913CEA" w:rsidRDefault="00913CEA" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C0B845" w14:textId="77777777" w:rsidR="00913CEA" w:rsidRDefault="00913CEA" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C8FD48" w14:textId="77777777" w:rsidR="0067253C" w:rsidRDefault="0067253C" w:rsidP="00486DF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D79FBE9" w14:textId="4A6BE183" w:rsidR="00F329B4" w:rsidRPr="00287080" w:rsidRDefault="00C44E17" w:rsidP="00486DF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00287080">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FUNDING STATEMENT</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="84"/>
-        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblW w:w="15446" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8359"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="9918"/>
+        <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C44E17" w:rsidRPr="00287080" w14:paraId="251857BC" w14:textId="77777777" w:rsidTr="00C44E17">
+      <w:tr w:rsidR="00C44E17" w:rsidRPr="00287080" w14:paraId="251857BC" w14:textId="77777777" w:rsidTr="00B23E9C">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8359" w:type="dxa"/>
+            <w:tcW w:w="9918" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99FF99"/>
           </w:tcPr>
           <w:p w14:paraId="7D030508" w14:textId="2A659EDC" w:rsidR="00C44E17" w:rsidRPr="00287080" w:rsidRDefault="00DB24D4" w:rsidP="00C44E17">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00C44E17" w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>unding awarded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99FF99"/>
           </w:tcPr>
           <w:p w14:paraId="77E4F1AC" w14:textId="77777777" w:rsidR="00C44E17" w:rsidRPr="00287080" w:rsidRDefault="00C44E17" w:rsidP="00C44E17">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E7ECC60" w14:textId="786F8C25" w:rsidR="00C44E17" w:rsidRPr="00287080" w:rsidRDefault="00C44E17">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-40"/>
-        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1129"/>
+        <w:tblW w:w="15446" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6376"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1369"/>
+        <w:gridCol w:w="7506"/>
         <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A4EFF" w:rsidRPr="00287080" w14:paraId="070655C5" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="48AEE205" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="429F075B" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="7CEFAFCA" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00287080">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FEEDBACK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69E9FC48" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="1237E03B" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>YES:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50804845" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="04A1F70D" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Good</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="64617168" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="548F695D" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YES: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="094883AB" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+              <w:t>YES:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CCA051B" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In part</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3DEFE547" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="0D329B01" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NO:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="373BAA70" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
+          <w:p w14:paraId="69711FB2" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00287080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Insufficient</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D9E18E" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00287080" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA04D6" w:rsidRPr="00287080" w14:paraId="12548341" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="0BFD532E" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6756007E" w14:textId="5097006E" w:rsidR="00EA04D6" w:rsidRPr="00287080" w:rsidRDefault="00EA04D6" w:rsidP="008A4EFF">
-[...21 lines deleted...]
-              <w:t>completed and appropriate</w:t>
+          <w:p w14:paraId="7821C70F" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Whole-school provision map</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42DE8435" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>is completed and aligns with identified needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="695DE126" w14:textId="77777777" w:rsidR="00EA04D6" w:rsidRPr="00287080" w:rsidRDefault="00EA04D6" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="6D82C589" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="519366EA" w14:textId="77777777" w:rsidR="00EA04D6" w:rsidRPr="00287080" w:rsidRDefault="00EA04D6" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="4CE10245" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1EDFFF5E" w14:textId="77777777" w:rsidR="00EA04D6" w:rsidRPr="00287080" w:rsidRDefault="00EA04D6" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="6F20E150" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B70A881" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17C6D" w:rsidRPr="00287080" w14:paraId="084420B5" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="18EB26CE" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0619CBE2" w14:textId="1441B0FA" w:rsidR="00A17C6D" w:rsidRPr="00247588" w:rsidRDefault="60E7B4A6" w:rsidP="008A4EFF">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> plan completed and appropriate:</w:t>
+          <w:p w14:paraId="106CB7EC" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Assess section:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D892A8" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assessment clearly identifies a gap in provision or knowledge, supported by data (e.g., SEND profiles, attainment, attendance).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507EFA2B" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Proposed provision is appropriate for identified gap in provision and proportionate (reasonable cost and scale for the number of pupils impacted).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="26AF4B7C" w14:textId="77777777" w:rsidR="00A17C6D" w:rsidRPr="00287080" w:rsidRDefault="00A17C6D" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="325013DF" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEF983C" w14:textId="77777777" w:rsidR="00A17C6D" w:rsidRPr="00287080" w:rsidRDefault="00A17C6D" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="45171A18" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAFF483" w14:textId="77777777" w:rsidR="00A17C6D" w:rsidRPr="00287080" w:rsidRDefault="00A17C6D" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="2250DA85" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DBE4F4" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A4EFF" w:rsidRPr="00287080" w14:paraId="742AAD6A" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="46AACECC" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19151A32" w14:textId="2F701E97" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="00A17C6D" w:rsidP="00247588">
-[...14 lines deleted...]
-              <w:t>Pupil voice</w:t>
+          <w:p w14:paraId="103C6F3A" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>Plan section</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7983B4FF" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">includes detailed cost breakdown </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="599AA968" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="4CC38BEE" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D61F24B" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="04DBF584" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5198F638" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="05668A72" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D9E173" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A4EFF" w:rsidRPr="00287080" w14:paraId="56532CFF" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="05D2C34B" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244BAB01" w14:textId="04CA7911" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="00247588">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Parental involvement </w:t>
+          <w:p w14:paraId="21CC2FAB" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>Do section</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314D7882" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>outlines clear implementation steps, roles, and timelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05EC03A2" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="0414CE59" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A540F27" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="2D3CEBDF" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="15D638F1" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="1531A50D" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C95B1CD" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A4EFF" w:rsidRPr="00287080" w14:paraId="0167EE88" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="7081A4F6" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF21C5C" w14:textId="7A61C5D9" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="00A17C6D" w:rsidP="00247588">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">eeds are identified </w:t>
+          <w:p w14:paraId="019AC21B" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+              <w:t>Review section</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29153F94" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>includes measurable impact indicators and commitment to sustainability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1636DA94" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="2F34EC55" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="516C1B7C" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="1C5B3683" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6734F8" w14:textId="77777777" w:rsidR="008A4EFF" w:rsidRPr="00287080" w:rsidRDefault="008A4EFF" w:rsidP="008A4EFF">
-            <w:pPr>
+          <w:p w14:paraId="7246EF34" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26539B83" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB3F32" w:rsidRPr="00287080" w14:paraId="2EA0CC41" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="5B85CC87" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="15446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="58E20F71" w14:textId="7BFCF9D7" w:rsidR="00AB3F32" w:rsidRDefault="00AB3F32" w:rsidP="00AB3F32">
-[...63 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="38A2704C" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Applications should be rejected when:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABAE20F" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Needs are vague or unsupported by evidence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7F3A1A" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Provision is not linked to identified needs or is disproportionate (e.g., high-cost resource for very few pupils without justification).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E503C9" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>No clear monitoring or impact measures.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79CF1819" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Missing or incomplete sections (Assess, Plan, Do, Review).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DC6E72" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00AC4F9F" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294805">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>No evidence of whole-school provision mapping or strategic alignment</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB3F32" w:rsidRPr="00287080" w14:paraId="063D0A6B" w14:textId="77777777" w:rsidTr="2C1B3E20">
+      <w:tr w:rsidR="00B86245" w:rsidRPr="00287080" w14:paraId="2433687F" w14:textId="77777777" w:rsidTr="00B86245">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="15446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="091FF634" w14:textId="508C4A8E" w:rsidR="00AB3F32" w:rsidRPr="00287080" w:rsidRDefault="00AB3F32" w:rsidP="00AB3F32">
-[...84 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="37042AF7" w14:textId="77777777" w:rsidR="00B86245" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC4F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Additional feedback</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...144 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C08AF21" w14:textId="77777777" w:rsidR="00B86245" w:rsidRPr="00294805" w:rsidRDefault="00B86245" w:rsidP="00B86245">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B2D13AF" w14:textId="4319E4A2" w:rsidR="009C79A3" w:rsidRPr="00287080" w:rsidRDefault="009C79A3" w:rsidP="00E75BBA">
-[...135 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="21C71B8F" w14:textId="77777777" w:rsidR="00DB24D4" w:rsidRPr="00287080" w:rsidRDefault="00DB24D4" w:rsidP="00B86245">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25277F79" w14:textId="63F2FA86" w:rsidR="003B3964" w:rsidRPr="00287080" w:rsidRDefault="003B3964" w:rsidP="00DB24D4">
-[...151 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="7932289E" w14:textId="73061A58" w:rsidR="003B3964" w:rsidRPr="00287080" w:rsidRDefault="003B3964" w:rsidP="00313FA3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C2D962F" w14:textId="0BE7586D" w:rsidR="004A79BF" w:rsidRPr="00287080" w:rsidRDefault="004A79BF" w:rsidP="00313FA3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45380EC9" w14:textId="129C0FE9" w:rsidR="004A79BF" w:rsidRPr="00287080" w:rsidRDefault="004A79BF" w:rsidP="00313FA3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004A79BF" w:rsidRPr="00287080" w:rsidSect="0076072C">
-[...2 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="004A79BF" w:rsidRPr="00287080" w:rsidSect="00431C5F">
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C4693EF" w14:textId="77777777" w:rsidR="005C2E1B" w:rsidRDefault="005C2E1B" w:rsidP="000C209D">
+    <w:p w14:paraId="5F1997FC" w14:textId="77777777" w:rsidR="00160198" w:rsidRDefault="00160198" w:rsidP="000C209D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E42EC7A" w14:textId="77777777" w:rsidR="005C2E1B" w:rsidRDefault="005C2E1B" w:rsidP="000C209D">
+    <w:p w14:paraId="3BE0174A" w14:textId="77777777" w:rsidR="00160198" w:rsidRDefault="00160198" w:rsidP="000C209D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...7 lines deleted...]
-    <w:sdtEndPr>
+  <w:p w14:paraId="3865D016" w14:textId="5968AE87" w:rsidR="000B6E9D" w:rsidRDefault="000B6E9D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-    </w:sdtEndPr>
-[...6 lines deleted...]
-        <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FFC5D3E" wp14:editId="7E86B608">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="853247979" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="08EA03B2" w14:textId="149C7C9D" w:rsidR="000B6E9D" w:rsidRPr="000B6E9D" w:rsidRDefault="000B6E9D" w:rsidP="000B6E9D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000B6E9D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1FFC5D3E">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:29.05pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9BYl5EAIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpWmMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KdpKt22nYRaZI+pF8fFrcd1qRo3C+AVPS8SinRBgOVWP2Jf3+uv50&#10;R4kPzFRMgRElPQlP75cfPyxaW4gJ1KAq4QiCGF+0tqR1CLbIMs9roZkfgRUGgxKcZgGvbp9VjrWI&#10;rlU2yfPbrAVXWQdceI/exz5IlwlfSsHDs5ReBKJKir2FdLp07uKZLRes2Dtm64YPbbB/6EKzxmDR&#10;C9QjC4wcXPMHlG64Aw8yjDjoDKRsuEgz4DTj/N0025pZkWZBcry90OT/Hyx/Om7tiyOh+wIdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOHpQpvoAuHonM0ms/mUEo6hm9u7+c00omTXn63z4asATaJRUodbSWSx&#10;48aHPvWcEmsZWDdKpc0o85sDMaMnu3YYrdDtuqHtHVQnnMZBv2hv+brBmhvmwwtzuFkcANUanvGQ&#10;CtqSwmBRUoP78Td/zEfCMUpJi0opqUEpU6K+GVzEZPo5z6Oy0g0NdzZ2yRjP82mMm4N+ABThGN+D&#10;5cmMyUGdTelAv6GYV7EahpjhWLOku7P5EHrd4mPgYrVKSSgiy8LGbC2P0JGsyORr98acHegOuKcn&#10;OGuJFe9Y73Pjn96uDgG5TyuJxPZsDnyjANNSh8cSFf7rPWVdn/TyJwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAJrqQPHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjTiIRqhCn&#10;qvgTV1IkOG7ibRw1XofYbcPb43KBy0qjGc18W25mO4gTTb53rCBdJSCIW6d77hS8755v1iB8QNY4&#10;OCYF3+RhUy2uSiy0O/MbnerQiVjCvkAFJoSxkNK3hiz6lRuJo7d3k8UQ5dRJPeE5lttBZkmSS4s9&#10;xwWDIz0Yag/10SrIH1+2ZvzIP7/2mX/1jTuE2j0pdb2ct/cgAs3hLwwX/IgOVWRq3JG1F4OC+Ej4&#10;vRcvS+9ANApu1ynIqpT/4asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0FiXkQAgAA&#10;GgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJrqQPHa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="000B6E9D" w:rsidR="000B6E9D" w:rsidP="000B6E9D" w:rsidRDefault="000B6E9D" w14:paraId="08EA03B2" w14:textId="149C7C9D">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000B6E9D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36CA8E36" w14:textId="22F99962" w:rsidR="00B74646" w:rsidRDefault="000B6E9D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C7E0FD4" wp14:editId="1FB406BA">
+              <wp:simplePos x="457200" y="9906000"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1453827404" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0C6E046C" w14:textId="73AC52D0" w:rsidR="000B6E9D" w:rsidRPr="000B6E9D" w:rsidRDefault="000B6E9D" w:rsidP="000B6E9D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000B6E9D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5C7E0FD4">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:60.85pt;height:29.05pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQY0SmEgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KdOo4Fy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75Lyo8k7SnIhVrurvYxM5zddlqRvXC+AVPS4SCnRBgOVWO2Jf39vPx2&#10;Q4kPzFRMgRElPQhPb+dfv8xaW4gR1KAq4QgWMb5obUnrEGyRZZ7XQjM/ACsMBiU4zQJe3TarHGux&#10;ulbZKM+vsxZcZR1w4T167/sgnaf6UgoeHqX0IhBVUpwtpNOlcxPPbD5jxdYxWzf8OAb7wBSaNQab&#10;nkvds8DIzjX/lNINd+BBhgEHnYGUDRdpB9xmmL/bZl0zK9IuCI63Z5j855XlD/u1fXIkdD+gQwIj&#10;IK31hUdn3KeTTscvTkowjhAezrCJLhCOzslkNJmOKeEYurq+mV6NY5Xs8rN1PvwUoEk0SuqQlQQW&#10;26986FNPKbGXgWWjVGJGmTcOrBk92WXCaIVu05GmejX9BqoDLuWg59tbvmyw9Yr58MQcEox7oGjD&#10;Ix5SQVtSOFqU1OD+/M8f8xF3jFLSomBKalDRlKhfBvkYjb/neRRYuqHhTsYmGcNpPo5xs9N3gFoc&#10;4rOwPJkxOaiTKR3oF9T0InbDEDMce5Z0czLvQi9ffBNcLBYpCbVkWViZteWxdMQsAvrcvTBnj6gH&#10;pOsBTpJixTvw+9z4p7eLXUAKEjMR3x7NI+yow8Tt8c1Eob++p6zLy57/BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAmupA8doAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaNOIhGq&#10;EKeq+BNXUiQ4buJtHDVeh9htw9vjcoHLSqMZzXxbbmY7iBNNvnesIF0lIIhbp3vuFLzvnm/WIHxA&#10;1jg4JgXf5GFTLa5KLLQ78xud6tCJWMK+QAUmhLGQ0reGLPqVG4mjt3eTxRDl1Ek94TmW20FmSZJL&#10;iz3HBYMjPRhqD/XRKsgfX7Zm/Mg/v/aZf/WNO4TaPSl1vZy39yACzeEvDBf8iA5VZGrckbUXg4L4&#10;SPi9Fy9L70A0Cm7XKciqlP/hqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkGNEphIC&#10;AAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmupA&#10;8doAAAAEAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="000B6E9D" w:rsidR="000B6E9D" w:rsidP="000B6E9D" w:rsidRDefault="000B6E9D" w14:paraId="0C6E046C" w14:textId="73AC52D0">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000B6E9D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="2100829911"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00B74646">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B74646">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B74646">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B74646">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00B74646">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
   <w:p w14:paraId="0391C452" w14:textId="77777777" w:rsidR="00B74646" w:rsidRDefault="00B74646">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DE3ACE6" w14:textId="5BF3DDD5" w:rsidR="000B6E9D" w:rsidRDefault="000B6E9D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35921ACF" wp14:editId="7462F3BE">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="772795" cy="368935"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5225049" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="772795" cy="368935"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7F5FE4C1" w14:textId="1CD7C869" w:rsidR="000B6E9D" w:rsidRPr="000B6E9D" w:rsidRDefault="000B6E9D" w:rsidP="000B6E9D">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000B6E9D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="35921ACF">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:0;width:60.85pt;height:29.05pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB9bfkFAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igo5SIULFWTJNQ&#10;W4lOfTaOTSLZPss2JOyv39khsHV7mvbinO8u9+P7Pi/uO63IUTjfgCnpeJRTIgyHqjH7kn5/XX+6&#10;o8QHZiqmwIiSnoSn98uPHxatLcQEalCVcASLGF+0tqR1CLbIMs9roZkfgRUGgxKcZgGvbp9VjrVY&#10;Xatskue3WQuusg648B69j32QLlN9KQUPz1J6EYgqKc4W0unSuYtntlywYu+YrRt+HoP9wxSaNQab&#10;Xko9ssDIwTV/lNINd+BBhhEHnYGUDRdpB9xmnL/bZlszK9IuCI63F5j8/yvLn45b++JI6L5AhwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8XWATXSAcnbPZZDafUsIxdHN7N7+ZxirZ9WfrfPgqQJNolNQhKwks&#10;dtz40KcOKbGXgXWjVGJGmd8cWDN6suuE0QrdriNNVdLJMP0OqhMu5aDn21u+brD1hvnwwhwSjHug&#10;aMMzHlJBW1I4W5TU4H78zR/zEXeMUtKiYEpqUNGUqG8G+ZhMP+d5FFi6oeEGY5eM8Tyfxrg56AdA&#10;LY7xWViezJgc1GBKB/oNNb2K3TDEDMeeJd0N5kPo5YtvgovVKiWhliwLG7O1PJaOmEVAX7s35uwZ&#10;9YB0PcEgKVa8A7/PjX96uzoEpCAxE/Ht0TzDjjpM3J7fTBT6r/eUdX3Zy58AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCa6kDx2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo04i&#10;EaoQp6r4E1dSJDhu4m0cNV6H2G3D2+NygctKoxnNfFtuZjuIE02+d6wgXSUgiFune+4UvO+eb9Yg&#10;fEDWODgmBd/kYVMtrkostDvzG53q0IlYwr5ABSaEsZDSt4Ys+pUbiaO3d5PFEOXUST3hOZbbQWZJ&#10;kkuLPccFgyM9GGoP9dEqyB9ftmb8yD+/9pl/9Y07hNo9KXW9nLf3IALN4S8MF/yIDlVkatyRtReD&#10;gvhI+L0XL0vvQDQKbtcpyKqU/+GrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDB9bfk&#10;FAIAACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCa&#10;6kDx2gAAAAQBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidRPr="000B6E9D" w:rsidR="000B6E9D" w:rsidP="000B6E9D" w:rsidRDefault="000B6E9D" w14:paraId="7F5FE4C1" w14:textId="1CD7C869">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000B6E9D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D554DEC" w14:textId="77777777" w:rsidR="005C2E1B" w:rsidRDefault="005C2E1B" w:rsidP="000C209D">
+    <w:p w14:paraId="49B857CC" w14:textId="77777777" w:rsidR="00160198" w:rsidRDefault="00160198" w:rsidP="000C209D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0043116A" w14:textId="77777777" w:rsidR="005C2E1B" w:rsidRDefault="005C2E1B" w:rsidP="000C209D">
+    <w:p w14:paraId="51EF9176" w14:textId="77777777" w:rsidR="00160198" w:rsidRDefault="00160198" w:rsidP="000C209D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F026568"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="215AE544"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="102D4BE0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E833958"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20191B1B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20343006"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EFF4125A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27CA28AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2F2AB81E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B2437CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F6A3B7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31333FA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6248B22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3184524A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32511B0E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38B4206F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42B84EAB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="462547AF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A9A0D2B0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51980BBD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58DD4E44"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68920777"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76BF3C85"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DA2208DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AE33C24"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="641AD1AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2089963637">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1621494865">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1913657646">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1359619552">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="622810412">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="549615629">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="35395092">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="666909143">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1226530413">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="200552221">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2084133533">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1932470013">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1364401651">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2023898889">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1187594477">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="547686769">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="314067016">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="216745480">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C1598"/>
+    <w:rsid w:val="000004CE"/>
+    <w:rsid w:val="000042AF"/>
     <w:rsid w:val="00012ED2"/>
+    <w:rsid w:val="00030BC8"/>
     <w:rsid w:val="0003781D"/>
+    <w:rsid w:val="00056C73"/>
     <w:rsid w:val="00060D0D"/>
     <w:rsid w:val="00061AD9"/>
+    <w:rsid w:val="00062B83"/>
+    <w:rsid w:val="0007396E"/>
+    <w:rsid w:val="00077809"/>
+    <w:rsid w:val="000843F5"/>
+    <w:rsid w:val="000A323D"/>
+    <w:rsid w:val="000A49B6"/>
     <w:rsid w:val="000B020A"/>
+    <w:rsid w:val="000B1ABA"/>
     <w:rsid w:val="000B3EEC"/>
+    <w:rsid w:val="000B6E9D"/>
     <w:rsid w:val="000C209D"/>
+    <w:rsid w:val="000C3067"/>
     <w:rsid w:val="000C47CC"/>
     <w:rsid w:val="000D10A3"/>
     <w:rsid w:val="000E1582"/>
+    <w:rsid w:val="000E48E1"/>
+    <w:rsid w:val="000F512C"/>
     <w:rsid w:val="000F719B"/>
     <w:rsid w:val="000F7F04"/>
+    <w:rsid w:val="001035A4"/>
+    <w:rsid w:val="001275B3"/>
     <w:rsid w:val="00127D11"/>
+    <w:rsid w:val="00134565"/>
     <w:rsid w:val="00134AE7"/>
+    <w:rsid w:val="00144379"/>
+    <w:rsid w:val="001461E0"/>
+    <w:rsid w:val="0014627F"/>
+    <w:rsid w:val="00160198"/>
+    <w:rsid w:val="001A344F"/>
+    <w:rsid w:val="001A4F80"/>
     <w:rsid w:val="001A5408"/>
+    <w:rsid w:val="001F2CD6"/>
     <w:rsid w:val="001F573F"/>
     <w:rsid w:val="00203645"/>
+    <w:rsid w:val="002216CF"/>
     <w:rsid w:val="002403CC"/>
+    <w:rsid w:val="0024069D"/>
     <w:rsid w:val="00247588"/>
     <w:rsid w:val="002579A9"/>
+    <w:rsid w:val="00257E3D"/>
     <w:rsid w:val="0026670A"/>
+    <w:rsid w:val="002717F5"/>
+    <w:rsid w:val="0027323A"/>
     <w:rsid w:val="00281E0B"/>
+    <w:rsid w:val="00282129"/>
     <w:rsid w:val="00287080"/>
+    <w:rsid w:val="0029272E"/>
     <w:rsid w:val="00292A3D"/>
+    <w:rsid w:val="00294805"/>
     <w:rsid w:val="002A155B"/>
     <w:rsid w:val="002A2376"/>
+    <w:rsid w:val="002B4E7B"/>
     <w:rsid w:val="002C1598"/>
+    <w:rsid w:val="002C6DC3"/>
     <w:rsid w:val="002D2431"/>
+    <w:rsid w:val="002D4643"/>
     <w:rsid w:val="002D4E72"/>
+    <w:rsid w:val="002E6BAD"/>
+    <w:rsid w:val="002E7F5C"/>
+    <w:rsid w:val="00304341"/>
+    <w:rsid w:val="00305A0F"/>
     <w:rsid w:val="00313FA3"/>
+    <w:rsid w:val="00323CAA"/>
     <w:rsid w:val="003302A4"/>
+    <w:rsid w:val="00360F0A"/>
     <w:rsid w:val="0036180C"/>
+    <w:rsid w:val="003A15E0"/>
+    <w:rsid w:val="003B15BF"/>
     <w:rsid w:val="003B3964"/>
+    <w:rsid w:val="003C35DC"/>
+    <w:rsid w:val="003E0670"/>
+    <w:rsid w:val="003E2246"/>
     <w:rsid w:val="00402C02"/>
     <w:rsid w:val="00413D56"/>
+    <w:rsid w:val="004215AF"/>
+    <w:rsid w:val="004242C2"/>
+    <w:rsid w:val="004319FF"/>
+    <w:rsid w:val="00431C5F"/>
+    <w:rsid w:val="004413BC"/>
+    <w:rsid w:val="004449F3"/>
     <w:rsid w:val="00453B8F"/>
+    <w:rsid w:val="00454218"/>
+    <w:rsid w:val="00464C89"/>
+    <w:rsid w:val="00473BC8"/>
     <w:rsid w:val="00486DF0"/>
     <w:rsid w:val="00487DCD"/>
     <w:rsid w:val="00495DD8"/>
+    <w:rsid w:val="004A030D"/>
     <w:rsid w:val="004A79BF"/>
     <w:rsid w:val="004E6855"/>
+    <w:rsid w:val="004F4B98"/>
     <w:rsid w:val="0050373D"/>
     <w:rsid w:val="00504E9F"/>
+    <w:rsid w:val="00505426"/>
+    <w:rsid w:val="005062EB"/>
+    <w:rsid w:val="005078EB"/>
     <w:rsid w:val="00526F9D"/>
     <w:rsid w:val="00552AF4"/>
+    <w:rsid w:val="0056097F"/>
     <w:rsid w:val="00562B38"/>
     <w:rsid w:val="005658CC"/>
     <w:rsid w:val="00571725"/>
+    <w:rsid w:val="00591A01"/>
     <w:rsid w:val="005A3B62"/>
     <w:rsid w:val="005B0299"/>
+    <w:rsid w:val="005B2CD4"/>
     <w:rsid w:val="005C2E1B"/>
+    <w:rsid w:val="005C3CB8"/>
+    <w:rsid w:val="005E011D"/>
+    <w:rsid w:val="005E7CE3"/>
+    <w:rsid w:val="005F3C23"/>
+    <w:rsid w:val="005F57C3"/>
+    <w:rsid w:val="006073C3"/>
     <w:rsid w:val="006116CB"/>
     <w:rsid w:val="006159B1"/>
+    <w:rsid w:val="0062007B"/>
+    <w:rsid w:val="006209DE"/>
+    <w:rsid w:val="006215AD"/>
+    <w:rsid w:val="006368DD"/>
+    <w:rsid w:val="00661912"/>
+    <w:rsid w:val="0066267F"/>
+    <w:rsid w:val="00662947"/>
     <w:rsid w:val="00664D25"/>
     <w:rsid w:val="00665451"/>
+    <w:rsid w:val="0067253C"/>
+    <w:rsid w:val="006825F6"/>
+    <w:rsid w:val="006B3F99"/>
     <w:rsid w:val="00701B08"/>
+    <w:rsid w:val="00717DF6"/>
+    <w:rsid w:val="00720D34"/>
+    <w:rsid w:val="00725CB2"/>
+    <w:rsid w:val="0072790A"/>
+    <w:rsid w:val="00737FBD"/>
+    <w:rsid w:val="0074631D"/>
     <w:rsid w:val="0076072C"/>
+    <w:rsid w:val="00772FFE"/>
     <w:rsid w:val="007933A8"/>
+    <w:rsid w:val="00794C1C"/>
+    <w:rsid w:val="00797E31"/>
+    <w:rsid w:val="007B34CC"/>
+    <w:rsid w:val="007B546F"/>
     <w:rsid w:val="007C3DE7"/>
     <w:rsid w:val="007E787C"/>
     <w:rsid w:val="0081016D"/>
+    <w:rsid w:val="0081608C"/>
+    <w:rsid w:val="00836C4D"/>
     <w:rsid w:val="00846FC7"/>
     <w:rsid w:val="0085241C"/>
     <w:rsid w:val="008740B7"/>
+    <w:rsid w:val="00883461"/>
+    <w:rsid w:val="00890BC7"/>
+    <w:rsid w:val="00890C52"/>
+    <w:rsid w:val="008A22DA"/>
+    <w:rsid w:val="008A25BB"/>
+    <w:rsid w:val="008A3994"/>
     <w:rsid w:val="008A4EFF"/>
     <w:rsid w:val="008D0FC9"/>
     <w:rsid w:val="008E1EA4"/>
+    <w:rsid w:val="00913CEA"/>
+    <w:rsid w:val="00914CDD"/>
+    <w:rsid w:val="00925689"/>
     <w:rsid w:val="0093052A"/>
     <w:rsid w:val="009328EB"/>
+    <w:rsid w:val="00940FDE"/>
+    <w:rsid w:val="00956AB9"/>
+    <w:rsid w:val="009658A2"/>
     <w:rsid w:val="00984CE6"/>
+    <w:rsid w:val="00996D90"/>
     <w:rsid w:val="009B2097"/>
     <w:rsid w:val="009C79A3"/>
+    <w:rsid w:val="009D7A06"/>
     <w:rsid w:val="009E01EC"/>
     <w:rsid w:val="009E32AA"/>
     <w:rsid w:val="009F510D"/>
+    <w:rsid w:val="009F51BD"/>
     <w:rsid w:val="00A17C6D"/>
     <w:rsid w:val="00A26768"/>
+    <w:rsid w:val="00A30836"/>
     <w:rsid w:val="00A34254"/>
     <w:rsid w:val="00A367FD"/>
+    <w:rsid w:val="00A44EEF"/>
     <w:rsid w:val="00A66095"/>
+    <w:rsid w:val="00A73955"/>
     <w:rsid w:val="00A8000F"/>
     <w:rsid w:val="00A84DB4"/>
+    <w:rsid w:val="00AA3FBE"/>
     <w:rsid w:val="00AB3F32"/>
+    <w:rsid w:val="00AC4F9F"/>
     <w:rsid w:val="00AC7001"/>
+    <w:rsid w:val="00AE667A"/>
     <w:rsid w:val="00AF50F6"/>
+    <w:rsid w:val="00B00660"/>
+    <w:rsid w:val="00B01CE4"/>
+    <w:rsid w:val="00B11F97"/>
     <w:rsid w:val="00B124C6"/>
+    <w:rsid w:val="00B12E92"/>
+    <w:rsid w:val="00B23E9C"/>
     <w:rsid w:val="00B31324"/>
     <w:rsid w:val="00B35729"/>
+    <w:rsid w:val="00B45F13"/>
     <w:rsid w:val="00B511A8"/>
+    <w:rsid w:val="00B574E5"/>
+    <w:rsid w:val="00B63691"/>
+    <w:rsid w:val="00B6480D"/>
+    <w:rsid w:val="00B65B85"/>
     <w:rsid w:val="00B74646"/>
+    <w:rsid w:val="00B80883"/>
+    <w:rsid w:val="00B86245"/>
+    <w:rsid w:val="00B979DD"/>
+    <w:rsid w:val="00BC05F9"/>
     <w:rsid w:val="00BD3D2A"/>
     <w:rsid w:val="00BE61B0"/>
+    <w:rsid w:val="00BF5B3E"/>
+    <w:rsid w:val="00C1515A"/>
+    <w:rsid w:val="00C27562"/>
+    <w:rsid w:val="00C334E4"/>
     <w:rsid w:val="00C44E17"/>
     <w:rsid w:val="00C57A87"/>
+    <w:rsid w:val="00C60CBC"/>
     <w:rsid w:val="00C70616"/>
+    <w:rsid w:val="00C74FC8"/>
+    <w:rsid w:val="00C75F6E"/>
+    <w:rsid w:val="00CA1D5B"/>
     <w:rsid w:val="00CA4457"/>
+    <w:rsid w:val="00CA762A"/>
+    <w:rsid w:val="00CC03A2"/>
     <w:rsid w:val="00CC15A0"/>
     <w:rsid w:val="00CC38E7"/>
+    <w:rsid w:val="00CC6E4A"/>
     <w:rsid w:val="00CD1F0A"/>
     <w:rsid w:val="00CE6E3D"/>
+    <w:rsid w:val="00CF2CF2"/>
+    <w:rsid w:val="00CF3543"/>
+    <w:rsid w:val="00CF74C8"/>
+    <w:rsid w:val="00D04211"/>
     <w:rsid w:val="00D26C53"/>
     <w:rsid w:val="00D3159D"/>
     <w:rsid w:val="00D33708"/>
+    <w:rsid w:val="00D339F2"/>
+    <w:rsid w:val="00D3602F"/>
     <w:rsid w:val="00D37C6A"/>
     <w:rsid w:val="00D425FB"/>
     <w:rsid w:val="00D60D62"/>
     <w:rsid w:val="00D80D94"/>
     <w:rsid w:val="00D81B47"/>
+    <w:rsid w:val="00D8393E"/>
+    <w:rsid w:val="00D863A2"/>
     <w:rsid w:val="00D92E46"/>
+    <w:rsid w:val="00D97732"/>
+    <w:rsid w:val="00DA698D"/>
+    <w:rsid w:val="00DB2448"/>
     <w:rsid w:val="00DB24D4"/>
+    <w:rsid w:val="00DB5BC9"/>
     <w:rsid w:val="00DD2952"/>
     <w:rsid w:val="00DD70FF"/>
+    <w:rsid w:val="00DE4510"/>
     <w:rsid w:val="00E01A1E"/>
     <w:rsid w:val="00E10CED"/>
+    <w:rsid w:val="00E16C32"/>
+    <w:rsid w:val="00E16CD5"/>
     <w:rsid w:val="00E23084"/>
+    <w:rsid w:val="00E3528B"/>
+    <w:rsid w:val="00E434DB"/>
+    <w:rsid w:val="00E55ECF"/>
     <w:rsid w:val="00E63EB1"/>
     <w:rsid w:val="00E70DD2"/>
     <w:rsid w:val="00E75BBA"/>
+    <w:rsid w:val="00E76EE7"/>
+    <w:rsid w:val="00E8162B"/>
     <w:rsid w:val="00EA04D6"/>
     <w:rsid w:val="00EA5922"/>
+    <w:rsid w:val="00EE0B0B"/>
     <w:rsid w:val="00EF2740"/>
+    <w:rsid w:val="00EF383E"/>
     <w:rsid w:val="00F06519"/>
+    <w:rsid w:val="00F15C3D"/>
+    <w:rsid w:val="00F2261A"/>
+    <w:rsid w:val="00F232B9"/>
     <w:rsid w:val="00F329B4"/>
+    <w:rsid w:val="00F4248A"/>
     <w:rsid w:val="00F66E49"/>
+    <w:rsid w:val="00F81681"/>
     <w:rsid w:val="00FC42EC"/>
+    <w:rsid w:val="00FD2E36"/>
     <w:rsid w:val="00FE65A8"/>
     <w:rsid w:val="00FF13F5"/>
+    <w:rsid w:val="00FF6DE0"/>
+    <w:rsid w:val="089CAFCD"/>
     <w:rsid w:val="0B40D5BB"/>
+    <w:rsid w:val="0C1C4319"/>
+    <w:rsid w:val="1279FA13"/>
+    <w:rsid w:val="1B5460D4"/>
+    <w:rsid w:val="2009510D"/>
+    <w:rsid w:val="25A14D1F"/>
     <w:rsid w:val="25E03FE8"/>
     <w:rsid w:val="282C73E3"/>
     <w:rsid w:val="2915D81F"/>
     <w:rsid w:val="2C1B3E20"/>
+    <w:rsid w:val="2ECF64D5"/>
+    <w:rsid w:val="33B64A66"/>
+    <w:rsid w:val="3832FCC6"/>
+    <w:rsid w:val="3E8B13C0"/>
+    <w:rsid w:val="538C86A2"/>
     <w:rsid w:val="5D2EC4CA"/>
     <w:rsid w:val="60E7B4A6"/>
+    <w:rsid w:val="64E7FE77"/>
+    <w:rsid w:val="6B10D518"/>
     <w:rsid w:val="6BD5EC7A"/>
     <w:rsid w:val="6D86401E"/>
+    <w:rsid w:val="6EB5D0E0"/>
     <w:rsid w:val="7603CEFD"/>
+    <w:rsid w:val="7E2FE8A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="109369F7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{AD5F4CF8-B10D-4770-B131-FACA146B5D37}"/>
+  <w15:docId w15:val="{E6F31905-AB9A-4B8F-9726-0283F641990C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3781,62 +8077,141 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B74646"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B74646"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006368DD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F2CD6"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F2CD6"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001F2CD6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F2CD6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2CD6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4102,106 +8477,162 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ef1bdcf-d666-41c0-ade2-adc63f3af01a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_Flow_SignoffStatus xmlns="3ef1bdcf-d666-41c0-ade2-adc63f3af01a" xsi:nil="true"/>
+    <TaxCatchAll xmlns="ad4312c4-0de2-469b-bb45-548bd8790e0d" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ef1bdcf-d666-41c0-ade2-adc63f3af01a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8c090b3b10e97b4db79aaf54d2329928" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072C67BDCB9CF384D9A936977ADE63F8D" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7bb5ba38a2ec030fbcfa1aa46d1706e7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ef1bdcf-d666-41c0-ade2-adc63f3af01a" xmlns:ns3="ad4312c4-0de2-469b-bb45-548bd8790e0d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad7525b752cdf89e90c51ed97bed41c2" ns2:_="" ns3:_="">
     <xsd:import namespace="3ef1bdcf-d666-41c0-ade2-adc63f3af01a"/>
+    <xsd:import namespace="ad4312c4-0de2-469b-bb45-548bd8790e0d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ef1bdcf-d666-41c0-ade2-adc63f3af01a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ecf50c9d-bc8f-48ed-ba3c-7168a5cdc8d7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="18" nillable="true" ma:displayName="Sign-off status" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ad4312c4-0de2-469b-bb45-548bd8790e0d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{521c191e-311d-4ad3-8414-ce5368b6fc09}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ad4312c4-0de2-469b-bb45-548bd8790e0d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4259,377 +8690,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...258 lines deleted...]
-</ct:contentTypeSchema>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE4D91B7-113C-4540-A1D6-323497D8810F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="19d215d3-1cde-4422-9399-fd972d44f24f"/>
-    <ds:schemaRef ds:uri="d373b4a9-5e9c-4a91-95b1-33b421fa774e"/>
+    <ds:schemaRef ds:uri="3ef1bdcf-d666-41c0-ade2-adc63f3af01a"/>
+    <ds:schemaRef ds:uri="ad4312c4-0de2-469b-bb45-548bd8790e0d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{100DECDE-7443-427E-A875-7C9A17B8D475}">
-[...11 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1496CA2-E1DE-44EA-A434-F1E0EEAB3DBD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A7AA2D9-9148-43E9-9DCE-75C4260AFC90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d373b4a9-5e9c-4a91-95b1-33b421fa774e"/>
-    <ds:schemaRef ds:uri="19d215d3-1cde-4422-9399-fd972d44f24f"/>
+    <ds:schemaRef ds:uri="3ef1bdcf-d666-41c0-ade2-adc63f3af01a"/>
+    <ds:schemaRef ds:uri="ad4312c4-0de2-469b-bb45-548bd8790e0d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{100DECDE-7443-427E-A875-7C9A17B8D475}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1238</Characters>
+  <Pages>6</Pages>
+  <Words>601</Words>
+  <Characters>3807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>184</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1453</CharactersWithSpaces>
+  <CharactersWithSpaces>4372</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amy McGuire</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010072C67BDCB9CF384D9A936977ADE63F8D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>371f16a7-c740-4abb-9626-2f24726cadcc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>4fba59,32db87eb,56a7a54c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-12-04T10:39:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>7417c0ef-c1f4-405a-b11e-113b2e2d01c3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>