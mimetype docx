--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -1,51 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7571A305" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2387FCDD" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs w:val="0"/>
@@ -332,182 +333,158 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide us with your name and contact details.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2628"/>
         <w:gridCol w:w="5174"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="25054F10" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3928EDC4" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="723637BD" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="604ED60D" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57B6E6F6" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>First name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EC75684" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="221E7835" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B76913B" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Last name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EAE5C7A" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="0FDF1961" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05F65276" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
@@ -516,182 +493,158 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31493EFE" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62025E0E" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="2C22C186" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CDD4CFD" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Contact telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50DF934D" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="31C6D885" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C66EF45" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Email address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23F60FBF" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="4004C368" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="346D40C2" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E5A0F2B" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="27FFD14A" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11C93E02" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date of complaint:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
@@ -832,50 +785,57 @@
               <w:size w:val="30"/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>A member of the public</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D5DDF4" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
@@ -898,50 +858,57 @@
             <w:checkBox>
               <w:size w:val="30"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>An elected or co-opted Member of the Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B08D31" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
@@ -958,50 +925,57 @@
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="30"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1031,50 +1005,57 @@
             <w:checkBox>
               <w:size w:val="30"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>A Monitoring Officer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="454AE952" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
@@ -1097,50 +1078,57 @@
             <w:checkBox>
               <w:size w:val="30"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Other council employee, contractor or agent of the Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E5BD63" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
@@ -1163,92 +1151,107 @@
             <w:checkBox>
               <w:size w:val="30"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:position w:val="-5"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:position w:val="-5"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002F01BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       )</w:t>
-      </w:r>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D96E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="399F6D8F" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="343AE4B0" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Equality Monitoring </w:t>
@@ -1337,56 +1340,50 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="648" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="884"/>
         <w:gridCol w:w="3616"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="27299008" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D602401" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C5213FA" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
@@ -1402,103 +1399,91 @@
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D540F4" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="4E070C53" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00875003" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6215330B" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6254106D" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="3EE47C79" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F70A71D" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FC7F102" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2387,56 +2372,50 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9878"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="7CE53488" w14:textId="77777777" w:rsidTr="00D96E46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9878" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26329805" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E46">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Please provide us with details of why you believe we should withhold your name and/or the details of your complaint:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DFEC583" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2788,56 +2767,50 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9396"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w14:paraId="5B3DA093" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9396" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B485126" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="105DF546" w14:textId="77777777" w:rsidR="00B66D6D" w:rsidRPr="00D96E46" w:rsidRDefault="00B66D6D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -3900,2553 +3873,2780 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Legal.support@bristol.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E22050" w14:textId="77777777" w:rsidR="00F12DB5" w:rsidRPr="00D96E46" w:rsidRDefault="00F12DB5" w:rsidP="00EE6A70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FE9B9D" w14:textId="77777777" w:rsidR="00F12DB5" w:rsidRPr="00D96E46" w:rsidRDefault="00F12DB5" w:rsidP="00F12DB5">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="5C60180B" w14:textId="436CC26E" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="5E91820B">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="Picture 1" o:spid="_x0000_s2056" type="#_x0000_t75" alt="A red and white logo with a boat and castle&#10;&#10;AI-generated content may be incorrect." style="position:absolute;margin-left:436.7pt;margin-top:-11.6pt;width:74.55pt;height:41.9pt;z-index:1;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" wrapcoords="-218 0 -218 21214 21600 21214 21600 0 -218 0">
+            <v:imagedata r:id="rId8" o:title="A red and white logo with a boat and castle&#10;&#10;AI-generated content may be incorrect"/>
+            <w10:wrap type="through" anchorx="margin" anchory="margin"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Bristol City Council Summary Monitoring Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D874E16" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="002D2334" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2334">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We want to make sure that our services are fair and provided to those who need them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACB9800" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="002D2334" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2334">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By answering these </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D2334">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D2334">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you will help us improve what we do and make our services more accessible. All questions are optional. You do not have to answer any of these questions but the more information you supply, the more effective our monitoring will be. Information provided will be treated confidentially and in accordance with the UK General Data Protection Regulation (GDPR). Personal and sensitive information will be used solely for the purpose of equalities monitoring to ensure that everyone is treated fairly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F933B7F" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="002D2334" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E5E6EF2" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="002D2334" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2334">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please answer the questions below by ticking the boxes that you feel most describes you. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D324D7" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...44 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is your age?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A390760" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0-10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  11-15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  18-24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  35-44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DCBB5B" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45-54</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55-64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65-74</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75-84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  85 +</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170C3E7E" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you consider yourself to be a Disabled person? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC63699" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Bristol City Council uses the ‘Social Model of Disability’ which recognises the right to self-identify as a Disabled person and that people are Disabled by barriers in society such as lack of physical access and lack of accessible communication, not by their impairment (including mental, physical, sensory, health conditions, learning difficulties etc.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2968B9" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A32C37" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...45 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is your ethnic group? (please tick one box only) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE41DDC" w14:textId="292D2D13" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asian or Asian </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>British</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Black, Black British, Caribbean or African </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mixed or multiple ethnic groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5A5FA2" w14:textId="3621F517" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> White British</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>British</w:t>
-[...63 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other White Background</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Western European </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D96E46">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D96E46">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gypsy, Roma or Traveller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F13941A" w14:textId="799CF484" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="0507345D">
+          <v:rect id="Rectangle 2" o:spid="_x0000_s2055" style="position:absolute;margin-left:351.55pt;margin-top:1.6pt;width:126pt;height:15pt;z-index:2;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVodKaSwIAAJoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3YKtGiDOEWQosOA&#10;oC3QDj0rshQLkESNUmJnXz9Kdtqu22lYDgolUo/i46MXN4Oz7KAwGvANn53VnCkvoTV+1/Dvz3df&#10;rjiLSfhWWPCq4UcV+c3y86dFH+bqHDqwrUJGID7O+9DwLqUwr6ooO+VEPIOgPDk1oBOJtrirWhQ9&#10;oTtbndf1ZdUDtgFBqhjp9HZ08mXB11rJ9KB1VInZhtPbUlmxrNu8VsuFmO9QhM7I6RniH17hhPGU&#10;9BXqViTB9mj+gHJGIkTQ6UyCq0BrI1WpgaqZ1R+qeepEUKUWIieGV5ri/4OV94en8IhEQx/iPJKZ&#10;qxg0uvxP72NDIev4SpYaEpN0OLusa+oAZ5J8s+v6gmyCqd5uB4zpqwLHstFwpGYUjsRhE9MYegrJ&#10;yTzcGWtLQ6xnfcOvL84vCF6QLLQViUwX2oZHv+NM2B3pTSYsiBGsafPtjBNxt11bZAdBPV/X+Tc9&#10;7LewnPpWxG6MK65RDc4kkqQ1ruFX729bn9FVEdVUwBtn2UrDdpiI3EJ7fESGMAouBnlnKN9GxPQo&#10;kBRGvNHUpAdatAUqFiaLsw7w59/Oczw1nryc9aRYYuLHXqDizH7zJIks75OBJ2N7MvzerYEImdE8&#10;BllMuoDJnkyN4F5omFY5C7mEl5Sr4cT7aK7TODc0jFKtViWIRBxE2vinIDN0Jijz+jy8CAxT3xMp&#10;5h5OWhbzD+0fY0cBrPYJtCnayISOLJKm8oYGoKhrGtY8Ye/3Jertk7L8BQAA//8DAFBLAwQUAAYA&#10;CAAAACEABzZDO9wAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReisORuUn&#10;jYMQUluJnoA+gBNvk5R4HcUOpG/f7akcv53R7Ey2HV0rrtiHxpOG+SwBgVR621Cl4fP8+rQGEaIh&#10;a1pPqOEHA2zzyUNmUutvdMTrKVaCQyikRkMdY5dKGcoanQkz3yGx9uV7ZyJjX0nbmxuHu1aqJFlK&#10;ZxriD7XpcF9jeTkNTsPb4YzHbxp2c5cU74duoz7kWmn9OB13LyAijvHfDH/1uTrk3KnwA9kgWg3L&#10;1WLFVg0LBYL1jXpmLpj5IPNM3g/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVodKa&#10;SwIAAJoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAH&#10;NkM73AAAAAgBAAAPAAAAAAAAAAAAAAAAAKUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="513AC7D7" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="57116988" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="520A6BDC" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...492 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other ethnic </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D96E46">
-[...3 lines deleted...]
-        <w:t>South East</w:t>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>background  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D96E46">
-[...162 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please specify) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D25A9E0" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is your religion/faith? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F2B6BE" w14:textId="3D8DEA87" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No religion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Buddhist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Christian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hindu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jewish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Muslim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pagan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32594BA0" w14:textId="08FD5442" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="5D17688F">
+          <v:rect id="_x0000_s2054" style="position:absolute;margin-left:349.15pt;margin-top:1.65pt;width:126pt;height:15pt;z-index:3;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBW493fTwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFqGzEQvRf6D0L3ZteGhMR4HYxDSiEk&#10;hqTkLGslr0DSqCPZu+7Xd6S14zTtqdQHeSSN3sy8ebPz28FZtlcYDfiGTy5qzpSX0Bq/bfj3l/sv&#10;15zFJHwrLHjV8IOK/Hbx+dO8DzM1hQ5sq5ARiI+zPjS8SynMqirKTjkRLyAoT5ca0IlEW9xWLYqe&#10;0J2tpnV9VfWAbUCQKkY6vRsv+aLga61ketI6qsRswym3VFYs6yav1WIuZlsUoTPymIb4hyycMJ6C&#10;vkHdiSTYDs0fUM5IhAg6XUhwFWhtpCo1UDWT+kM1z50IqtRC5MTwRlP8f7Dycf8c1kg09CHOIpm5&#10;ikGjy/+UHxsKWYc3stSQmKTDyVVdUwc4k3Q3uakvySaY6vw6YExfFTiWjYYjNaNwJPYPMY2uJ5cc&#10;zMO9sbY0xHrWN/zmcnpJ8IJkoa1IZLrQNjz6LWfCbklvMmFBjGBNm19nnIjbzcoi2wvq+arOv2Ni&#10;v7nl0HcidqNfuRrV4EwiSVrjGn79/rX1GV0VUR0LOHOWrTRsBmYow0kGyicbaA9rZAij7mKQ94bC&#10;PoiY1gJJaEQfDU96okVboJrhaHHWAf7823n2p/7TLWc9CZcI+bETqDiz3zwpI6v8ZODJ2JwMv3Mr&#10;IF4mNJZBFpMeYLInUyO4V5qpZY5CV8JLitVwon80V2kcH5pJqZbL4kRaDiI9+OcgM3TmKdP7MrwK&#10;DMf2JxLOI5wkLWYfVDD6jjpY7hJoUyRyZpGklTc0B0Vkx5nNg/Z+X7zOX5bFLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJg5MfbcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHbU&#10;qaOWNsSpKiRAKqu2HMCJhyQQj6PYacPtO13R5dP/+vMm30yuEyccQutJw3yWgECqvG2p1vB1fHta&#10;gQjRkDWdJ9TwhwE2xf1dbjLrz7TH0yHWgkcoZEZDE2OfSRmqBp0JM98jcfbtB2ci41BLO5gzj7tO&#10;qiRZSmda4guN6fG1wer3MDoN77sj7n9o3M5dUn7s+rX6lCul9ePDtH0BEXGK/2W46rM6FOxU+pFs&#10;EJ2G5XOquKohTUFwvlYL5vLKKcgil7cPFBcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;VuPd308CAAChBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAmDkx9twAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="37ABBE64" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="52B3E442" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5A48A153" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2F61D5D4" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5754F656" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="717B36A7" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1EEC96B6" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="755E8946" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sikh</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other (please specify): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B7003C" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is your sex? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(If unsure you can use the sex recorded in your official documents)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5590BFBC" w14:textId="72B89FC9" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="06080C88">
+          <v:rect id="_x0000_s2053" style="position:absolute;margin-left:342.3pt;margin-top:2.25pt;width:126pt;height:15pt;z-index:5;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVC7CwTwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFqGzEQvRf6D0L3ZteGhMR4HYyNSyEk&#10;gaTkLGslr0DSqCPZu+nXd6S14zTtqdQHeSSN3sy8ebPz28FZdlAYDfiGTy5qzpSX0Bq/a/j3582X&#10;a85iEr4VFrxq+KuK/Hbx+dO8DzM1hQ5sq5ARiI+zPjS8SynMqirKTjkRLyAoT5ca0IlEW9xVLYqe&#10;0J2tpnV9VfWAbUCQKkY6XY+XfFHwtVYyPWgdVWK24ZRbKiuWdZvXajEXsx2K0Bl5TEP8QxZOGE9B&#10;36DWIgm2R/MHlDMSIYJOFxJcBVobqUoNVM2k/lDNUyeCKrUQOTG80RT/H6y8PzyFRyQa+hBnkcxc&#10;xaDR5X/Kjw2FrNc3stSQmKTDyVVdUwc4k3Q3uakvySaY6vw6YExfFTiWjYYjNaNwJA53MY2uJ5cc&#10;zMPGWFsaYj3rG35zOb0keEGy0FYkMl1oGx79jjNhd6Q3mbAgRrCmza8zTsTddmWRHQT1fFXn3zGx&#10;39xy6LWI3ehXrkY1OJNIkta4hl+/f219RldFVMcCzpxlKw3bgRnKcJqB8skW2tdHZAij7mKQG0Nh&#10;70RMjwJJaEQfDU96oEVboJrhaHHWAf7823n2p/7TLWc9CZcI+bEXqDiz3zwpI6v8ZODJ2J4Mv3cr&#10;IF4mNJZBFpMeYLInUyO4F5qpZY5CV8JLitVwon80V2kcH5pJqZbL4kRaDiLd+acgM3TmKdP7PLwI&#10;DMf2JxLOPZwkLWYfVDD6jjpY7hNoUyRyZpGklTc0B0Vkx5nNg/Z+X7zOX5bFLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANdx9kzcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHiz&#10;S7GVggxNY6Im9dTWH7DACCg7S9ilxX/veNLjm/fy5nv5dra9OtPoO8cIy0UEirhydccNwvvp+W4D&#10;ygfDtekdE8I3edgW11e5yWp34QOdj6FRUsI+MwhtCEOmta9assYv3EAs3ocbrQkix0bXo7lIue11&#10;HEUP2pqO5UNrBnpqqfo6ThbhZX+iwydPu6WNytf9kMZvehMj3t7Mu0dQgebwF4ZffEGHQphKN3Ht&#10;VY+QrNaJRBFWa1Dip2kiukS4l4Mucv1/QPEDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;1QuwsE8CAAChBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA13H2TNwAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="169D4991" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2B1C012A" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6C6578A7" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0BD29B0D" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="29930948" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="08D7D48B" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5B01939D" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="6688D3F0" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Female </w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Male</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other (please specify):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D186325" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you consider yourself to have a gender identity different from your sex recorded at birth? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA03FBC" w14:textId="4D6796D5" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes (e.g. trans or non-binary)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB9D919" w14:textId="1A123F19" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="17884501">
+          <v:rect id="_x0000_s2052" style="position:absolute;margin-left:299.8pt;margin-top:.25pt;width:126pt;height:15pt;z-index:4;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUrJSVTwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dcm12nSpRYWUeWLVeV&#10;oiRSEuWMWfAiAUMH7N3013dg/ZGmPVX1AQ8wvJl582Zvbgdn2U5hNOAbPjmrOVNeQmv8puEvz6sv&#10;V5zFJHwrLHjV8DcV+e3s86ebPkzVOXRgW4WMQHyc9qHhXUphWlVRdsqJeAZBebrUgE4k2uKmalH0&#10;hO5sdV7Xl1UP2AYEqWKk0+V4yWcFX2sl04PWUSVmG065pbJiWdd5rWY3YrpBEToj92mIf8jCCeMp&#10;6BFqKZJgWzR/QDkjESLodCbBVaC1karUQNVM6g/VPHUiqFILkRPDkab4/2Dl/e4pPCLR0Ic4jWTm&#10;KgaNLv9TfmwoZL0dyVJDYpIOJ5d1TR3gTNLd5Lq+IJtgqtPrgDF9U+BYNhqO1IzCkdjdxTS6Hlxy&#10;MA8rY21piPWsb/j1xfkFwQuShbYikelC2/DoN5wJuyG9yYQFMYI1bX6dcSJu1guLbCeo54s6//aJ&#10;/eaWQy9F7Ea/cjWqwZlEkrTGNfzq/WvrM7oqotoXcOIsW2lYD8xQhl8zUD5ZQ/v2iAxh1F0McmUo&#10;7J2I6VEgCY3oo+FJD7RoC1Qz7C3OOsCffzvP/tR/uuWsJ+ESIT+2AhVn9rsnZWSVHww8GOuD4bdu&#10;AcTLhMYyyGLSA0z2YGoE90ozNc9R6Ep4SbEaTvSP5iKN40MzKdV8XpxIy0GkO/8UZIbOPGV6n4dX&#10;gWHf/kTCuYeDpMX0gwpG31EH820CbYpETiyStPKG5qCIbD+zedDe74vX6csy+wUAAP//AwBQSwME&#10;FAAGAAgAAAAhADsZiEHdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;naBWaYhTVUiAVFZ9fIATD0naeBzFThv+nmEFq3ld3Xum2MyuF1ccQ+dJQ7JQIJBqbztqNJyOb08Z&#10;iBANWdN7Qg3fGGBT3t8VJrf+Rnu8HmIj2IRCbjS0MQ65lKFu0Zmw8AMS37786EzkcWykHc2NzV0v&#10;U6VW0pmOOKE1A762WF8Ok9Pwvjvi/kzTNnGq+tgN6/RTZqnWjw/z9gVExDn+ieEXn9GhZKbKT2SD&#10;6DWsVMLoUUO65sqCbPnMTaVhyQtZFvL/B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFSslJVPAgAAoQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADsZiEHdAAAACQEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="2D327426" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="039E93A0" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="75920EFA" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7F559350" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="11016611" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7DB55358" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="304B4783" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="53033FD6" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If ‘Yes’, please enter the term you use to describe your gender </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA9111" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...74 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is your sexual orientation? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2BEBC1" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(‘Bi’ is an umbrella term used to describe a romantic and/or sexual orientation towards more than one gender. Bi people may use other terms e.g. bisexual, pan or pansexual.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430015E4" w14:textId="63D1F439" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gay/Lesbian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Heterosexual / Straight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7554B04E" w14:textId="027AD5D5" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="7E215C52">
+          <v:rect id="_x0000_s2051" style="position:absolute;margin-left:198.7pt;margin-top:1.1pt;width:126pt;height:15pt;z-index:6;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDT2mtuTwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dcm11HTZRYWUeWLVeV&#10;oiRSEuWMWfAiAUMH7N3013dg/ZGmPVX1AQ8wvJl582Zvbgdn2U5hNOAbPjmrOVNeQmv8puEvz6sv&#10;V5zFJHwrLHjV8DcV+e3s86ebPkzVOXRgW4WMQHyc9qHhXUphWlVRdsqJeAZBebrUgE4k2uKmalH0&#10;hO5sdV7Xl1UP2AYEqWKk0+V4yWcFX2sl04PWUSVmG065pbJiWdd5rWY3YrpBEToj92mIf8jCCeMp&#10;6BFqKZJgWzR/QDkjESLodCbBVaC1karUQNVM6g/VPHUiqFILkRPDkab4/2Dl/e4pPCLR0Ic4jWTm&#10;KgaNLv9TfmwoZL0dyVJDYpIOJ5d1TR3gTNLd5Lq+IJtgqtPrgDF9U+BYNhqO1IzCkdjdxTS6Hlxy&#10;MA8rY21piPWsb/j1xfkFwQuShbYikelC2/DoN5wJuyG9yYQFMYI1bX6dcSJu1guLbCeo54s6//aJ&#10;/eaWQy9F7Ea/cjWqwZlEkrTGNfzq/WvrM7oqotoXcOIsW2lYD8xQhl8zUD5ZQ/v2iAxh1F0McmUo&#10;7J2I6VEgCY3oo+FJD7RoC1Qz7C3OOsCffzvP/tR/uuWsJ+ESIT+2AhVn9rsnZWSVHww8GOuD4bdu&#10;AcTLhMYyyGLSA0z2YGoE90ozNc9R6Ep4SbEaTvSP5iKN40MzKdV8XpxIy0GkO/8UZIbOPGV6n4dX&#10;gWHf/kTCuYeDpMX0gwpG31EH820CbYpETiyStPKG5qCIbD+zedDe74vX6csy+wUAAP//AwBQSwME&#10;FAAGAAgAAAAhAP95HGbcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01uwjAQhfeVegdrkNgV&#10;J0ZFkMZBqFJbia6AHsCJhyQQj6PYgfT2na7a1fy8pzff5NvJdeKGQ2g9aUgXCQikytuWag1fp7en&#10;NYgQDVnTeUIN3xhgWzw+5Caz/k4HvB1jLTiEQmY0NDH2mZShatCZsPA9EmtnPzgTeRxqaQdz53DX&#10;SZUkK+lMS3yhMT2+Nlhdj6PT8L4/4eFC4y51Sfmx7zfqU66V1vPZtHsBEXGKf2b4xWd0KJip9CPZ&#10;IDoNy+eNYqsGxYX1VZpyU7LAC1nk8v8DxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;09prbk8CAAChBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3kcZtwAAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox style="mso-next-textbox:#_x0000_s2051" inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="3843A8DD" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="16B1F9E8" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="44CD0808" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="08B9F114" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="60623B65" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="338D7532" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="54D5E165" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="2C34BE8D" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00885E5B" w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I use another term (please specify) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFC906E" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you pregnant or have you given birth in the last 26 weeks? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103D9B9D" w14:textId="2445E4DE" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26878CBC" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392ED2B4" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(A carer is anyone who provides unpaid support for a family member or friend etc. who needs help with their day-to-day life because of illness, disability or other needs. A young carer might also provide support for other children/siblings.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54560507" w14:textId="524F7B67" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030BBBE2" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Are you care-experienced?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74337483" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have you spent any time in foster care, residential care, or received support from a leaving care service? This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes adoption or arriving in the UK as an unaccompanied asylum-seeking child.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7509B442" w14:textId="4E925DA0" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D96E46">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105543B0" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a refugee or asylum seeker? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32126638" w14:textId="187458F5" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>15 or under</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D96E46">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>16 – 24</w:t>
-[...136 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prefer not to say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E83D6D" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...1251 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is your postcode? (This helps us to understand diversity in different areas of Bristol) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1689323A" w14:textId="3AC32789" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00000000" w:rsidP="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="57136DD8">
+          <v:rect id="_x0000_s2050" style="position:absolute;margin-left:68.65pt;margin-top:10.9pt;width:126pt;height:15pt;z-index:7;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSfU9LTwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFqGzEQvRf6D0L3ZtcGh8R4HYxNSiEk&#10;gaTkLGslr0DSqCPZu+nXd6S14zTtqdQHeSSN3sy8ebOLm8FZdlAYDfiGTy5qzpSX0Bq/a/j359sv&#10;V5zFJHwrLHjV8FcV+c3y86dFH+ZqCh3YViEjEB/nfWh4l1KYV1WUnXIiXkBQni41oBOJtrirWhQ9&#10;oTtbTev6suoB24AgVYx0uhkv+bLga61ketA6qsRswym3VFYs6zav1XIh5jsUoTPymIb4hyycMJ6C&#10;vkFtRBJsj+YPKGckQgSdLiS4CrQ2UpUaqJpJ/aGap04EVWohcmJ4oyn+P1h5f3gKj0g09CHOI5m5&#10;ikGjy/+UHxsKWa9vZKkhMUmHk8u6pg5wJulucl3PyCaY6vw6YExfFTiWjYYjNaNwJA53MY2uJ5cc&#10;zMOtsbY0xHrWN/x6Np0RvCBZaCsSmS60DY9+x5mwO9KbTFgQI1jT5tcZJ+Juu7bIDoJ6vq7z75jY&#10;b2459EbEbvQrV6ManEkkSWtcw6/ev7Y+o6siqmMBZ86ylYbtwAxlOMtA+WQL7esjMoRRdzHIW0Nh&#10;70RMjwJJaEQfDU96oEVboJrhaHHWAf7823n2p/7TLWc9CZcI+bEXqDiz3zwpI6v8ZODJ2J4Mv3dr&#10;IF4mNJZBFpMeYLInUyO4F5qpVY5CV8JLitVwon8012kcH5pJqVar4kRaDiLd+acgM3TmKdP7PLwI&#10;DMf2JxLOPZwkLeYfVDD6jjpY7RNoUyRyZpGklTc0B0Vkx5nNg/Z+X7zOX5blLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhADAk31fcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;zo+ANMSpqkoFqZza8gBOvCSBeB3FThvenuVEjzP7aXam2My2FxccfedIQbyKQCDVznTUKPg47x8y&#10;ED5oMrp3hAp+0MOmXNwVOjfuSke8nEIjOIR8rhW0IQy5lL5u0Wq/cgMS3z7daHVgOTbSjPrK4baX&#10;SRQ9Sas74g+tHnDXYv19mqyC18MZj180bWMbVW+HYZ28yyxR6n45b19ABJzDPwx/9bk6lNypchMZ&#10;L3rW6XPKqIIk5gkMpNmajUrBIxuyLOTtgvIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Un1PS08CAAChBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAMCTfV9wAAAAJAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" filled="f" strokecolor="#c00000">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:p w14:paraId="69195754" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0C3818D8" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5F1DDC73" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="179F1AA5" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4DCDF0E0" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="709E9F68" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRPr="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1056576A" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+                <w:p w14:paraId="5B643015" w14:textId="77777777" w:rsidR="00885E5B" w:rsidRDefault="00885E5B" w:rsidP="00885E5B"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CAFE23" w14:textId="503D473D" w:rsidR="00B66D6D" w:rsidRPr="002D2334" w:rsidRDefault="00885E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E5B">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Abadi" w:hAnsi="Abadi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e.g. BS1 5TR </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B66D6D" w:rsidRPr="002D2334" w:rsidSect="00D96E46">
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CA670E5" w14:textId="77777777" w:rsidR="00F5702D" w:rsidRDefault="00F5702D">
+    <w:p w14:paraId="284D2B80" w14:textId="77777777" w:rsidR="00736D5C" w:rsidRDefault="00736D5C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DB3B3D7" w14:textId="77777777" w:rsidR="00F5702D" w:rsidRDefault="00F5702D">
+    <w:p w14:paraId="694E05C2" w14:textId="77777777" w:rsidR="00736D5C" w:rsidRDefault="00736D5C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -6455,88 +6655,109 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Abadi">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59D4A011" w14:textId="77777777" w:rsidR="004F19D8" w:rsidRDefault="004F19D8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidR="00797C72">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00797C72">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D0D8AA9" w14:textId="77777777" w:rsidR="004F19D8" w:rsidRDefault="004F19D8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
@@ -6622,69 +6843,69 @@
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46831468" w14:textId="77777777" w:rsidR="004F19D8" w:rsidRDefault="004F19D8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Policy agreed by Standards Committee 11 Feb 2010</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CB38D7E" w14:textId="77777777" w:rsidR="00F5702D" w:rsidRDefault="00F5702D">
+    <w:p w14:paraId="42C5D9B5" w14:textId="77777777" w:rsidR="00736D5C" w:rsidRDefault="00736D5C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06DBF893" w14:textId="77777777" w:rsidR="00F5702D" w:rsidRDefault="00F5702D">
+    <w:p w14:paraId="4F53560F" w14:textId="77777777" w:rsidR="00736D5C" w:rsidRDefault="00736D5C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E22E836" w14:textId="77777777" w:rsidR="004F19D8" w:rsidRDefault="004F19D8">
+  <w:p w14:paraId="4E22E836" w14:textId="77777777" w:rsidR="004F19D8" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict w14:anchorId="371314A5">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
@@ -11099,184 +11320,235 @@
   </w:num>
   <w:num w:numId="30" w16cid:durableId="530922117">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1396510102">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1675067078">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0075116B"/>
     <w:rsid w:val="000214F3"/>
     <w:rsid w:val="000547F8"/>
+    <w:rsid w:val="00054864"/>
     <w:rsid w:val="000963A4"/>
     <w:rsid w:val="0014214D"/>
     <w:rsid w:val="001627DB"/>
     <w:rsid w:val="00207745"/>
     <w:rsid w:val="00217BC8"/>
     <w:rsid w:val="00227D69"/>
     <w:rsid w:val="002453CD"/>
+    <w:rsid w:val="002D2334"/>
     <w:rsid w:val="002F01BC"/>
     <w:rsid w:val="003331B7"/>
     <w:rsid w:val="00357F31"/>
+    <w:rsid w:val="003C18DC"/>
     <w:rsid w:val="003D013E"/>
     <w:rsid w:val="003D02C2"/>
     <w:rsid w:val="003F0EC1"/>
     <w:rsid w:val="0044246C"/>
     <w:rsid w:val="00492E6A"/>
     <w:rsid w:val="004C1C86"/>
+    <w:rsid w:val="004E36F8"/>
     <w:rsid w:val="004F19D8"/>
     <w:rsid w:val="00546816"/>
     <w:rsid w:val="00562768"/>
     <w:rsid w:val="005D6A0C"/>
     <w:rsid w:val="006D0D01"/>
+    <w:rsid w:val="00736D5C"/>
     <w:rsid w:val="0075116B"/>
     <w:rsid w:val="007707E6"/>
     <w:rsid w:val="00797C72"/>
     <w:rsid w:val="007E2114"/>
+    <w:rsid w:val="00885E5B"/>
+    <w:rsid w:val="00903CBD"/>
     <w:rsid w:val="00B66D6D"/>
     <w:rsid w:val="00C0299D"/>
     <w:rsid w:val="00C45F6F"/>
     <w:rsid w:val="00CF5FC7"/>
     <w:rsid w:val="00D96E46"/>
     <w:rsid w:val="00E1158B"/>
     <w:rsid w:val="00EE6A70"/>
     <w:rsid w:val="00F12DB5"/>
     <w:rsid w:val="00F5702D"/>
     <w:rsid w:val="00FB3E8F"/>
     <w:rsid w:val="00FE2953"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="34302BF5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5008F05A-4919-44B5-B779-323A2D0E8B08}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -11543,68 +11815,74 @@
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleArialLeft063cmTopSinglesolidlineAuto05pt">
     <w:name w:val="Style Arial Left:  0.63 cm Top: (Single solid line Auto  0.5 pt..."/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
@@ -11688,94 +11966,103 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C0299D"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00885E5B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00885E5B"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41369849">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1749964076">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Legal.support@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Legal.support@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -12033,92 +12320,119 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>9865</Characters>
+  <Pages>6</Pages>
+  <Words>1915</Words>
+  <Characters>9346</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>292</Lines>
+  <Paragraphs>142</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DECISION NOTICE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Standards Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11572</CharactersWithSpaces>
+  <CharactersWithSpaces>11119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6946902</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Legal.support@bristol.gov.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DECISION NOTICE</dc:title>
   <dc:subject/>
-  <dc:creator>ellisi</dc:creator>
   <cp:keywords/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2026-01-27T09:34:35Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>8306b29b-d9de-4f6e-8176-fdac08872df8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>