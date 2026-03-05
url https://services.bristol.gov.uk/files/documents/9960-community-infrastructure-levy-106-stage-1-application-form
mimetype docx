--- v0 (2025-10-31)
+++ v1 (2026-03-05)
@@ -8,53 +8,53 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7F8" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B7F8" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AD9B7F8" wp14:editId="5AD9B7F9">
             <wp:extent cx="790571" cy="800100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1435033966" name="Picture 1" descr="Logo Bristol City Council"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
@@ -64,7621 +64,7481 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="790571" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                       <a:prstDash/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7F9" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B7F9" w14:textId="7B6E60B4" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Community Infrastructure Levy &amp; Section 106 funding 2025: Stage 1 Form</w:t>
+        <w:t>Community Infrastructure Levy &amp; Section 106 funding 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00C805CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955292">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>: Stage 1 Form</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B7FD" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B7FD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7FA" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B7FA" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>For more information about CIL/S106 funding, please refer to the 2025 Guidance notes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7FB" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B7FB" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If you have any questions about applying for CIL/S106 funding or completing this form, please contact: </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId11">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>communities@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7FC" w14:textId="546D3C7D">
+          <w:p w14:paraId="5AD9B7FC" w14:textId="546D3C7D" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">After submission, the Community Resources Team will contact you to let you know whether the Area Committee wants to take your idea forward or not. If the proposal is prioritised, you will be invited to complete a </w:t>
             </w:r>
             <w:r w:rsidR="00015036">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stage 2 Full</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Project Proposal form. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B7FE" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B7FE" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B7FF" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B7FF" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section 1: Your details</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B800" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B800" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide contact details for the group or individual completing this form.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="4136"/>
         <w:gridCol w:w="1092"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B803" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B803" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="6C022948" w14:textId="77777777">
+          <w:p w14:paraId="6C022948" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of group/individual</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B801" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B801" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B802" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B802" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B806" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B806" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="75B56522" w14:textId="77777777">
+          <w:p w14:paraId="75B56522" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B804" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B804" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B805" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B805" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B809" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B809" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF0EFD" w:rsidRDefault="009D1819" w14:paraId="4E9BE870" w14:textId="77777777">
+          <w:p w14:paraId="4E9BE870" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contact name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidP="00EF0EFD" w:rsidRDefault="009D1819" w14:paraId="5AD9B807" w14:textId="4AF5B134">
+          <w:p w14:paraId="5AD9B807" w14:textId="4AF5B134" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B808" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B808" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B80C" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B80C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="47261D41" w14:textId="77777777">
+          <w:p w14:paraId="47261D41" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Position in group (if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B80A" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B80A" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B80B" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B80B" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B80F" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B80F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="72DE939C" w14:textId="77777777">
+          <w:p w14:paraId="72DE939C" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B80D" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B80D" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B80E" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B80E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B812" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B812" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="098F8082" w14:textId="77777777">
+          <w:p w14:paraId="098F8082" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alternative telephone number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B810" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B810" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B811" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B811" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B815" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B815" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="30A417E2" w14:textId="77777777">
+          <w:p w14:paraId="30A417E2" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B813" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B813" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B814" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B814" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B818" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B818" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="65788383" w14:textId="77777777">
+          <w:p w14:paraId="65788383" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alternative email address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B816" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B816" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B817" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B817" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B81B" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B81B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="2A2B7001" w14:textId="77777777">
+          <w:p w14:paraId="2A2B7001" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of ward(s) or Neighbourhood Development Plan area</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B819" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B819" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B81A" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B81A" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B820" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B820" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B81C" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B81C" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Is your group / organisation equalities-led? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B81D" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B81D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Do more than two thirds of the board identify as Black or from a minoritized community, LGBTQ+, Disabled or from another equalities group?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B81E" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B81E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No / Not applicable</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B81F" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B81F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B824" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B824" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B821" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B821" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, mark </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> as appropriate:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4136" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B822" w14:textId="3DC41844">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B822" w14:textId="3DC41844" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Black, Asian and</w:t>
             </w:r>
             <w:r w:rsidR="008734DF">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/or</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Minority-Ethnic-led</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B823" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B823" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B828" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B828" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B825" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B825" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4136" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B826" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B826" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Disabled-led</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B827" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B827" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B82C" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B82C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B829" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B829" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4136" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B82A" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B82A" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LGBTQ+-led</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B82B" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B82B" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B831" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B831" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B82D" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B82D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4136" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B82E" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B82E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Other equalities group-led </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B82F" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B82F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please specify:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B830" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B830" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B832" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B832" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B833" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B833" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section 2: About the local priority or issue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B834" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B834" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This section is the most important part of the Stage 1 form. Please briefly describe the local issue and the proposal for addressing it.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5228" w:type="pct"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="1146"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="637"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B838" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B838" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B835" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B835" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Proposal title </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B836" w14:textId="77777777">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B836" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please give your proposal a short, clear, descriptive title </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eg.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ‘Improvements to community centre’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B837" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00813F87" w:rsidTr="272362D1" w14:paraId="14D25558" w14:textId="77777777">
+      <w:tr w:rsidR="00813F87" w:rsidRPr="00955292" w14:paraId="14D25558" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00813F87" w:rsidRDefault="009A740B" w14:paraId="5D35EC2B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5D35EC2B" w14:textId="77777777" w:rsidR="00813F87" w:rsidRDefault="009A740B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode of the site where the project will take place</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="000A4704" w:rsidP="000A4704" w:rsidRDefault="000A4704" w14:paraId="2C813ACE" w14:textId="2B270B9A">
+          <w:p w14:paraId="2C813ACE" w14:textId="2B270B9A" w:rsidR="000A4704" w:rsidRPr="00955292" w:rsidRDefault="000A4704" w:rsidP="000A4704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B9BE9C" w14:textId="77777777" w:rsidR="00813F87" w:rsidRPr="00955292" w:rsidRDefault="00813F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B83B" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B83B" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000A4704" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="21347FC6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="21347FC6" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="000A4704" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What is the local issue you are wanting to solve?</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (50 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="000A4704" w:rsidP="000A4704" w:rsidRDefault="000A4704" w14:paraId="5AD9B839" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B839" w14:textId="77777777" w:rsidR="000A4704" w:rsidRPr="00955292" w:rsidRDefault="000A4704" w:rsidP="000A4704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B83A" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B83F" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B83F" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B83C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B83C" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What is the proposal for addressing this problem?</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (50 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B83D" w14:textId="5D176E85">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B83D" w14:textId="5D176E85" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please note, if the proposal involves making improvements to a public space (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00EF0EFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="00EF0EFD" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e.g.</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> a park, highway or play area), Bristol City Council officers will work with you to develop a full proposal. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B83E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="520FDE56" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="520FDE56" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="018116A1" w14:textId="432DA37C">
+          </w:tcPr>
+          <w:p w14:paraId="018116A1" w14:textId="432DA37C" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7A46">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the following themes does your project fit into? </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD7A46">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tick appropriate or select other and suggest a different theme.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5693DA" w14:textId="19F22207" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Accessibility </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="504DC1C7" w14:textId="5FF7AA8C" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="60A82A2D" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="60A82A2D" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="18751FA7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="18751FA7" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="41056472" w14:textId="398B73E7" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nature and environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="604C0D54" w14:textId="18A9B159" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="180D949C" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="180D949C" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="2E66F84F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2E66F84F" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E5667F" w14:textId="236DEFF0" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Building upgrades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F50C11F" w14:textId="34EFDC5B" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="080443D6" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="080443D6" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="5C0AF00C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5C0AF00C" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0B8883" w14:textId="2662B979" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">New infrastructure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA7F239" w14:textId="535DC2EB" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="51635757" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="51635757" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="26AB1507" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="26AB1507" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1937F2" w14:textId="60674D80" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Waste facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C526E6F" w14:textId="1399CB4E" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="12351DE8" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="12351DE8" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="6B1A753A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6B1A753A" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="51977DFF" w14:textId="01AF953B" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Equipment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="71101CFE" w14:textId="0AF41A09" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="05AB5126" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="05AB5126" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="1AC91AD6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1AC91AD6" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="191F129F" w14:textId="2DAFBD16" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Traffic and highways </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="30173725" w14:textId="6E42F0DC" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="76DF140B" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="76DF140B" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="1854D5F4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1854D5F4" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B22DA3" w14:textId="37B2BBA8" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sports and play facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A0BF7F" w14:textId="435889FB" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="3ED52FF3" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="3ED52FF3" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="6710F0F1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6710F0F1" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E988423" w14:textId="3D2A57E0" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Community safety </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF82CA3" w14:textId="0CE5952D" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidTr="272362D1" w14:paraId="24CC5763" w14:textId="77777777">
+      <w:tr w:rsidR="00336E82" w:rsidRPr="00955292" w14:paraId="24CC5763" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00336E82" w:rsidRDefault="00336E82" w14:paraId="3D4534FF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3D4534FF" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="230EDF6C" w14:textId="2DE2AE91" w:rsidR="00336E82" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4559" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E45520D" w14:textId="77777777" w:rsidR="00336E82" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05093E3A" w14:textId="77777777" w:rsidR="00336E82" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C9E0256" w14:textId="77777777" w:rsidR="00336E82" w:rsidRPr="00955292" w:rsidRDefault="00336E82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B843" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B843" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10933" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B840" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B840" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eligibility for CIL funding</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: CIL funding must be used to either:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B841" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B841" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="452"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Build infrastructure to support development in your area OR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B842" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B842" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="452"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address the demands that development places on the area</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B846" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B846" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000A4704" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="650DDAE9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="650DDAE9" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="000A4704" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please explain how your proposal meets these criteria </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4704">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(50 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="000A4704" w:rsidP="000A4704" w:rsidRDefault="000A4704" w14:paraId="5AD9B844" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B844" w14:textId="77777777" w:rsidR="000A4704" w:rsidRPr="00955292" w:rsidRDefault="000A4704" w:rsidP="000A4704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B845" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B845" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B848" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B848" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10933" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcMar/>
-[...107 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CB9EFF" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Equality, Diversity and Inclusion:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CIL funded projects must take steps to eliminate discrimination, promote equality of opportunity and foster good relations between people from different groups. I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">f your proposal is approved to go through to Stage 2, </w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>you will be asked to complete an Equality Impact Assessment, showing how your proposal will take these steps</w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00860B8F" w:rsidR="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B847" w14:textId="14867892">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B847" w14:textId="14867892" w:rsidR="00860B8F" w:rsidRPr="00860B8F" w:rsidRDefault="00860B8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="6DFC8295" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="6DFC8295" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="6A9CA43D" w14:textId="6FB34F67">
+          </w:tcPr>
+          <w:p w14:paraId="6A9CA43D" w14:textId="6FB34F67" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391520">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Is your organisation or project idea targeted specifically to benefit a group that commonly or historically experiences structural inequality? If so, please indicate with a tick.</w:t>
+              <w:t xml:space="preserve">Is your organisation or project idea targeted specifically to benefit a group that commonly or historically </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00391520">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>experiences structural inequality? If so, please indicate with a tick.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="032B4775" w14:textId="35EC2000" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Communities experiencing racial inequality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="63030F9E" w14:textId="4FBA4FA9" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidP="00AE5C95" w:rsidRDefault="00671DCA" w14:paraId="1655A08A" w14:textId="2E46E314">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="1655A08A" w14:textId="2E46E314" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="7030B0A9" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="7030B0A9" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="7DE54CE9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7DE54CE9" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="6184962F" w14:textId="2CCA5CE2" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Young people (aged 16-25) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C49262" w14:textId="75949E2A" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="52B593E3" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="52B593E3" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="16F6354A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="16F6354A" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB5C63F" w14:textId="208BAFBF" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Women </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E670EF4" w14:textId="17CBC79E" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="1C3BCE4E" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="1C3BCE4E" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="1AF73F03" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1AF73F03" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="3238C7F7" w14:textId="1BCCD817" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LGB (lesbian, gay, bisexual) people</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A391DE0" w14:textId="196E2972" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="12A27214" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="12A27214" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="3D663517" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3D663517" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="368216F4" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="005B3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Transgender people</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="6342EB31" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="6342EB31" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="150F9A63" w14:textId="11F0F064" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="11A9C377" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="11A9C377" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="7CFF1FE3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7CFF1FE3" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="156E55A6" w14:textId="398EF1D8" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Faith communities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="62773143" w14:textId="385E51A1" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="169012FA" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="169012FA" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="38BC63D4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38BC63D4" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B17DA86" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="005B3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Disabled people</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="39709363" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="39709363" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4E8D50" w14:textId="450705A6" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="4A07DB6D" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="4A07DB6D" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="3034BD4A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3034BD4A" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DE3DC0" w14:textId="42549EC2" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Economically and educationally disadvantaged people</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="6485FD80" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="6485FD80" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="724E89C2" w14:textId="0444F55F" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="686C7607" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="686C7607" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="2A79B97E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2A79B97E" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E2AEB8" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Older people </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="4F356BE8" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="4F356BE8" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACDE8E6" w14:textId="7255589D" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidTr="272362D1" w14:paraId="70C15208" w14:textId="77777777">
+      <w:tr w:rsidR="00671DCA" w:rsidRPr="00955292" w14:paraId="70C15208" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w14:paraId="202425B6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="202425B6" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1713" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2CB170" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00671DCA" w:rsidP="00AE5C95" w:rsidRDefault="00671DCA" w14:paraId="12646357" w14:textId="77777777">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="12646357" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00671DCA" w:rsidP="00AE5C95" w:rsidRDefault="00671DCA" w14:paraId="25C78CFD" w14:textId="7DA9C663">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="25C78CFD" w14:textId="7DA9C663" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA" w:rsidP="00AE5C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3992" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="73787F87" w14:textId="77777777" w:rsidR="00671DCA" w:rsidRPr="00955292" w:rsidRDefault="00671DCA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0F1C2C" w:rsidTr="272362D1" w14:paraId="5BBF27CF">
+      <w:tr w:rsidR="3F0F1C2C" w14:paraId="5BBF27CF" w14:textId="77777777" w:rsidTr="272362D1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="3F0F1C2C" w:rsidP="272362D1" w:rsidRDefault="3F0F1C2C" w14:paraId="6A907E99" w14:textId="38027932">
+          </w:tcPr>
+          <w:p w14:paraId="6A907E99" w14:textId="38027932" w:rsidR="3F0F1C2C" w:rsidRDefault="4A710EE2" w:rsidP="272362D1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...10 lines deleted...]
-                <w:bCs w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please explain how your project </w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="57C83643">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="57C83643" w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="4A710EE2">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">aims to </w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="07F03B64">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> discrimination and promote equality of opportunity </w:t>
+            <w:r w:rsidR="07F03B64" w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eliminate discrimination and promote equality of opportunity </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...6 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="596D5947" w14:textId="038BB86E" w:rsidR="3F0F1C2C" w:rsidRDefault="3F0F1C2C" w:rsidP="3F0F1C2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B84E" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B84E" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10933" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="712B3853" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="712B3853" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="200"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eligibility for Section 106 funding</w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Only answer this question if applying for S106 funding.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B84D" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B84D" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F">
             <w:pPr>
               <w:spacing w:after="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="272362D1" w14:paraId="5AD9B851" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B851" w14:textId="77777777" w:rsidTr="272362D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidP="272362D1" w:rsidRDefault="009D1819" w14:paraId="5AD9B84F" w14:noSpellErr="1" w14:textId="43AB02E1">
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B84F" w14:textId="43AB02E1" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819" w:rsidP="272362D1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Which S106 contribution are you requesting to use?</w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please provide the permission code and site, which can be found on this </w:t>
             </w:r>
-            <w:hyperlink w:anchor="106money" r:id="R6033f45f754b4847">
-              <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
+            <w:hyperlink r:id="rId12" w:anchor="106money">
+              <w:r w:rsidRPr="272362D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>webpage</w:t>
               </w:r>
-              <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
+              <w:r w:rsidRPr="272362D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...1 lines deleted...]
-                  <w:iCs w:val="1"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                  <w:i/>
+                  <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>:</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...3 lines deleted...]
-                <w:iCs w:val="1"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="272362D1" w:rsidR="009D1819">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidRPr="272362D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B850" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B852" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B852" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B853" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B853" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 3: Land ownership and public space  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B854" w14:textId="12C48B70">
+    <w:p w14:paraId="5AD9B854" w14:textId="12C48B70" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In this section, please state if the proposal involves a public space. Any proposal involving a public space (for example, a park, highway or school) will require the relevant BCC department to approve and carry out the works. To find out if land is owned by Bristol City Council, use </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00955292">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Bristol Pinpoint Map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which shows land ownership by BCC department.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="007E5E52">
+      <w:r w:rsidR="007E5E52" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Read the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00135693">
+      <w:r w:rsidR="00135693" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="007E5E52">
+      <w:r w:rsidR="007E5E52" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uidance for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00135693">
+      <w:r w:rsidR="00135693" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="007E5E52">
+      <w:r w:rsidR="007E5E52" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pplicants for how to use pinpoint.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6077"/>
         <w:gridCol w:w="4379"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B857" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B857" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="6AAAA569" w14:textId="77777777">
+          <w:p w14:paraId="6AAAA569" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does this proposal involve a public space?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B855" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B855" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B856" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B856" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No / Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B85A" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B85A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="0B068ADB" w14:textId="77777777">
+          <w:p w14:paraId="0B068ADB" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If ‘yes’, which BCC department </w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00ED3111">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="00ED3111" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">owns and manages the space? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B858" w14:textId="1925F22D">
+          <w:p w14:paraId="5AD9B858" w14:textId="1925F22D" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B859" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B859" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B85D" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B85D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="2FBB6609" w14:textId="77777777">
+          <w:p w14:paraId="2FBB6609" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...13 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B85B" w14:textId="77777777">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have you </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>made contact with</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the relevant BCC department?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD9B85B" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B85C" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B85C" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No / Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B863" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B863" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B85E" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B85E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If ‘yes’, please provide contact details:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B85F" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B85F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B860" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B860" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B861" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B861" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tel: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B862" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B862" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B866" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B866" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="77F20FB7" w14:textId="77777777">
+          <w:p w14:paraId="77F20FB7" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If the land is not a public space, who owns the land on which the works would take place?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B864" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B864" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B865" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B865" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B869" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B869" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="083659FC" w14:textId="77777777">
+          <w:p w14:paraId="083659FC" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Have you got the landowner’s permission to carry out works?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B867" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B867" w14:textId="77777777" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B868" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B868" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No / Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B86C" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B86C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="70DB9177" w14:textId="77777777">
+          <w:p w14:paraId="70DB9177" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If ‘no’, please state what your next steps are</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00EF0EFD" w:rsidP="00EF0EFD" w:rsidRDefault="00EF0EFD" w14:paraId="5AD9B86A" w14:textId="4F0CE328">
+          <w:p w14:paraId="5AD9B86A" w14:textId="4F0CE328" w:rsidR="00EF0EFD" w:rsidRPr="00955292" w:rsidRDefault="00EF0EFD" w:rsidP="00EF0EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B86B" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B86B" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B870" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B870" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6077" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B86D" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B86D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If your proposal involves improvements to a leased building, what is the duration of your lease agreement?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B86E" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B86E" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please note, if your proposal is invited to Stage 2, you will need to provide a copy of your lease agreement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B86F" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B86F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B871" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B871" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B872" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B872" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section 4: Financial information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B873" w14:textId="766FC44A">
+    <w:p w14:paraId="5AD9B873" w14:textId="766FC44A" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In this section, please provide an estimated cost of your proposal and how much CIL/S106 funding you are seeking. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00277AFA">
+      <w:r w:rsidR="00277AFA" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You can apply for the full cost of the project or a contribution to it. </w:t>
       </w:r>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For this section, it may be helpful to speak to other groups who have developed and fundraised for a similar project to yours.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6405"/>
         <w:gridCol w:w="4051"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B875" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B875" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00277AFA" w:rsidRDefault="00277AFA" w14:paraId="5AD9B874" w14:noSpellErr="1" w14:textId="783FE2BA">
+          <w:p w14:paraId="5AD9B874" w14:textId="783FE2BA" w:rsidR="00277AFA" w:rsidRPr="00955292" w:rsidRDefault="00277AFA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="00277AFA">
+            <w:r w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Please note: if the work is on public land and will be carried out </w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="5278492A">
+            <w:r w:rsidR="5278492A" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>by a BCC department</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="1B8950C7">
+            <w:r w:rsidR="1B8950C7" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>, priority proposals will be developed with costs before being considered by your committee</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="564AB74D">
+            <w:r w:rsidR="564AB74D" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B878" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B878" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="41C404E6" w14:textId="77777777">
+          <w:p w14:paraId="41C404E6" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How much money do you estimate the project will cost in total?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B876" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B876" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B877" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B877" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B87B" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B87B" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="001B7B5E" w14:paraId="54228869" w14:textId="77777777">
+          <w:p w14:paraId="54228869" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="001B7B5E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How much CIL money would you like to apply for?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B879" w14:textId="7D2AC35F">
+          <w:p w14:paraId="5AD9B879" w14:textId="7D2AC35F" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B87A" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B87A" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B87E" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B87E" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="38CA17A0" w14:textId="77777777">
+          <w:p w14:paraId="38CA17A0" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How much S106 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00955292">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="00955292" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="001B7B5E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="001B7B5E" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>re you applying for</w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00C41DF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="00C41DF8" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B87C" w14:textId="23FF95E5">
+          <w:p w14:paraId="5AD9B87C" w14:textId="23FF95E5" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B87D" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B87D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B881" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B881" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5EBA0BDD" w14:textId="77777777">
+          <w:p w14:paraId="5EBA0BDD" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are you seeking any other funding from another source for this project?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00CB7D42">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+            <w:r w:rsidR="00CB7D42" w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> This could be from other grants or match funding raised.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B87F" w14:textId="1A20251E">
+          <w:p w14:paraId="5AD9B87F" w14:textId="1A20251E" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B880" w14:textId="77777777">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5AD9B880" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B884" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B884" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="7F086FF3" w14:textId="77777777">
+          <w:p w14:paraId="7F086FF3" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How much other funding are you expecting?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B882" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B882" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B883" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B883" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B887" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B887" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="1A8C0791" w14:textId="77777777">
+          <w:p w14:paraId="1A8C0791" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is the other funding secured?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B885" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B885" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B886" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B886" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidTr="66C1414D" w14:paraId="5AD9B88A" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B88A" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="0946A4D5" w14:textId="77777777">
+          <w:p w14:paraId="0946A4D5" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If ‘no’, where will the other funding come from and when do you expect to know?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="00860B8F" w:rsidP="00860B8F" w:rsidRDefault="00860B8F" w14:paraId="5AD9B888" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B888" w14:textId="77777777" w:rsidR="00860B8F" w:rsidRPr="00955292" w:rsidRDefault="00860B8F" w:rsidP="00860B8F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B889" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B889" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="66C1414D" w:rsidTr="66C1414D" w14:paraId="5A1109F1">
+      <w:tr w:rsidR="66C1414D" w14:paraId="5A1109F1" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="52DF5B9A" w:rsidP="66C1414D" w:rsidRDefault="52DF5B9A" w14:paraId="0D5D77A0" w14:textId="7E0265B9">
+          <w:p w14:paraId="0D5D77A0" w14:textId="7E0265B9" w:rsidR="52DF5B9A" w:rsidRDefault="52DF5B9A" w:rsidP="66C1414D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="66C1414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If your proposal is on public land, have you already discussed the proposal with an Officer to get the estimated cost?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="52DF5B9A" w:rsidP="66C1414D" w:rsidRDefault="52DF5B9A" w14:paraId="560C3E58" w14:textId="0117A812">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w14:paraId="560C3E58" w14:textId="0117A812" w:rsidR="52DF5B9A" w:rsidRDefault="52DF5B9A" w:rsidP="66C1414D">
+            <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="66C1414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="52DF5B9A">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="66C1414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  If so, please name the Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="52DF5B9A" w:rsidP="66C1414D" w:rsidRDefault="52DF5B9A" w14:paraId="09F0494F" w14:textId="5E2C1691">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w14:paraId="09F0494F" w14:textId="5E2C1691" w:rsidR="52DF5B9A" w:rsidRDefault="52DF5B9A" w:rsidP="66C1414D">
+            <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="66C1414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes / No   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B88B" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B88B" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidP="00D3358C" w:rsidRDefault="00D3358C" w14:paraId="5AD9B88C" w14:textId="2BA99E29">
+    <w:p w14:paraId="5AD9B88C" w14:textId="2BA99E29" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00D3358C" w:rsidP="00D3358C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 5: Eligibility to receive funds </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="008617A3" w:rsidRDefault="00D3358C" w14:paraId="2FE0E506" w14:noSpellErr="1" w14:textId="27441514">
+    <w:p w14:paraId="2FE0E506" w14:textId="27441514" w:rsidR="008617A3" w:rsidRPr="00955292" w:rsidRDefault="00D3358C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00D3358C">
+      <w:r w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are a community organisation or group making a proposal that you </w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00FE4B96">
+      <w:r w:rsidR="00FE4B96" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>plan to</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00D3358C">
+      <w:r w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> directly deliver</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="59554CA0">
+      <w:r w:rsidR="59554CA0" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00FE4B96">
+      <w:r w:rsidR="00FE4B96" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00D3358C">
+      <w:r w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or if you are hoping to </w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00FE4B96">
+      <w:r w:rsidR="00FE4B96" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seek permission</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="007D2BF8">
+      <w:r w:rsidR="007D2BF8" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the relevant BCC department</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="00FE4B96">
+      <w:r w:rsidR="00FE4B96" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to deliver </w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="004B7D61">
+      <w:r w:rsidR="004B7D61" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a project in the public realm yourself, you will need to meet the </w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="005269FE">
+      <w:r w:rsidR="005269FE" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...1 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eligibility criteria in the Guidance for Applicants</w:t>
       </w:r>
-      <w:r w:rsidRPr="66C1414D" w:rsidR="005269FE">
+      <w:r w:rsidR="005269FE" w:rsidRPr="66C1414D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> document on our website. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00D3358C" w:rsidRDefault="005269FE" w14:paraId="27038D0E" w14:textId="0ED013DE">
+    <w:p w14:paraId="27038D0E" w14:textId="0ED013DE" w:rsidR="00D3358C" w:rsidRPr="00955292" w:rsidRDefault="005269FE">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please complete the below to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="008617A3">
+      <w:r w:rsidR="008617A3" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00421690">
+      <w:r w:rsidR="00421690" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indicate if you plan on holding funds and delivering the project</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00ED6BAF">
+      <w:r w:rsidR="00ED6BAF" w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, indicating how you meet the eligibility criteria. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10479" w:type="dxa"/>
         <w:tblInd w:w="6" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="66" w:type="dxa"/>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="44" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="494"/>
         <w:gridCol w:w="9985"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="001B08F4" w:rsidTr="66C1414D" w14:paraId="1D4A74E9" w14:textId="77777777">
+      <w:tr w:rsidR="001B08F4" w:rsidRPr="00955292" w14:paraId="1D4A74E9" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10479" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="001B08F4" w:rsidP="66C1414D" w:rsidRDefault="001B08F4" w14:paraId="01AB222B" w14:noSpellErr="1" w14:textId="7D512CCE">
+          </w:tcPr>
+          <w:p w14:paraId="01AB222B" w14:textId="7D512CCE" w:rsidR="001B08F4" w:rsidRPr="00955292" w:rsidRDefault="40AAB76A" w:rsidP="66C1414D">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="66C1414D" w:rsidR="40AAB76A">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Please tell us if you are</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="713042F2">
+            <w:r w:rsidR="713042F2" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> applying to deliver your prop</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="56BF5F5E">
+            <w:r w:rsidR="56BF5F5E" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>osal yourself</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="12471116">
+            <w:r w:rsidR="12471116" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="56BF5F5E">
+            <w:r w:rsidR="56BF5F5E" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> or suggesting a proposal to be delivered by Bristol City Council in the public realm?</w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="7E9FE3B6">
+            <w:r w:rsidR="7E9FE3B6" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="66C1414D" w:rsidR="7E9FE3B6">
+            <w:r w:rsidR="7E9FE3B6" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">This will help us </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="66C1414D" w:rsidR="7E9FE3B6">
+              <w:t>This will help us allocate your proposal to the correct team</w:t>
+            </w:r>
+            <w:r w:rsidR="00135693" w:rsidRPr="66C1414D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...12 lines deleted...]
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00CD72F2" w:rsidTr="66C1414D" w14:paraId="6DC5DF84" w14:textId="77777777">
+      <w:tr w:rsidR="00CD72F2" w:rsidRPr="00955292" w14:paraId="6DC5DF84" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10479" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD72F2" w:rsidP="0011048B" w:rsidRDefault="00CD72F2" w14:paraId="4A1D234B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4A1D234B" w14:textId="77777777" w:rsidR="00CD72F2" w:rsidRDefault="00CD72F2" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001629F3" w:rsidP="0011048B" w:rsidRDefault="001629F3" w14:paraId="54E3EB54" w14:textId="77777777">
+          <w:p w14:paraId="54E3EB54" w14:textId="77777777" w:rsidR="001629F3" w:rsidRDefault="001629F3" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00955292" w:rsidR="001629F3" w:rsidP="0011048B" w:rsidRDefault="001629F3" w14:paraId="29BDB497" w14:textId="77777777">
+          <w:p w14:paraId="29BDB497" w14:textId="77777777" w:rsidR="001629F3" w:rsidRPr="00955292" w:rsidRDefault="001629F3" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="1DFFC9A8" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="1DFFC9A8" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10479" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008617A3" w14:paraId="0E9FA814" w14:textId="370AE1A0">
+          </w:tcPr>
+          <w:p w14:paraId="0E9FA814" w14:textId="370AE1A0" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008617A3" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>What is your organisations status</w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="008B3D82">
+            <w:r w:rsidR="008B3D82" w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="005C58BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C58BC" w:rsidR="005C58BC">
+            <w:r w:rsidR="005C58BC" w:rsidRPr="005C58BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Please tick the box on the left</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="18FCA9AA" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="18FCA9AA" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="78E7E2F5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="78E7E2F5" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="72FAC24B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="72FAC24B" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A Community Interest Company limited by guarantee </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="69A46D6D" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="69A46D6D" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="3005A052" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3005A052" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="62E44127" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="62E44127" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A Community Interest Company limited by share (Schedule 2 with 100% asset lock only) </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="35C988F7" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="35C988F7" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="6406DCE4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6406DCE4" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="7654FF0D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7654FF0D" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A company limited by guarantee with charitable status </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="308FF1EF" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="308FF1EF" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="0F982D4C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0F982D4C" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="5C0E6D9C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5C0E6D9C" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A community benefit company registered as an Industrial and Provident Society </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidTr="66C1414D" w14:paraId="5A3AE77B" w14:textId="77777777">
+      <w:tr w:rsidR="008277DD" w:rsidRPr="00955292" w14:paraId="5A3AE77B" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="1D4125C2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D4125C2" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008277DD" w:rsidP="0011048B" w:rsidRDefault="008277DD" w14:paraId="67524556" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67524556" w14:textId="77777777" w:rsidR="008277DD" w:rsidRPr="00955292" w:rsidRDefault="008277DD" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A Charitable Incorporated Organisation </w:t>
             </w:r>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="008B3D82" w:rsidTr="66C1414D" w14:paraId="55039DCD" w14:textId="77777777">
+      <w:tr w:rsidR="008B3D82" w:rsidRPr="00955292" w14:paraId="55039DCD" w14:textId="77777777" w:rsidTr="66C1414D">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008B3D82" w:rsidP="0011048B" w:rsidRDefault="008B3D82" w14:paraId="78C0429B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="78C0429B" w14:textId="77777777" w:rsidR="008B3D82" w:rsidRPr="00955292" w:rsidRDefault="008B3D82" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00955292" w:rsidR="008B3D82" w:rsidP="0011048B" w:rsidRDefault="008B3D82" w14:paraId="02C830C5" w14:textId="7D040DD9">
+          </w:tcPr>
+          <w:p w14:paraId="02C830C5" w14:textId="7D040DD9" w:rsidR="008B3D82" w:rsidRPr="00955292" w:rsidRDefault="008B3D82" w:rsidP="0011048B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Unincorporated group </w:t>
             </w:r>
-            <w:r w:rsidRPr="00955292" w:rsidR="00E22AE5">
+            <w:r w:rsidR="00E22AE5" w:rsidRPr="00955292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>with trustee indemnity insurance or linked to an accountable body</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B88D" w14:textId="77777777" w14:noSpellErr="1">
+    <w:p w14:paraId="5AD9B88D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="66C1414D" w:rsidP="66C1414D" w:rsidRDefault="66C1414D" w14:paraId="4C2BF1F4" w14:textId="4BA425E6">
+    <w:p w14:paraId="4C2BF1F4" w14:textId="4BA425E6" w:rsidR="66C1414D" w:rsidRDefault="66C1414D" w:rsidP="66C1414D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="66C1414D" w:rsidP="66C1414D" w:rsidRDefault="66C1414D" w14:paraId="27B70461" w14:textId="111846AF">
+    <w:p w14:paraId="27B70461" w14:textId="111846AF" w:rsidR="66C1414D" w:rsidRDefault="66C1414D" w:rsidP="66C1414D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B88E" w14:textId="3A274448">
+    <w:p w14:paraId="5AD9B88E" w14:textId="3A274448" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00D3358C">
+      <w:r w:rsidR="00D3358C" w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955292" w:rsidR="00D3358C">
+      <w:r w:rsidR="00D3358C" w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ward councillors’ endorsement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B88F" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B88F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please make sure your ward councillors are aware of this proposal and have had time to ask any questions about it. </w:t>
       </w:r>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>We would recommend you contact councillors as soon as possible</w:t>
+        <w:t xml:space="preserve">We would recommend you contact councillors </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as soon as possible</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00955292">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> so they have time to ask questions before the submission date.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6405"/>
         <w:gridCol w:w="4051"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B892" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B892" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B890" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B890" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Who is your ward councillor?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B891" w14:textId="77777777">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B891" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="00B66B32">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B895" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B895" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B893" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B893" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Have you already talked to your ward councillor about this funding proposal?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B894" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B894" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B898" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B898" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B896" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B896" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If ‘yes’, do they endorse the proposal?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4051" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B897" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:p w14:paraId="5AD9B897" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes / No / Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00955292" w:rsidR="00955292" w:rsidRDefault="00955292" w14:paraId="49A087A4" w14:textId="77777777">
+    <w:p w14:paraId="49A087A4" w14:textId="77777777" w:rsidR="00955292" w:rsidRPr="00955292" w:rsidRDefault="00955292">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B89A" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B89A" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Next steps </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B89B" w14:textId="26FA3377">
+    <w:p w14:paraId="5AD9B89B" w14:textId="26FA3377" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once complete, please send this form to the relevant Area Committee email account shown below. The deadline for submission is</w:t>
       </w:r>
       <w:r w:rsidRPr="00C033E9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C033E9" w:rsidR="00C033E9">
+      <w:r w:rsidR="00C033E9" w:rsidRPr="00C033E9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Monday</w:t>
       </w:r>
       <w:r w:rsidR="00C033E9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317B5B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00317B5B" w:rsidR="00317B5B">
+      <w:r w:rsidR="00317B5B" w:rsidRPr="00317B5B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidR="00317B5B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> March 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00955292">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="5228"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B89E" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B89E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B89C" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B89C" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B89D" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B89D" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId14">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee1@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8A1" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8A1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B89F" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B89F" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A0" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A0" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId15">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee2@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8A4" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8A4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A2" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A2" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A3" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A3" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId16">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee3@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8A7" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8A7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A5" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A5" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A6" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A6" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId17">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee4@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8AA" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8AA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A8" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A8" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8A9" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8A9" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId18">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee5@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8AD" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8AD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8AB" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8AB" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8AC" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8AC" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId19">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee6@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8B0" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8B0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8AE" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8AE" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8AF" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8AF" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId20">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee7@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8B3" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8B3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8B1" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8B1" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8B2" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8B2" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId21">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee8@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00955292" w:rsidR="00B66B32" w14:paraId="5AD9B8B6" w14:textId="77777777">
+      <w:tr w:rsidR="00B66B32" w:rsidRPr="00955292" w14:paraId="5AD9B8B6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8B4" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8B4" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955292">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Area Committee 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00955292" w:rsidR="00B66B32" w:rsidRDefault="009D1819" w14:paraId="5AD9B8B5" w14:textId="77777777">
+          <w:p w14:paraId="5AD9B8B5" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRPr="00955292" w:rsidRDefault="009D1819">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId22">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00955292">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Century Gothic"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Century Gothic" w:hAnsi="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>areacommittee9@bristol.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B66B32" w:rsidRDefault="00B66B32" w14:paraId="5AD9B8B7" w14:textId="77777777">
+    <w:p w14:paraId="5AD9B8B7" w14:textId="77777777" w:rsidR="00B66B32" w:rsidRDefault="00B66B32">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66B32">
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000A2CC4" w:rsidRDefault="000A2CC4" w14:paraId="45D580DF" w14:textId="77777777">
+    <w:p w14:paraId="1D1DAC29" w14:textId="77777777" w:rsidR="003B4140" w:rsidRDefault="003B4140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000A2CC4" w:rsidRDefault="000A2CC4" w14:paraId="4D16124A" w14:textId="77777777">
+    <w:p w14:paraId="589E6BE7" w14:textId="77777777" w:rsidR="003B4140" w:rsidRDefault="003B4140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7713,752 +7573,494 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="5070E2EA" w14:textId="4140CC21">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5070E2EA" w14:textId="4140CC21" w:rsidR="00F0283A" w:rsidRDefault="00F0283A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DE3F7C9" wp14:editId="1E133F8C">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="758825" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1638199303" name="Text Box 2" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="758825" cy="352425"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="4AFBFDCD" w14:textId="40447A43">
+                        <w:p w14:paraId="4AFBFDCD" w14:textId="40447A43" w:rsidR="00F0283A" w:rsidRPr="00F0283A" w:rsidRDefault="00F0283A" w:rsidP="00F0283A">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00F0283A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6DE3F7C9">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:0;width:59.75pt;height:27.75pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvTzknEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xk9ZYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU66bqdhF/mJpPnx+LS47bUiR+F8C6ai00lOiTAc6tbsK/rjef1h&#10;TokPzNRMgREVPQlPb5fv3y06W4oZNKBq4QgmMb7sbEWbEGyZZZ43QjM/ASsMOiU4zQJe3T6rHesw&#10;u1bZLM8/ZR242jrgwnu03g9Oukz5pRQ8PErpRSCqothbSKdL5y6e2XLByr1jtmn5uQ32D11o1hos&#10;ekl1zwIjB9f+kUq33IEHGSYcdAZStlykGXCaaf5mmm3DrEizIDneXmjy/y8tfzhu7ZMjof8KPS4w&#10;EtJZX3o0xnl66XT8YqcE/Ujh6UKb6APhaPxczOezghKOro/F7AYxZsmuP1vnwzcBmkRQUYdbSWSx&#10;48aHIXQMibUMrFul0maU+c2AOaMlu3YYUeh3PWnrV93voD7hUA6GfXvL1y2W3jAfnpjDBeMcKNrw&#10;iIdU0FUUzoiSBtzPv9ljPPKOXko6FExFDSqaEvXd4D5mxU2eR4GlGwI3gl0C0y95Ef3moO8AtTjF&#10;Z2F5gjE4qBFKB/oFNb2K1dDFDMeaFd2N8C4M8sU3wcVqlYJQS5aFjdlaHlNHziKhz/0Lc/bMesB1&#10;PcAoKVa+IX+IjX96uzoEXEHaTOR3YPNMO+ow7fb8ZqLQX99T1PVlL38BAAD//wMAUEsDBBQABgAI&#10;AAAAIQDTVMbb2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJujZyATeNa&#10;DqE/odc6gfYoWxvLxNp1LSVx375KL+1lYZhh5ttiPblenHH0HZOCxTwBgdSw6ahVsN+93j+A8EGT&#10;0T0TKvhGD+vy9qbQueELveO5Cq2IJeRzrcCGMORS+sai037OA1L0Djw6HaIcW2lGfYnlrpfLJMmk&#10;0x3FBasHfLLYHKuTU5A9bzd2+Mg+vw5L/+ZrPoaKX5Sa3U2bRxABp/AXhit+RIcyMtV8IuNFryA+&#10;En7v1VusUhC1gjRNQZaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvTzknEQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDTVMbb&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="4AFBFDCD" w14:textId="40447A43">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F0283A">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="3628C65E" w14:textId="4C9DC153">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3628C65E" w14:textId="4C9DC153" w:rsidR="00F0283A" w:rsidRDefault="00F0283A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B0E63D8" wp14:editId="5B30DC15">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="758825" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1419093152" name="Text Box 3" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="758825" cy="352425"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="1EC0860C" w14:textId="5AE34091">
+                        <w:p w14:paraId="1EC0860C" w14:textId="5AE34091" w:rsidR="00F0283A" w:rsidRPr="00F0283A" w:rsidRDefault="00F0283A" w:rsidP="00F0283A">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00F0283A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B0E63D8">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:0;width:59.75pt;height:27.75pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+2cplEwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x4zZYZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0oOU66bqdhF/mJpPnx+LS47bUiR+F8C6ai00lOiTAc6tbsK/rjef1h&#10;TokPzNRMgREVPQlPb5fv3y06W4oCGlC1cASTGF92tqJNCLbMMs8boZmfgBUGnRKcZgGvbp/VjnWY&#10;XausyPNPWQeutg648B6t94OTLlN+KQUPj1J6EYiqKPYW0unSuYtntlywcu+YbVp+boP9QxeatQaL&#10;XlLds8DIwbV/pNItd+BBhgkHnYGULRdpBpxmmr+ZZtswK9IsSI63F5r8/0vLH45b++RI6L9CjwuM&#10;hHTWlx6NcZ5eOh2/2ClBP1J4utAm+kA4Gj/P5vNiRglH18dZcYMYs2TXn63z4ZsATSKoqMOtJLLY&#10;cePDEDqGxFoG1q1SaTPK/GbAnNGSXTuMKPS7nrR1RYux+x3UJxzKwbBvb/m6xdIb5sMTc7hgnANF&#10;Gx7xkAq6isIZUdKA+/k3e4xH3tFLSYeCqahBRVOivhvcRzG7yfMosHRD4EawS2D6JZ9FvznoO0At&#10;TvFZWJ5gDA5qhNKBfkFNr2I1dDHDsWZFdyO8C4N88U1wsVqlINSSZWFjtpbH1JGzSOhz/8KcPbMe&#10;cF0PMEqKlW/IH2Ljn96uDgFXkDYT+R3YPNOOOky7Pb+ZKPTX9xR1fdnLXwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhANNUxtvaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm6NnIBN&#10;41oOoT+h1zqB9ihbG8vE2nUtJXHfvkov7WVhmGHm22I9uV6ccfQdk4LFPAGB1LDpqFWw373eP4Dw&#10;QZPRPRMq+EYP6/L2ptC54Qu947kKrYgl5HOtwIYw5FL6xqLTfs4DUvQOPDodohxbaUZ9ieWul8sk&#10;yaTTHcUFqwd8stgcq5NTkD1vN3b4yD6/Dkv/5ms+hopflJrdTZtHEAGn8BeGK35EhzIy1Xwi40Wv&#10;ID4Sfu/VW6xSELWCNE1BloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH7ZymUT&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANNU&#10;xtvaAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="1EC0860C" w14:textId="5AE34091">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F0283A">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="66F23817" w14:textId="08247EAB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66F23817" w14:textId="08247EAB" w:rsidR="00F0283A" w:rsidRDefault="00F0283A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1C2AE7" wp14:editId="132F2BB1">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="758825" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1695307604" name="Text Box 1" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="758825" cy="352425"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="70B3824C" w14:textId="319A9ABE">
+                        <w:p w14:paraId="70B3824C" w14:textId="319A9ABE" w:rsidR="00F0283A" w:rsidRPr="00F0283A" w:rsidRDefault="00F0283A" w:rsidP="00F0283A">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00F0283A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="7B1C2AE7">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:0;width:59.75pt;height:27.75pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6xREdDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkzZYZcYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2Um6bqdhF/mJpPnx+LS87bUiR+F8C6ak00lOiTAc6tbsS/rjefNh&#10;QYkPzNRMgRElPQlPb1fv3y07W4gZNKBq4QgmMb7obEmbEGyRZZ43QjM/ASsMOiU4zQJe3T6rHesw&#10;u1bZLM8/ZR242jrgwnu03g9Oukr5pRQ8PErpRSCqpNhbSKdLZxXPbLVkxd4x27R8bIP9QxeatQaL&#10;XlLds8DIwbV/pNItd+BBhgkHnYGULRdpBpxmmr+ZZtcwK9IsSI63F5r8/0vLH447++RI6L9CjwuM&#10;hHTWFx6NcZ5eOh2/2ClBP1J4utAm+kA4Gj/PF4vZnBKOro/z2Q1izJJdf7bOh28CNImgpA63kshi&#10;x60PQ+g5JNYysGmVSptR5jcD5oyW7NphRKGv+rHtCuoTTuNgWLS3fNNizS3z4Yk53CwOgGoNj3hI&#10;BV1JYUSUNOB+/s0e45Fw9FLSoVJKalDKlKjvBhcxm9/keVRWuiFwZ1AlMP2Sz6PfHPQdoAin+B4s&#10;TzAGB3WG0oF+QTGvYzV0McOxZkmrM7wLg27xMXCxXqcgFJFlYWt2lsfUkazI5HP/wpwd6Q64pwc4&#10;a4kVb1gfYuOf3q4PAblPK4nEDmyOfKMA01LHxxIV/vqeoq5PevULAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTVMbb2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJujZyATeNaDqE/&#10;odc6gfYoWxvLxNp1LSVx375KL+1lYZhh5ttiPblenHH0HZOCxTwBgdSw6ahVsN+93j+A8EGT0T0T&#10;KvhGD+vy9qbQueELveO5Cq2IJeRzrcCGMORS+sai037OA1L0Djw6HaIcW2lGfYnlrpfLJMmk0x3F&#10;BasHfLLYHKuTU5A9bzd2+Mg+vw5L/+ZrPoaKX5Sa3U2bRxABp/AXhit+RIcyMtV8IuNFryA+En7v&#10;1VusUhC1gjRNQZaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6xREdDgIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDTVMbb2gAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
                 <w:txbxContent>
                   <w:p w:rsidRPr="00F0283A" w:rsidR="00F0283A" w:rsidP="00F0283A" w:rsidRDefault="00F0283A" w14:paraId="70B3824C" w14:textId="319A9ABE">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F0283A">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000A2CC4" w:rsidRDefault="000A2CC4" w14:paraId="1076A704" w14:textId="77777777">
+    <w:p w14:paraId="03EF862C" w14:textId="77777777" w:rsidR="003B4140" w:rsidRDefault="003B4140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000A2CC4" w:rsidRDefault="000A2CC4" w14:paraId="0A47FA0A" w14:textId="77777777">
+    <w:p w14:paraId="37186055" w14:textId="77777777" w:rsidR="003B4140" w:rsidRDefault="003B4140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="9">
-[...253 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CC86B44"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFEE2A8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -8502,50 +8104,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2991D8DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5BAABBE"/>
+    <w:lvl w:ilvl="0" w:tplc="3C3C4670">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADD8A814">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="71D0AE44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EF4E30A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="069029B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DD04732E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1808620A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AF0AB4D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1382B0AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="413B24E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD2ACA1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
@@ -8587,64 +8275,64 @@
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="602E0155"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77B6F174"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
@@ -8680,155 +8368,241 @@
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61CB569B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46FC9162"/>
+    <w:lvl w:ilvl="0" w:tplc="C76ABC9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DE945054">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3D72CF46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6024AA52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B1D6D346">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A13A9B52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="228E156E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7C7E5E8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AA90D018">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68986124"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C6BA6A30"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B252A0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97762EE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
@@ -8870,155 +8644,241 @@
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C06BC78"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="525AC7AE"/>
+    <w:lvl w:ilvl="0" w:tplc="000041A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="18BAEFE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="371480D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="33328486">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="80327FB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1B6A2BF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0FD8435A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="46F0CEC8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="600E7DBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="735F5098"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="573027D4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F164915"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E98AF340"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
@@ -9060,192 +8920,199 @@
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="10">
+  <w:num w:numId="1" w16cid:durableId="1531332700">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2004775125">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="539705882">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="508107294">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1227227903">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="445318819">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="705760726">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1297954966">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1364088415">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
-[...23 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="614675835">
+  <w:num w:numId="10" w16cid:durableId="614675835">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B66B32"/>
     <w:rsid w:val="00007EF3"/>
     <w:rsid w:val="00014388"/>
     <w:rsid w:val="00015036"/>
     <w:rsid w:val="00023972"/>
     <w:rsid w:val="000336AD"/>
     <w:rsid w:val="000A2CC4"/>
     <w:rsid w:val="000A4704"/>
     <w:rsid w:val="000A6450"/>
     <w:rsid w:val="00124213"/>
     <w:rsid w:val="00135693"/>
     <w:rsid w:val="001629F3"/>
     <w:rsid w:val="001B08F4"/>
     <w:rsid w:val="001B7B5E"/>
     <w:rsid w:val="00256DD7"/>
     <w:rsid w:val="00277AFA"/>
     <w:rsid w:val="002C4C62"/>
     <w:rsid w:val="00317B5B"/>
     <w:rsid w:val="00336E82"/>
     <w:rsid w:val="0038724D"/>
     <w:rsid w:val="00391520"/>
+    <w:rsid w:val="003B4140"/>
     <w:rsid w:val="003B608D"/>
     <w:rsid w:val="00413E8F"/>
+    <w:rsid w:val="00414ABF"/>
     <w:rsid w:val="00421690"/>
     <w:rsid w:val="004B7D61"/>
     <w:rsid w:val="004C47A0"/>
     <w:rsid w:val="005269FE"/>
     <w:rsid w:val="005741D9"/>
     <w:rsid w:val="005B3CD3"/>
     <w:rsid w:val="005C58BC"/>
     <w:rsid w:val="005E3587"/>
     <w:rsid w:val="006301EF"/>
+    <w:rsid w:val="00661A1B"/>
     <w:rsid w:val="00671DCA"/>
     <w:rsid w:val="006842BD"/>
     <w:rsid w:val="006D5628"/>
     <w:rsid w:val="006F5D19"/>
     <w:rsid w:val="007037CA"/>
     <w:rsid w:val="00710573"/>
     <w:rsid w:val="0075678A"/>
     <w:rsid w:val="00777FB9"/>
     <w:rsid w:val="007C69C6"/>
     <w:rsid w:val="007D2BF8"/>
+    <w:rsid w:val="007D473B"/>
     <w:rsid w:val="007E5E52"/>
     <w:rsid w:val="00813F87"/>
     <w:rsid w:val="008277DD"/>
     <w:rsid w:val="008543DA"/>
     <w:rsid w:val="00860B8F"/>
     <w:rsid w:val="008617A3"/>
     <w:rsid w:val="0086514D"/>
     <w:rsid w:val="008734DF"/>
     <w:rsid w:val="008B3D82"/>
     <w:rsid w:val="00955292"/>
     <w:rsid w:val="00966B14"/>
     <w:rsid w:val="009868A3"/>
     <w:rsid w:val="009A740B"/>
     <w:rsid w:val="009C7ECD"/>
     <w:rsid w:val="009D1819"/>
     <w:rsid w:val="009D241D"/>
     <w:rsid w:val="009E0FF0"/>
     <w:rsid w:val="00AE5C95"/>
     <w:rsid w:val="00B66B32"/>
     <w:rsid w:val="00B9121D"/>
     <w:rsid w:val="00C033E9"/>
     <w:rsid w:val="00C06392"/>
     <w:rsid w:val="00C41DF8"/>
     <w:rsid w:val="00C6380B"/>
+    <w:rsid w:val="00C71192"/>
+    <w:rsid w:val="00C805CE"/>
     <w:rsid w:val="00CB7D42"/>
     <w:rsid w:val="00CC6257"/>
     <w:rsid w:val="00CC727A"/>
     <w:rsid w:val="00CD72F2"/>
     <w:rsid w:val="00CD7A46"/>
     <w:rsid w:val="00D32303"/>
     <w:rsid w:val="00D3358C"/>
     <w:rsid w:val="00D36828"/>
     <w:rsid w:val="00D76A41"/>
     <w:rsid w:val="00D90795"/>
     <w:rsid w:val="00DB6EEC"/>
     <w:rsid w:val="00E10B37"/>
     <w:rsid w:val="00E22AE5"/>
     <w:rsid w:val="00EB0547"/>
     <w:rsid w:val="00ED3111"/>
     <w:rsid w:val="00ED6BAF"/>
     <w:rsid w:val="00EF0EFD"/>
     <w:rsid w:val="00F0283A"/>
     <w:rsid w:val="00F36025"/>
+    <w:rsid w:val="00F81817"/>
     <w:rsid w:val="00FB2E02"/>
     <w:rsid w:val="00FE4B96"/>
     <w:rsid w:val="07F03B64"/>
     <w:rsid w:val="12471116"/>
     <w:rsid w:val="1B8950C7"/>
     <w:rsid w:val="1BCC9415"/>
     <w:rsid w:val="2143A912"/>
     <w:rsid w:val="272362D1"/>
     <w:rsid w:val="2A10A173"/>
     <w:rsid w:val="310B2366"/>
     <w:rsid w:val="37DC9CCA"/>
     <w:rsid w:val="384A8CA5"/>
     <w:rsid w:val="38F4984B"/>
     <w:rsid w:val="3E6332D6"/>
     <w:rsid w:val="3F0F1C2C"/>
     <w:rsid w:val="40AAB76A"/>
     <w:rsid w:val="437F08B7"/>
     <w:rsid w:val="4A710EE2"/>
     <w:rsid w:val="5278492A"/>
     <w:rsid w:val="52DF5B9A"/>
     <w:rsid w:val="52ED0C14"/>
     <w:rsid w:val="564AB74D"/>
     <w:rsid w:val="56BF5F5E"/>
     <w:rsid w:val="571902F4"/>
     <w:rsid w:val="57C83643"/>
@@ -9272,131 +9139,131 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5AD9B7F8"/>
   <w15:docId w15:val="{0C657655-7EA1-4872-9AA7-93BE96F72C40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9552,52 +9419,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9664,329 +9531,330 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D76A41"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D76A41"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D76A41"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D76A41"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00023972"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid0" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
     <w:name w:val="TableGrid"/>
     <w:rsid w:val="008277DD"/>
     <w:pPr>
       <w:autoSpaceDN/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.bristol.gov.uk/pinpoint/?service=localinfo&amp;maptype=js&amp;layer=Neighbouring+authorities;Council+property+ownership&amp;mapopts=legend&amp;extent=1450.18415036832" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee5@bristol.gov.uk" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee8@bristol.gov.uk" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee4@bristol.gov.uk" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee3@bristol.gov.uk" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee7@bristol.gov.uk" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:communities@bristol.gov.uk" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee2@bristol.gov.uk" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee6@bristol.gov.uk" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee1@bristol.gov.uk" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee9@bristol.gov.uk" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/residents/planning-and-building-regulations/planning-applications/community-infrastructure-levy-cil-and-planning-obligations/how-we-allocate-planning-obligations-money" TargetMode="External" Id="R6033f45f754b4847" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.bristol.gov.uk/pinpoint/?service=localinfo&amp;maptype=js&amp;layer=Neighbouring+authorities;Council+property+ownership&amp;mapopts=legend&amp;extent=1450.18415036832" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee5@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee8@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bristol.gov.uk/residents/planning-and-building-regulations/planning-applications/community-infrastructure-levy-cil-and-planning-obligations/how-we-allocate-planning-obligations-money" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee4@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee3@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee7@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:communities@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee2@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee6@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee1@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:areacommittee9@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -10249,52 +10117,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C9E362E39FE5BE49869241F9B61C3E6B" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d5dffa2215e59aad89e316eef95e35f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20" xmlns:ns3="e15748e7-ae0d-4efb-9a83-6305eab31fd2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b78bc1f5231d4a5f415fce6158e0b7d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C9E362E39FE5BE49869241F9B61C3E6B" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e8f41b7699fce5a0fe0d25ecd991f2ea">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20" xmlns:ns3="e15748e7-ae0d-4efb-9a83-6305eab31fd2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5e52c9c0923f3a3b988d213363520b8e" ns2:_="" ns3:_="">
     <xsd:import namespace="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20"/>
     <xsd:import namespace="e15748e7-ae0d-4efb-9a83-6305eab31fd2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RetentionStartDate" minOccurs="0"/>
                 <xsd:element ref="ns2:RetentionEvent" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:About" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -10562,97 +10430,119 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <About xmlns="e15748e7-ae0d-4efb-9a83-6305eab31fd2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e15748e7-ae0d-4efb-9a83-6305eab31fd2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <RetentionEvent xmlns="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20" xsi:nil="true"/>
     <RetentionStartDate xmlns="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20" xsi:nil="true"/>
     <TaxCatchAll xmlns="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20" xsi:nil="true"/>
     <UpdatedonEFslides xmlns="e15748e7-ae0d-4efb-9a83-6305eab31fd2">true</UpdatedonEFslides>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEE72170-02CB-4D56-B387-2D95564446DC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DDEC06C-63CD-462A-90B7-DFEA478155BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20"/>
+    <ds:schemaRef ds:uri="e15748e7-ae0d-4efb-9a83-6305eab31fd2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFAF64BC-08ED-412D-8E13-53EE3445E1A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e15748e7-ae0d-4efb-9a83-6305eab31fd2"/>
     <ds:schemaRef ds:uri="b9d6065b-dcf2-4cab-9cef-f4e7b3f03a20"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5D7546C-E7F8-4A7E-AE19-CCDFCD748E8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>6</Pages>
+  <Words>1319</Words>
+  <Characters>6836</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>328</Lines>
+  <Paragraphs>136</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>8099</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Community Infrastructure Levy &amp; Section 106 funding 2025: Stage 1 Form</dc:title>
   <dc:subject/>
   <dc:creator>Bristol City Council</dc:creator>
   <dc:description/>
-  <lastModifiedBy>Megan Harnedy</lastModifiedBy>
-  <revision>78</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C9E362E39FE5BE49869241F9B61C3E6B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>650c5754,61a4f007,5495a4a0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
     <vt:lpwstr>2025-10-22T10:32:05Z</vt:lpwstr>
   </property>